--- v0 (2025-10-01)
+++ v1 (2025-11-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="22d4086" w14:textId="22d4086">
+    <w:p w14:paraId="8f844ed" w14:textId="8f844ed">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -326,51 +326,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) an individual authorized to perform state functions - a person who shall be in the public service, a deputy of the maslikhat, a person who temporarily performs the duties provided for by the state position until his appointment to the public service, as well as a person temporarily appointed to the military position of military personnel under a contract of officers or temporarily acting his duties;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) a person equated to persons authorized to perform state functions - a person elected to local government bodies; a citizen registered as required by the law of the Republic of Kazakhstan as a candidate for the President of the Republic of Kazakhstan, deputies of the Parliament of the Republic of Kazakhstan or maslikhats, akims of districts, cities of regional significance, cities of district significance, townships, villages, rural districts, as well as members of an elected local government body; a member of a territorial election commission exercising powers on a professional permanent basis, whose wages are paid from the budget of the Republic of Kazakhstan; an employee permanently or temporarily working for a local government body, whose wages are paid from the state budget of the Republic of Kazakhstan; a person performing managerial functions in a state organization or a quasi-public sector entity, as well as a person authorized to make decisions on organizing and conducting procurements, including public procurements, or responsible for the selection and implementation of projects financed from the state budget and the National Fund of the Republic of Kazakhstan, holding a position not lower than the head of an independent structural unit in the specified organizations, employees of the National Bank of the Republic of Kazakhstan and its departments; employees of an authorized civil aviation organization, acting in accordance with the legislation of the Republic of Kazakhstan on the use of the airspace of the Republic of Kazakhstan and aviation activities, employees of the authorized body for regulation, control and supervision of the financial market and financial organizations; employees of the State Corporation "Government for Citizens" directly providing public services, or whose official duties are related to the provision of public services, or having access to personal data of individuals and (or) other restricted access information;</w:t>
+      4) a person equated to persons authorized to perform state functions - a person elected to local government bodies; a citizen registered in accordance with the procedure, established by the law of the Republic of Kazakhstan  as a candidate for the President of the Republic of Kazakhstan, deputies of the Parliament of the Republic of Kazakhstan or maslikhats, akims of districts, cities of regional significance, cities of district significance, townships, villages, rural districts, as well as members of an elected local government body; a member of a territorial election commission exercising powers on a professional permanent basis, whose wages are paid from the budget of the Republic of Kazakhstan; an employee permanently or temporarily working for a local government body, whose wages are paid from the state budget of the Republic of Kazakhstan; a person performing managerial functions in a state organization or a quasi-public sector entity, as well as a person authorized to make decisions on organizing and conducting procurements, including public procurements, or responsible for the selection and implementation of projects financed from the state budget and the National Fund of the Republic of Kazakhstan, holding a position not lower than the head of an independent structural unit in the specified organizations, employees of the National Bank of the Republic of Kazakhstan and its departments; employees of an authorized civil aviation organization, acting in accordance with the legislation of the Republic of Kazakhstan on the use of the airspace of the Republic of Kazakhstan and aviation activities, employees of the authorized body for regulation, control and supervision of the financial market and financial organizations; employees of the State Corporation "Government for Citizens" directly providing public services, or whose official duties are related to the provision of public services, or having access to personal data of individuals and (or) other restricted access information; persons carrying out technical and author supervision of automobile roads;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) conflict of interest - a contradiction between the personal interests of persons holding a responsible public position, persons authorized to perform public functions, persons equated to them, officials and their official powers, in which the personal interests of these persons may lead to non-performance and (or) improper performance of their official duties;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -534,51 +534,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 1 as amended by the Law of the Republic of Kazakhstan dated 06.04.2016 № 484-V (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 19.04.2019 № 249-VI (shall be enforced from 01.08.2019); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 26.11.2019  № 273-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 06.10.2020 № 365-VI (shall come into effect upon the expiration of ten calendar days after the day of its first official publication); dated 29.12.2021 № 91-VII (shall enter into force upon expiry of ten calendar days after the day of its first official publication); dated 05.11.2022 № 157-VII (shall enter into force from 01.01.2023); dated 03.01.2023 № 188-VII (shall enter into force upon expiry of sixty calendar days after the day of its first official publication); dated 23.12.2023 № 50-VIII (effective from 01.01.2025).</w:t>
+        <w:t>      Footnote. Article 1 as amended by the Law of the Republic of Kazakhstan dated 06.04.2016 № 484-V (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 19.04.2019 № 249-VI (shall be enforced from 01.08.2019); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 26.11.2019  № 273-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 06.10.2020 № 365-VI (shall come into effect upon the expiration of ten calendar days after the day of its first official publication); dated 29.12.2021 № 91-VII (shall enter into force upon expiry of ten calendar days after the day of its first official publication); dated 05.11.2022 № 157-VII (shall enter into force from 01.01.2023); dated 03.01.2023 № 188-VII (shall enter into force upon expiry of sixty calendar days after the day of its first official publication); dated 23.12.2023 № 50-VIII (effective from 01.01.2025); dated 30.06.2025 № 204-VIII (shall be enforced sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>