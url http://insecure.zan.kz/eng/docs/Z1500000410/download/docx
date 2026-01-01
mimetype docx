--- v1 (2025-11-17)
+++ v2 (2026-01-01)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8f844ed" w14:textId="8f844ed">
+    <w:p w14:paraId="fc81837" w14:textId="fc81837">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2656,79 +2656,79 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Information referred to in this article, received by state revenue bodies, is a secret protected by law in accordance with the legislation of the Republic of Kazakhstan. Its disclosure entails liability in accordance with the laws of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. The information constituting an official and tax secret shall be submitted to the authorized body for financial monitoring for the purposes and in the manner provided for by the Law of the Republic of Kazakhstan “On Countering the Legalization (Laundering) of Criminally Obtained Incomes and the Financing of Terrorism”.</w:t>
+      13. Information constituting official and tax secrets shall be submitted to the financial monitoring authority for the purposes and in the manner required by the Law of the Republic of Kazakhstan “On Combating Legalization (Laundering) of Proceeds from Crime, Financing of Terrorism and Financing of the Proliferation of Weapons of Mass Destruction”.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 11 as amended by the Laws of the Republic of Kazakhstan dated 26.11.2019, № 273-VI (shall come into effect ten calendar days after the day of its first official publication); dated 03.07.2020 № 359-VI (shall come into effect ten calendar days after the day of its first official publication); dated 29.12.2021 № 91-VII (shall enter into force upon expiry of ten calendar days after the day of its first official publication); dated 05.11.2022 № 157-VII (shall enter into force from 01.01.2023); dated 19.04.2023 № 223-VII (shall be enforced ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 11 as amended by the Laws of the Republic of Kazakhstan dated 26.11.2019, № 273-VI (shall come into effect ten calendar days after the day of its first official publication); dated 03.07.2020 № 359-VI (shall come into effect ten calendar days after the day of its first official publication); dated 29.12.2021 № 91-VII (shall enter into force upon expiry of ten calendar days after the day of its first official publication); dated 05.11.2022 № 157-VII (shall enter into force from 01.01.2023); dated 19.04.2023 № 223-VII (shall be enforced ten calendar days after the date of its first official publication); dated 19.09.2025  № 219-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -7712,51 +7712,50 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12000"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12000" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
@@ -7824,55 +7823,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>