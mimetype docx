--- v0 (2025-10-01)
+++ v1 (2025-11-16)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="32fc322" w14:textId="32fc322">
+    <w:p w14:paraId="4edcf24" w14:textId="4edcf24">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -926,52 +926,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) obligatoriness of deductions and (or) contributions payment; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      3) joint liability of the state, employers and citizens; </w:t>
+        <w:t>
+      3) joint responsibility of the state, employers and citizens for health protection;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) accessibility and quality of provided medical assistance;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -981,109 +981,223 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) use of fund assets exclusively for provision of medical assistance in the system of compulsory social medical insurance; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) visibility of the Fund activities.</w:t>
+      6) visibility of the Fund activities;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) the priority of independent payment of contributions over state participation in the compulsory social health insurance system;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) balanced participation of the state, employers and citizens in financing the compulsory social health insurance system;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) the return of funds from healthcare entities in the event of failure to fulfill or improper fulfillment of obligations under the service procurement agreement.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Article 4 as amended by the Law of the Republic of Kazakhstan dated 14.07.2025 № 206-VIII (for the procedure for introduction, refer to Article 2).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Article 5. The right to medical assistance in the system of compulsory social medical insurance</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. The right to medical assistance in the system of compulsory social medical insurance shall be granted to persons for whom deductions and (or) contributions payments were made to the fund, as well as exempted from payment to the fund in accordance with paragraph 7 of article 28 of this Law.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. In case of non-payment of deductions and (or) contributions, the person shall receive medical assistance in the system of compulsory social medical insurance for no more than three months from the date of the termination of the payment of such deductions and (or) contributions. This right shall not relieve person of the obligation to pay contributions to the fund for the unpaid period.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Persons who have continuously paid contributions and (or) deductions have been paid for them for sixty months (except for persons specified in paragraph 1 of Article 26 and paragraph 1 of Article 26-1 of this Law), in the event of non-payment of deductions and (or) contributions, retain the right to receive medical care in the compulsory social health insurance system for a period of no more than six months from the date of termination of payment of deductions and (or) contributions. This right shall not exempt persons from mandatory payment of contributions for the unpaid period.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      2-1. Valid until 01.01.2024 in accordance with the Law of the Republic of Kazakhstan dated 26.12.2018 № 203-VI.</w:t>
       </w:r>
       <w:r>
         <w:br/>
@@ -1331,51 +1445,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 5 is in the wording of the Law of the Republic of Kazakhstan dated 30.06.2017 № 80-VI (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by Laws of the Republic of Kazakhstan dated 25.12.2017 № 122-VI (shall be enforced from 01.01.2018); dated 26.12.2018 № 203-VІ (the order of enforcement see Art. 2); dated 28.12.2018 № 208-VI (shall be enforced from 01.01.2020); dated 24.06.2021 № 52-VII (shall enter into force upon expiry of ten calendar days after the day of its first official publication); dated 04.07.2022 № 134-VII (shall be enforced upon expiry of sixty calendar days after the day of its first official publication); dated 20.04.2023 № 226-VII (shall be enforced from 01.07.2023).</w:t>
+        <w:t>      Footnote. Article 5 is in the wording of the Law of the Republic of Kazakhstan dated 30.06.2017 № 80-VI (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by Laws of the Republic of Kazakhstan dated 25.12.2017 № 122-VI (shall be enforced from 01.01.2018); dated 26.12.2018 № 203-VІ (the order of enforcement see Art. 2); dated 28.12.2018 № 208-VI (shall be enforced from 01.01.2020); dated 24.06.2021 № 52-VII (shall enter into force upon expiry of ten calendar days after the day of its first official publication); dated 04.07.2022 № 134-VII (shall be enforced upon expiry of sixty calendar days after the day of its first official publication); dated 20.04.2023 № 226-VII (shall be enforced from 01.07.2023); dated 14.07.2025 № 206-VIII (shall come into effect from 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -1414,98 +1528,98 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The procedure for attachment of citizens to the primary health care organization shall be determined by the authorized body.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...18 lines deleted...]
-      3. The right of choice medical organization in the system of compulsory social medical insurance arises for citizens since acquires the right to medical assistance in the system of compulsory social medical insurance.</w:t>
+        <w:t>
+      2. Citizens for whom deductions and/or contributions to the fund were paid, as well as those exempted from paying contributions to the fund in accordance with paragraph 7 of Article 28 of this Law, shall have the right to choose a medical organization providing inpatient care in the compulsory social health insurance system in cases of receiving planned medical care.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. The right to choose a medical organization in the compulsory social health insurance system arises for citizens for whom deductions and (or) contributions to the fund were paid, as well as those exempted from paying contributions to the fund in accordance with paragraph 7 of Article 28 of this Law, from the moment they acquire the right to medical care in the compulsory social health insurance system.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 6 as amended by the Law of the Republic of Kazakhstan dated 28.12.2018 № 208-VI (shall be enforced from 01.01.2020); dated 07.07.2020 № 361-VI (shall enter into force upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Article 6 as amended by the Law of the Republic of Kazakhstan dated 28.12.2018 № 208-VI (shall be enforced from 01.01.2020); dated 07.07.2020 № 361-VI (shall enter into force upon expiry of ten calendar days after the day of its first official publication); dated 14.07.2025 № 206-VIII (shall come into effect from 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -2119,51 +2233,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5-2) define a list of state bodies responsible for providing data on the categories of persons specified in paragraph 1 of Article 26 of this Law, and on foreigners temporarily staying in the territory of the Republic of Kazakhstan and being labor migrants, as well as members of their families from the member states of the Eurasian Economic Union to the State Corporation for further transfer to the information system of compulsory social health insurance;</w:t>
+      5-2) determines the list of state bodies responsible for providing data on the categories of persons specified in paragraph 1 of Article 26 and paragraph 1 of Article 26-1 of this Law, and on foreigners temporarily staying in the territory of the Republic of Kazakhstan and who are labor migrants, as well as members of their families from the member states of the Eurasian Economic Union to the State Corporation for further transfer to the information system of compulsory social health insurance;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -2171,51 +2285,51 @@
         </w:rPr>
         <w:t>      6) excluded by the Law of the Republic of Kazakhstan dated 19.04.2023 № 223-VII (shall be enforced ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 10 as amended by Laws of the Republic of Kazakhstan dated 30.06.2017 № 80-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 24.06.2021 № 52-VII (shall enter into force upon expiry of ten calendar days after the day of its first official publication); dated 19.04.2023 № 223-VII (for the procedure of entry into force, see Article 3).</w:t>
+        <w:t>      Footnote. Article 10 as amended by Laws of the Republic of Kazakhstan dated 30.06.2017 № 80-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 24.06.2021 № 52-VII (shall enter into force upon expiry of ten calendar days after the day of its first official publication); dated 19.04.2023 № 223-VII (for the procedure of entry into force, see Article 3); dated 14.07.2025 № 206-VIII (shall come into effect from 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -3053,51 +3167,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) The State; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) employees, including state and civil servants, except for military servants, law enforcement officers, special state bodies;</w:t>
+      2) employees, including state and civil servants, except for military personnel, employees of law enforcement agencies, special state bodies, and civil defense agencies;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1) persons who are employees of micro-entrepreneurship and small business entities that apply special tax regimes and pay contributions to the fund as part of a single payment established by Article 776-3 of the Code of the Republic of Kazakhstan "On taxes and other obligatory payments to the budget" (Tax Code).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3653,115 +3767,97 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) independently calculate and recalculate the amount of deductions and (or) contributions paid to the Fund.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Employers, tax agents shall be obliged to notify employees, state and civil servants, individuals receiving income under civil-legal contracts of monthly deductions, as well as withheld and transferred contributions of employees, state and civil servants, individuals receiving income under civil-legal contracts.</w:t>
-[...17 lines deleted...]
-      Local executive bodies or other legal entities, when paying material benefits to individual assistants in accordance with paragraph nine of subparagraph 31) of paragraph 2 of Article 319 of the Code of the Republic of Kazakhstan "On taxes and other mandatory payments to the budget" (Tax Code), are obliged to notify them of withheld and transferred contributions to compulsory social health insurance</w:t>
+      7. Local executive bodies or other legal entities, when paying material benefits to individual assistants in accordance with paragraph nine of subparagraph 31) of paragraph 2 of Article 319 of the Code of the Republic of Kazakhstan "On taxes and other mandatory payments to the budget" (Tax Code), are obliged to notify them of withheld and transferred contributions to compulsory social health insurance</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Employers shall submit to the fund, on a monthly basis not later than the 25th of the month following the reporting month, lists of employees who received income during the period of employment related to the list of activities to which an adjustment factor of 0 to the rates of taxes and social payments approved by the Government of the Republic of Kazakhstan shall be established, or for which they do not calculate and (or) do not pay contributions and/or contributions for compulsory social health insurance in accordance with the provisions of legal acts adopted to ensure the economic security of the country during crisis situations that create or may endanger the life and health of the population, in accordance with acts of the Government of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 14 as amended by Laws of the Republic of Kazakhstan dated 30.06.2017 № 80-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 25.12.2017 № 122-VI (shall be enforced from 01.01.2018); dated 26.12.2018 № 203-VІ (the order of enforcement see Art. 2); dated 28.12.2018 № 208-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 24.06.2021 № 52-VII (shall enter into force upon expiry of ten calendar days after the day of its first official publication); dated 26.12.2022 № 168-VII (shall be enforced from January 1, 2023); dated 20.04.2023 № 226-VII (shall be enforced from 01.07.2023); dated 01.07.2024 № 104-VIII (shall come into force sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 14 as amended by Laws of the Republic of Kazakhstan dated 30.06.2017 № 80-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 25.12.2017 № 122-VI (shall be enforced from 01.01.2018); dated 26.12.2018 № 203-VІ (the order of enforcement see Art. 2); dated 28.12.2018 № 208-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 24.06.2021 № 52-VII (shall enter into force upon expiry of ten calendar days after the day of its first official publication); dated 26.12.2022 № 168-VII (shall be enforced from January 1, 2023); dated 20.04.2023 № 226-VII (shall be enforced from 01.07.2023); dated 01.07.2024 № 104-VIII (shall come into force sixty calendar days after the date of its first official publication); dated 24.06.2025 № 196-VIII (shall come into effect upon expiry of ten calendar days after the date of its first official publication); dated 14.07.2025 № 206-VIII (shall come into effect from 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -4039,80 +4135,176 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) provision, upon request of the fund of information and documentation necessary for monitoring the fulfillment of the terms and conditions of the service procurement contract;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      3-1) if there is no information in the public domain, provision, at the request of the consumer of medical services, of information on the availability of permits and sanitary and epidemiological reports confirming compliance with the requirements imposed on organizations providing medical services;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-2) access of the fund to information on the expenses of healthcare entities within the framework of the guaranteed volume of free medical care and (or) medical care in the system of compulsory social health insurance in the manner determined by the authorized body;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       4) at request of the fund, access to medical organization that provides medical assistance for monitoring the fulfillment of the terms and conditions of the service procurement contract.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      4-1) implementation of the return of funds from healthcare entities to the fund in the event of failure to fulfill or improper fulfillment of obligations under the contract for the purchase of services in the manner determined by the authorized body.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       3. Upon providing medical assistance in the system of compulsory social medical insurance, health care entities shall have obligations stipulated by the Code of the Republic of Kazakhstan "On public health and health care system", as well as other obligations provided by the laws of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Article 15 as amended by the Law of the Republic of Kazakhstan dated 14.07.2025 № 206-VIII (shall come into effect upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Article 17. State Corporation </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. The State Corporation in the system of compulsory social medical insurance shall carry out the following activities related to the state monopoly:</w:t>
       </w:r>
     </w:p>
@@ -4145,123 +4337,141 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) returning overpaid (erroneously) credited amounts of deductions, contributions and (or) penalties for untimely and (or) incomplete payment of deductions and (or) contributions to payers in the manner determined by the authorized agency;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2-1) returns to the payer of the single payment, the operator of the Internet platform, defined by the Social Code of the Republic of Kazakhstan, an amount exceeding the amount of contributions and deductions to the fund, calculated from 10 times the minimum wage established for the relevant financial year by the law on the republican budget, in the manner determined by the authorized state body in the field of social security in agreement with the National Bank of the Republic of Kazakhstan, as well as the authorized state body exercising management in the field of ensuring tax revenues and payments to the budget, and authorized state bodies for state planning, in the field of healthcare and digital development;</w:t>
+      2-1) returns to the payer of the single payment, the operator of the Internet platform, determined by the Social Code of the Republic of Kazakhstan, an amount exceeding the amounts of contributions and deductions to the fund established by paragraph 2-2 of Article 27 and paragraph 5-2 of Article 28 of this Law, in the manner determined by the authorized state body in the field of social security in agreement with the National Bank of the Republic of Kazakhstan, as well as the authorized state body exercising management in the field of ensuring tax revenues and payments to the budget, and authorized state bodies for state planning, in the field of healthcare and the field of digital development;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) transferring overpaid (erroneously) paid amounts of deductions and (or) contributions to payers within three banking days from the date of transfer of these funds from the Fund to the account of the State Corporation;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) forms a monthly need and sends to the authorized agency applications for the need for budgetary funds for state contributions to compulsory social medical insurance for the persons specified in Paragraph 1 of Article 26 of this Law.</w:t>
+      4) forms a monthly requirement and sends to the authorized body applications on the need for funds from the republican budget for state contributions for compulsory social health insurance for persons specified in paragraph 1 of Article 26 of this Law;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-1) forms a monthly requirement and sends to local executive bodies of regions, cities of republican significance and the capital applications on the need for local budget funds for state contributions for compulsory social health insurance for persons specified in subparagraph 1) of paragraph 1 of Article 26-1 of this Law.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. The State Corporation in the system of compulsory social medical insurance shall carry out the following activities technologically related to the state monopoly:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) update the database of individuals for whom the deductions and (or) contributions have been paid, and also provide for the payment of contributions by the state in accordance with Paragraph 1 of Article 26 of this Law;</w:t>
+      1) updates the database of individuals for whom deductions and/or contributions have been paid, and for whom payment of contributions by the state is envisaged in accordance with paragraph 1 of Article 26 of this Law;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) personalized accounting of deductions and (or) contributions on the basis of individual identification numbers and reconciling receipts of deductions and (or) contributions on the basis of information system of the authorized state agency for labor with information systems of state agencies and state revenues authorities by the integration of information systems;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4499,51 +4709,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Footnote. Article 17 is in the wording of the Law of the Republic of Kazakhstan dated 28.12.2018 № 208-VI (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by the Law of the RK dated 24.06.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 52-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (shall enter into force upon expiry of ten calendar days after the day of its first official publication); dated 26.12.2022 № 168-VII (shall be enforced from January 1, 2023); dated 26.12.2022 № 168-VII (shall enter into force on 01.01.2023); dated 01.07.2024 № 104-VIII (shall enter into force sixty calendar days after the date of its first official publication).</w:t>
+        <w:t xml:space="preserve"> (shall enter into force upon expiry of ten calendar days after the day of its first official publication); dated 26.12.2022 № 168-VII (shall be enforced from January 1, 2023); dated 26.12.2022 № 168-VII (shall enter into force on 01.01.2023); dated 01.07.2024 № 104-VIII (shall enter into force sixty calendar days after the date of its first official publication); dated 14.07.2025 № 206-VIII (shall come into effect from 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -4709,51 +4919,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) deductions, contributions, fees received for late payment of deductions and (or) contributions, investment income minus the commission remuneration for maintenance of the Fund activity;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1-1) budget funds allocated to pay for the services of healthcare entities in the provision of medical care in the system of compulsory social health insurance to servicemen, servants of special state and law enforcement bodies;</w:t>
+      1-1) budgetary funds allocated to pay for the services of healthcare entities for the provision of medical care in the system of compulsory social health insurance to military personnel, employees of special state and law enforcement agencies, and civil defense agencies;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) other receipts to the fund not prohibited by the legislation of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4835,51 +5045,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-1. Budget funds allocated to the fund for the guaranteed volume of free medical care are credited to the cash control account opened in the state treasury.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      State contributions for compulsory social health insurance for persons specified in paragraph 1 of Article 26 of this Law and transfers for payment of healthcare entities’ services for provision of medical care in the compulsory social health insurance system to servicemen, servants of special state and law enforcement bodies shall be credited to the current account opened in the National Bank of the Republic of Kazakhstan.</w:t>
+      State contributions for compulsory social health insurance for persons specified in paragraph 1 of Article 26, paragraph 1 of Article 26-1 of this Law, and transfers for payment of services of healthcare entities for the provision of medical care in the compulsory social health insurance system to military personnel, employees of special state and law enforcement agencies, and civil defense agencies shall be credited to a current account opened in the National Bank of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. The assets of the fund and budget funds allocated for the guaranteed volume of free medical care may not be:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4989,51 +5199,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 18 as amended by Laws of the Republic of Kazakhstan dated 30.06.2017 № 80-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 19.04.2023 № 223-VII (shall be enforced from 01.01.2024); dated 15.03.2025 № 172-VIII (effective from 01.01.2025).</w:t>
+        <w:t>      Footnote. Article 18 as amended by Laws of the Republic of Kazakhstan dated 30.06.2017 № 80-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 19.04.2023 № 223-VII (shall be enforced from 01.01.2024); dated 15.03.2025 № 172-VIII (effective from 01.01.2025); dated 24.06.2025 № 196-VIII (shall come into effect upon expiry of ten calendar days after the date of its first official publication); dated 14.07.2025 № 206-VIII (shall come into effect from 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -5527,50 +5737,68 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) to place temporarily free resources of the Fund to financial instruments through the National Bank of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      3-1) in the event of detection of facts of carrying out medical activities without permits (license, supplement to the license), apply a penalty to the healthcare entity with which the contract for the purchase of services was concluded in the amount of 10 percent of the amount of the concluded contract for the purchase of services;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       4) ensure an annual independent audit performance;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) return of overpaid (erroneously) paid amounts of deductions, contributions and (or) penalties for untimely and (or) incomplete payment of deductions and (or) contributions;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -5635,50 +5863,176 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) consider complaints and appeals of citizens and health care organizations regarding the provision of medical assistance in the system of compulsory social medical insurance;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      9-1) to formulate a monthly requirement and send to local executive bodies of regions, cities of republican significance and the capital applications on the requirement for local budget funds for state contributions for compulsory social health insurance for persons specified in subparagraph 2) of paragraph 1 of Article 26-1 of this Law;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-2) publish quarterly on your official Internet resource:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      the amount of funds received during the reporting period;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      information on funds allocated for types of medical care within the guaranteed volume of free medical care and medical care in the compulsory social health insurance system, indicating the amounts;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      information on funds paid to medical organizations for services rendered;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      information on the fund's administrative expenses;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-3) take measures to return funds from healthcare entities in the event of failure to fulfill or improper fulfillment of obligations under the service procurement agreement;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       10) to execute other duties in accordance with the laws of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. The Fund shall have the right:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -5717,51 +6071,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 20 as amended by Laws of the Republic of Kazakhstan dated 30.06.2017 № 80-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 28.12.2018 № 208-VI (shall be enforced upon expiry of ten calendar days after its first official publication).</w:t>
+        <w:t>      Footnote. Article 20 as amended by Laws of the Republic of Kazakhstan dated 30.06.2017 № 80-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 28.12.2018 № 208-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 14.07.2025 № 206-VIII (for the procedure for entry into force, refer to Art. 2).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -6299,114 +6653,182 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Footnote. Article 25 as amended by Laws of the Republic of Kazakhstan dated 30.06.2017 № 80-VI (shall be enforced upon expiry of ten calendar days after its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Article 26. State contributions from the republican budget for compulsory social health insurance</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...21 lines deleted...]
-      1. State contributions to compulsory social medical insurance shall be paid monthly during the first five working days of the current month in the manner determined by the budget legislation of the Republic of Kazakhstan for the following persons:</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. The title of Article 26 as amended by the Law of the Republic of Kazakhstan dated 14.07.2025 № 206-VIII (shall come into effect on 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. State contributions from the republican budget for compulsory social health insurance shall be paid monthly during the first five working days of the current month in the manner determined by the budget legislation of the Republic of Kazakhstan, for the following persons:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) children;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      2) persons registered as unemployed;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) it is envisaged to be excluded by the Law of the Republic of Kazakhstan dated 14.07.2025 № 206-VIII (shall come into effect on 01.01.2026);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) non-working pregnant women; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -6434,69 +6856,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) persons on leave due to pregnancy and childbirth, adoption of a newborn child (children), to care for a child (children) until he/she (they) reach the age of three years;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) non-working persons caring for a child with a disability;</w:t>
-[...17 lines deleted...]
-      6-1) non-working persons caring for a person with a disability of the first group;</w:t>
+      6) non-working recipients of state benefits assigned and paid to a mother or father, adoptive parent, guardian (trustee), raising a child with disabilities (children with disabilities);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-1) non-working recipients of state benefits for persons caring for a person with a first-group disability;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) recipients of pension payments, including veterans of the Great Patriotic War;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -6673,260 +7095,596 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       For the purposes of this Paragraph, non-working persons shall be understood to be persons not engaged in entrepreneurial or labor activity and not have income.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...180 lines deleted...]
-      5. The Fund, in the presence of supporting documents, assigns the status of a consumer of medical services in the system of compulsory social medical insurance in the fund's information system to persons specified in paragraph 1 of this article, before paying state contributions for one month.</w:t>
+        <w:t>
+      2. State contributions from the republican budget for compulsory social health insurance, payable to the fund, shall be established in the following amounts:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      from January 1, 2020 – 1.4 percent of the base for calculating state contributions;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      from January 1, 2021 - 1.6 percent of the base for calculating state contributions;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      from January 1, 2022 – 1.7 percent of the base for calculating state contributions;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      from January 1, 2023 – 1.8 percent of the base for calculating state contributions;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      from January 1, 2024 – 1.9 percent of the base for calculating state contributions;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      from January 1, 2025 – 2 percent of the base for calculating state contributions;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      from January 1, 2027 – 2.2 percent of the base for calculating state contributions;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      from January 1, 2029 – 2.7 percent of the base for calculating state contributions;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      from January 1, 2031 – 3.2 percent of the base for calculating state contributions;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      from January 1, 2033 – 3.7 percent of the base for calculating state contributions;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      from January 1, 2035 – 4.2 percent of the base for calculating state contributions;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      from January 1, 2037 – 4.7 percent of the base for calculating state contributions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      At the same time, the amount of state contributions from the republican budget shall be established annually for the corresponding financial year by the law on the republican budget.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. The object of calculation of state contributions from the republican budget shall be the average monthly salary preceding the two years of the current financial year, determined by the authorized body in the field of state statistics.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 26 as amended by Laws of the Republic of Kazakhstan dated 22.12.2016 № 29-VІ (shall be enforced from 01.01.2017); dated 30.06.2017 № 80-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 25.12.2017 № 122-VI (shall be enforced from 01.01.2018); dated 26.12.2018 № 203-VІ (shall be enforced upon expiry of ten calendar days after its first official publication); dated 28.12.2018 № 208-VI (the order of enforcement see Art. 2); dated 03.04.2019 № 243-VІ (shall be enforced from 01.07.2019); dated 06.05.2020 № 323-VI (shall enter into force upon expiry of ten calendar days after the day of its first official publication); dated 24.06.2021 № 52-VII (shall enter into force upon expiry of ten calendar days after the day of its first official publication); dated 30.12.2021 № 95-VII (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 27.06.2022 № 129-VII (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      4. Is excluded by the Law of the Republic of Kazakhstan dated 28.12.2018 № 208-VI (shall be enforced upon expiry of ten calendar days after its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. The Fund, upon availability of supporting documents, assigns the status of consumer of medical services in the compulsory social health insurance system in the Fund’s information system to the persons specified in paragraph 1 of this article, until the payment of state contributions from the republican budget for one month.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Article 26 as amended by Laws of the Republic of Kazakhstan dated 22.12.2016 № 29-VІ (shall be enforced from 01.01.2017); dated 30.06.2017 № 80-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 25.12.2017 № 122-VI (shall be enforced from 01.01.2018); dated 26.12.2018 № 203-VІ (shall be enforced upon expiry of ten calendar days after its first official publication); dated 28.12.2018 № 208-VI (the order of enforcement see Art. 2); dated 03.04.2019 № 243-VІ (shall be enforced from 01.07.2019); dated 06.05.2020 № 323-VI (shall enter into force upon expiry of ten calendar days after the day of its first official publication); dated 24.06.2021 № 52-VII (shall enter into force upon expiry of ten calendar days after the day of its first official publication); dated 30.12.2021 № 95-VII (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 27.06.2022 № 129-VII (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 14.07.2025 № 206-VIII (shall come into effect from 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Article 26-1. State contributions from local budget funds for compulsory social health insurance</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. State contributions from local budget funds for compulsory social health insurance shall be paid for:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) persons registered as unemployed, except for persons employed in subsidized jobs or sent for vocational training at the employer’s workplace;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) non-working persons who have not made mandatory pension contributions over the past three months and who are classified as having a crisis or emergency level of social well-being in accordance with the legislation of the Republic of Kazakhstan on social protection, except for persons specified in paragraph 1 of Article 26 of this Law.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      For the purposes of this subparagraph, non-working persons refer to persons who do not engage in entrepreneurial or labor activity and do not have an income.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Contributions for persons specified in subparagraph 1) of paragraph 1 of this article shall be paid monthly during the first five working days of the current month in the manner determined by the budget legislation of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Contributions for persons specified in subparagraph 2) of paragraph 1 of this article shall be paid before the end of the current calendar year monthly during the first ten working days of the month following the month in which the date of application of such persons for medical assistance in the compulsory social health insurance system falls, in the manner determined by the budget legislation of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. State contributions from local budget funds for compulsory social health insurance, payable to the fund, are set at 2 percent of the object of calculation of state contributions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. The object of calculation of state contributions from local budget funds shall be the average monthly salary in the relevant region of the Republic of Kazakhstan preceding the two years of the current financial year, determined by the authorized body in the field of state statistics.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Chapter 5 is supplemented by Article 26-1 in accordance with the Law of the Republic of Kazakhstan dated 14.07.2025 № 206-VIII (shall come into effect on 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -7182,51 +7940,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1. The object of calculation of deductions shall be the expenses of an employer, who is a micro-entrepreneurship and small business entity, applying special tax regimes provided for in paragraph 3 of Chapter 77 and Chapter 78 of the Code of the Republic of Kazakhstan "On taxes and other obligatory payments to the budget" (Tax Code), paid in the form of income to the employee provided for by Article 322 of the Code of the Republic of Kazakhstan "On taxes and other obligatory payments to the budget" (Tax Code).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      At the same time, the monthly income accepted for calculating deductions from a single payment should not exceed 10 times the minimum wage established for the corresponding financial year by the law on the republican budget.</w:t>
+      2-2. The monthly income accepted for calculating deductions must be calculated based on the sum of all types of accrued income of the employee and must not exceed 40 times the minimum wage established for the relevant financial year by the law on the republican budget.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Employers shall exempt from the deductions payment for:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -7272,79 +8030,97 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) employees of special state bodies;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) law enforcement officials.</w:t>
+      4) law enforcement officials;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) employees of civil defense agencies.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 27 as amended by Laws of the Republic of Kazakhstan dated 22.12.2016 № 29-VІ (shall be enforced from 01.01.2017); dated 30.06.2017 №80-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 26.12.2018 № 203-VІ (shall be enforced upon expiry of ten calendar days after its first official publication); dated 26.12.2022 № 168-VII (shall be enforced from January 1, 2023); dated 06.04.2024 № 71-VIII (comes into force on 01.01.2024); dated 18.03.2025 № 175-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 27 as amended by Laws of the Republic of Kazakhstan dated 22.12.2016 № 29-VІ (shall be enforced from 01.01.2017); dated 30.06.2017 №80-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 26.12.2018 № 203-VІ (shall be enforced upon expiry of ten calendar days after its first official publication); dated 26.12.2022 № 168-VII (shall be enforced from January 1, 2023); dated 06.04.2024 № 71-VIII (comes into force on 01.01.2024); dated 18.03.2025 № 175-VIII (effective sixty calendar days after the date of its first official publication); dated 24.06.2025 № 196-VIII (shall come into effect upon expiry of ten calendar days after the date of its first official publication); dated 14.07.2025 № 206-VIII (shall come into effect from 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -7714,51 +8490,105 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-1. The object of calculation of employees’ contributions provided for in subparagraph 2-1) of paragraph 2 of Article 14 of this Law, payable to the fund shall be the employee's income, provided for in Article 322 of the Code of the Republic of Kazakhstan "On taxes and other obligatory payments to the budget" (Tax Code), accrued by an employer, who is a micro-entrepreneurship and small business entity, applying special tax regimes provided for in paragraph 3 of Chapter 77 and Chapter 78 of the Code of the Republic of Kazakhstan “On taxes and other obligatory payments to the budget” (Tax Code).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      At the same time, the monthly income accepted for the calculation of contributions from a single payment should not exceed 10 times the minimum wage established for the corresponding financial year by the law on the republican budget.</w:t>
+      5-2. The monthly income accepted for calculating contributions must be calculated based on the sum of all types of accrued income and must not exceed 20 times the minimum wage established for the relevant financial year by the law on the republican budget.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      When paying contributions from the amount of income specified in the first part of this paragraph, payment of contributions from other income of an individual, if there is a document confirming the payment of such contributions, shall not be required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Such a document is a certificate of the amounts of income received, calculated and paid contributions, issued by the employer and (or) tax agent.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The requirements of this paragraph shall not apply to individuals who are independent payers.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. The object of calculation contributions of independent payers including the suspended submission of tax reporting in accordance with the tax legislation of the Republic of Kazakhstan, professionals with a private practice and the suspended submission of tax reports, or declared inactive, in accordance with the tax legislation of the Republic of Kazakhstan, shall be the minimum wage established for relevant financial year by the Law on the republican budget. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -7768,51 +8598,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Exempted from contributions payment to the Fund shall be:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) the persons specified in paragraph 1 of Article 26 of this Law;</w:t>
+      1) persons specified in paragraph 1 of Article 26 and paragraph 1 of Article 26-1 of this Law;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) servicemen, with the exception of servicemen doing military service in the reserve, in respect of whom an order has been issued by the commander (chief) of a military unit (institution) to arrive for combat training;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -7822,79 +8652,97 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) employees of special state bodies;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) law enforcement official.</w:t>
+      4) law enforcement official;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) employees of civil defense agencies.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 28 is in the wording of the Law of the Republic of Kazakhstan dated 30.06.2017 № 80-VI (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by Laws of the Republic of Kazakhstan dated 25.12.2017 № 122-VI (shall be enforced from 01.01.2018) ; dated 26.12.2018 № 203-VІ (order of enforcement see Article 2); dated 26.12.2022 № 168-VII (shall be enforced from January 1, 2023); dated 20.04.2023 № 226-VII (shall be enforced from 01.07.2023); dated 01.07.2024 № 104-VIII (shall come into force sixty calendar days after the date of its first official publication); dated 18.03.2025 № 175-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 28 is in the wording of the Law of the Republic of Kazakhstan dated 30.06.2017 № 80-VI (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by Laws of the Republic of Kazakhstan dated 25.12.2017 № 122-VI (shall be enforced from 01.01.2018) ; dated 26.12.2018 № 203-VІ (order of enforcement see Article 2); dated 26.12.2022 № 168-VII (shall be enforced from January 1, 2023); dated 20.04.2023 № 226-VII (shall be enforced from 01.07.2023); dated 01.07.2024 № 104-VIII (shall come into force sixty calendar days after the date of its first official publication); dated 18.03.2025 № 175-VIII (effective sixty calendar days after the date of its first official publication); dated 24.06.2025 № 196-VIII (shall come into effect upon expiry of ten calendar days after the date of its first official publication); dated 14.07.2025 № 206-VIII (shall come into effect from 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -7995,180 +8843,72 @@
       2-2. The income of the persons specified in subparagraph 3-1) of paragraph 2 of Article 14 of this Law is their income received for services rendered or work performed using Internet platforms in accordance with Article 102 of the Social Code of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       In the case provided for in paragraph 4 of Article 686-2 of the Code of the Republic of Kazakhstan "On Taxes and Other Mandatory Payments to the Budget" (Tax Code), contributions to the fund are paid from each calculation object.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...106 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      2) Valid until 01.01.2024 in accordance with the Law of the Republic of Kazakhstan dated 26.12.2018 № 203-VI.</w:t>
+        <w:t>      3. It is envisaged to be excluded by the Law of the Republic of Kazakhstan dated 14.07.2025 № 206-VIII (shall come into effect on 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -8346,51 +9086,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 29 is in the wording of the Law of the Republic of Kazakhstan dated 30.06.2017 № 80-VI (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by Laws of the Republic of Kazakhstan dated 25.12.2017 № 122-VI (shall be enforced from 01.01.2018) ; dated 26.12.2018 № 203-VІ (order of enforcement see Article 2); dated 28.12.2018 № 208-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 26.12.2022 № 168-VII (shall be enforced from January 1, 2023); dated 20.04.2023 № 226-VII (shall be enforced from 01.07.2023); dated 01.07.2024 № 104-VIII (shall come into force sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 29 is in the wording of the Law of the Republic of Kazakhstan dated 30.06.2017 № 80-VI (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by Laws of the Republic of Kazakhstan dated 25.12.2017 № 122-VI (shall be enforced from 01.01.2018) ; dated 26.12.2018 № 203-VІ (order of enforcement see Article 2); dated 28.12.2018 № 208-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 26.12.2022 № 168-VII (shall be enforced from January 1, 2023); dated 20.04.2023 № 226-VII (shall be enforced from 01.07.2023); dated 01.07.2024 № 104-VIII (shall come into force sixty calendar days after the date of its first official publication); dated 14.07.2025 № 206-VIII (shall come into effect on 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>