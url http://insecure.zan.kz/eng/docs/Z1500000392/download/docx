--- v0 (2025-10-05)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4338e0a" w14:textId="4338e0a">
+    <w:p w14:paraId="56ff708" w14:textId="56ff708">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1200,51 +1200,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Article 5. Financial control</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z1049" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Financial control is exercised by the governmental audit and financial control authorities within the limits of competence established by this Law, other laws of the Republic of Kazakhstan, acts of the President of the Republic of Kazakhstan and the Government of the Republic of Kazakhstan, by providing reimbursement to the budget, restoration through performance of work, provision of services, delivery of goods and (or) reflection on the registration of revealed amounts of violations, the enforcement of orders and the prosecution of perpetrators.</w:t>
+      1. Financial control shall be exercised by state audit and financial control bodies within the competence established hereunder, other laws of the Republic of Kazakhstan, acts of the President of the Republic of Kazakhstan and the Government of the Republic of Kazakhstan, by ensuring reimbursement to the budget, restoration by performing works, rendering services, supplying goods and (or) reflecting and (or) reducing the accounting of identified the amount of violations, the execution of regulations and the prosecution of perpetrators.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z1050" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Measures for the response of financial control are:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
@@ -1329,99 +1329,99 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       When appealing the results of the state audit and financial control by the object of the state audit, business entities and other persons whose interests are affected by audit activities, the transfer of materials with signs of a criminal offense with appropriate audit evidence for making a procedural decision to the prosecution authorities is carried out through the prosecutor's office after compliance with the appeal and (or) judicial dispute settlement procedure;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) filing a claim in court in accordance with the legislation of the Republic of Kazakhstan, including for the purpose of ensuring reimbursement to the budget, restoration by performing work, providing services, supplying goods and (or) recording the identified amounts of violations that are not compensated (not restored) voluntarily and following orders.</w:t>
+      4) filing a claim in court under the laws of the Republic of Kazakhstan, including in order to ensure reimbursement to the budget, restoration by performing works, rendering services, supplying goods and (or) reflecting and (or) reducing the amount of infringements that have not been reimbursed (not restored) on a voluntary basis, and fulfilling the order.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1051" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. The internal audit services, when identifying signs of criminal or administrative offenses in the actions of officials of the object of state audit, take response measures to transfer materials with relevant audit evidence to the criminal prosecution bodies or bodies authorized to initiate and (or) consider cases of administrative offenses.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 5 as amended by the Law of the Republic of Kazakhstan dated 11.01.2018 № 135-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 03.07.2020 № 358-VI (shall be enforced one year after its first official publication); dated 30.12.2022 № 177-VII (shall be enforced ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 5 as amended by the Law of the Republic of Kazakhstan dated 11.01.2018 № 135-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 03.07.2020 № 358-VI (shall be enforced one year after its first official publication); dated 30.12.2022 № 177-VII (shall be enforced ten calendar days after the date of its first official publication); № 213-VIII of 17.07.2025 (shall go into force upon expiry of ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z447" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1664,136 +1664,136 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The classifier of violations is developed and approved by the Supreme Audit Chamber of the Republic of Kazakhstan (hereinafter referred to as the Supreme Audit Chamber) in coordination with the authorized body for internal state audit.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1165" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. The classifier of violations includes the following types of violations:</w:t>
+      2. The classifier of violations shall include, among others:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) financial violations that entailed unreasonable use of budgetary funds, state assets and subjects of the quasi-public sector, related grants, state and state-guaranteed loans, as well as loans attracted under the guarantee of the government;</w:t>
+      1) financial breaches that have resulted in unjustified and (or) misuse of budgetary funds, assets of the state and quasi-public sector entities, related grants, state and state-guaranteed loans, as well as loans secured by the state;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) procedural violations that did not entail unreasonable use of budgetary funds, state assets and subjects of the quasi-public sector, related grants, state and state-guaranteed loans, as well as loans attracted under the guarantee of the government.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1166" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. The amounts of financial infringements revealed by the results of the governmental audit and financial control are the subject to reimbursement to the budget, restoration through performance of works, provision of services, delivery of goods and (or) accounting for accounting on the basis of instructions of governmental audit and financial control authorities and (or) court decisions.</w:t>
+      3. The amounts of financial infringements revealed by the results of the state audit and financial control shall be subject to reimbursement to the budget, restoration by performing works, rendering services, supplying goods and (or) accounting and (or) reducing the financing plan based on the instructions of the state audit and financial control bodies and (or) court decisions.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 7 as amended by the Law of the Republic of Kazakhstan dated 05.11.2022 № 157-VII (shall be enforced ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 7 as amended by the Law of the Republic of Kazakhstan dated 05.11.2022 № 157-VII (shall be enforced ten calendar days after the date of its first official publication); № 213-VIII of 17.07.2025 (shall become effective upon expiry of ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1052" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2648,50 +2648,68 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) the impact of the activities of the subjects of the quasi-public sector on the development of the economy or a single branch of the economy, social and other spheres of public administration;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      5-1) extra-budgetary funds;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       6) the formation and management of the government and state-guaranteed debt, as well as debt under government guarantees;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) the use of transfers to legal entities, related grants, budget investments, state and state-guaranteed loans, loans attracted under the guarantee of the state, and state assets;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2957,50 +2975,68 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) formation and use of the National Fund of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) use of the assets of the National Bank of the Republic of Kazakhstan, trust management of pension assets only with the consent or at the instruction of the President of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-1) extra-budgetary funds;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) use by the subjects of the quasi-public sector of the allocated funds of the republican budget for compliance with the financial and economic justification.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1066" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -3798,51 +3834,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 12 as amended by the Law of the Republic of Kazakhstan dated 11.01.2018 № 135-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 02.01.2021 № 399-VI (shall be enforced upon expiration of ten calendar days after the day of its first official publication); dated 30.12.2021 № 95-VII (shall be enforced ten calendar days after the date of its first official publication); dated 05.11.2022 № 157-VII (shall be enforced ten calendar days after the date of its first official publication); dated 12.07.2023 № 23-VIII (shall be enforced ten calendar days after the date of its first official publication); dated 19.06.2024 № 97-VIII (shall enter into force from 01.07.2024); № 01.07.2024 dated 107-VIII (shall enter into force upon expiry of sixty calendar days after its first official publication).</w:t>
+        <w:t>      Footnote. Article 12 as amended by the Law of the Republic of Kazakhstan dated 11.01.2018 № 135-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 02.01.2021 № 399-VI (shall be enforced upon expiration of ten calendar days after the day of its first official publication); dated 30.12.2021 № 95-VII (shall be enforced ten calendar days after the date of its first official publication); dated 05.11.2022 № 157-VII (shall be enforced ten calendar days after the date of its first official publication); dated 12.07.2023 № 23-VIII (shall be enforced ten calendar days after the date of its first official publication); dated 19.06.2024 № 97-VIII (shall enter into force from 01.07.2024); № 01.07.2024 dated 107-VIII (shall enter into force upon expiry of sixty calendar days after its first official publication); № 213-VIII of 17.07.2025 (shall be enacted upon expiry of ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z546" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6954,55 +6990,73 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. At the request of the governmental audit and financial control bodies, the objects of governmental audit, officials, individuals and legal entities are obliged:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="150"/>
     <w:bookmarkStart w:name="z691" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1) to provide the requested information on the composition and formats of these departmental information systems free of charge, as well as the documentation and information necessary for the formation of the list of governmental audit objects for the relevant year and the implementation of governmental audit, preparation of performance reports, including for research in the field of governmental audit, taking into account the observance of the secrecy regime, official, commercial or other secret protected by law; 2) provide the necessary materials (evidence): certificates, oral and written explanations on issues related to the formation of the list of objects of state audit for the relevant year and its conduct without entering the object of governmental audit, within a maximum of five working days, on issues related to with the conduct of a governmental audit at the governmental audit facility, within a period of not more than one working day;</w:t>
+        <w:t xml:space="preserve">
+      1) to provide the requested information on the composition and formats of these departmental information systems free of charge, as well as the documentation and information necessary for the formation of the list of governmental audit objects for the relevant year and the implementation of governmental audit, preparation of performance reports, including for research in the field of governmental audit, taking into account the observance of the secrecy regime, official, commercial or other secret protected by law; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) provide the necessary materials (evidence): certificates, oral and written explanations on issues related to the formation of the list of objects of state audit for the relevant year and its conduct without entering the object of governmental audit, within a maximum of five working days, on issues related to with the conduct of a governmental audit at the governmental audit facility, within a period of not more than one working day;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z692" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) to provide, in accordance with the legislation of the Republic of Kazakhstan, access to state and other information systems necessary for conducting state audit.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="152"/>
     <w:bookmarkStart w:name="z693" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -7754,51 +7808,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Article 27. Preliminary assessment of the draft republican budget</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. The Supreme audit chamber shall carry out a preliminary assessment of the draft republican budget, the draft revised republican budget in the main areas of its expenses in the manner determined by the President of the Republic of Kazakhstan.</w:t>
+      1. The Supreme Audit Chamber shall perform a preliminary evaluation of the draft republican budget in the main areas of its expenditures under the procedure established by the President of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. The preliminary assessment of the draft republican budget in the main areas of its expenditures shall be carried out for the compliance of the expenditures of the draft republican budget with the national priorities of the country, priority areas of expenditures of the republican budget, the results of the assessment of documents of the State Planning System of the Republic of Kazakhstan and other documents of central state bodies, conclusions and recommendations given by the Supreme Audit Chamber to the report of the Government of the Republic of Kazakhstan on the execution of the republican budget for the reporting fiscal year.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -7808,97 +7862,79 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. The results of the preliminary assessment of the draft republican budget shall be submitted to the Government of the Republic of Kazakhstan and the Mazhilis of the Parliament of the Republic of Kazakhstan within twenty calendar days from the date of submission of the draft republican budget by the Government of the Republic of Kazakhstan to the Supreme Audit Chamber.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The results of the preliminary assessment of the draft revised republican budget shall be submitted to the Government of the Republic of Kazakhstan and the Mazhilis of the Parliament of the Republic of Kazakhstan within fifteen calendar days from the date of submission of the draft republican budget by the Government of the Republic of Kazakhstan to the Supreme Audit Chamber.</w:t>
-[...16 lines deleted...]
-        <w:t>
       4. The results of preliminary assessments shall be advisory in nature.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 27 in the wording of the Law of the Republic of Kazakhstan dated 15.03.2025 № 172-VIII (shall enter into force dated 01.01.2025).</w:t>
+        <w:t>      Footnote. Article 27 in the wording of the Law of the Republic of Kazakhstan dated 15.03.2025 № 172-VIII (shall enter into force dated 01.01.2025); as amended by Law of the Republic of Kazakhstan № 213-VIII of 17.07.2025 (shall come into force upon expiry of ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
@@ -8567,100 +8603,100 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) the initiation of administrative proceedings within the competence provided for by the legislation of the Republic of Kazakhstan on administrative offenses.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1109" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. The amounts of financial violations identified by the results of cameral control are subject to reimbursement to the budget, restoration through performance of work, provision of services, delivery of goods and / or accounting records on the basis of notification of elimination of violations identified by results of desk control.</w:t>
+      5. The amounts of financial violations revealed by the results of desk control shall be subject to reimbursement to the budget, restoration by performing work, delivery of services, supplying goods and (or) reflecting and (or) reducing accounting based on notification of elimination of violations identified by the results of desk control.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="187"/>
     <w:bookmarkStart w:name="z1110" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Cameral control is carried out without registration in the authorized body on legal statistics and special records in accordance with the legislation of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 30 as amended by the Law of the Republic of Kazakhstan dated 03.07.2020 № 358-VI (shall be enforced one year after its first official publication); dated 01.07.2024 № 107-VIII (shall enter into force dated 01.01.2025).</w:t>
+        <w:t>      Footnote. Article 30 as amended by the Law of the Republic of Kazakhstan dated 03.07.2020 № 358-VI (shall be enforced one year after its first official publication); dated 01.07.2024 № 107-VIII (shall enter into force dated 01.01.2025); № 213-VIII of 17.07.2025 (shall be put into effect upon expiry of ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z755" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -9485,51 +9521,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Officials of the governmental audit and financial control bodies during the governmental audit have the right:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="209"/>
     <w:bookmarkStart w:name="z789" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) upon presentation of an official certificate or an identification card and an act on the appointment of an inspection with a mark of registration with the authorized body for legal statistics and special accounting within the framework of the governmental audit, obtain unhindered access to the territory and premises of the governmental audit facility, taking into account the observance of the secrecy regime, official , commercial or other secrets protected by law;</w:t>
+      1) upon presentation of an official certificate or an identification card and an act on the appointment of an inspection with a mark of registration with the authorized body for legal statistics and special accounting within the framework of the governmental audit, obtain unhindered access to the territory and premises of the governmental audit facility, taking into account the observance of the secrecy regime, official, commercial or other secrets protected by law;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="210"/>
     <w:bookmarkStart w:name="z790" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) in accordance with the objectives and subject of governmental audit, in order to prepare an audit report and/or an audit report on financial statements, to request and receive, within the time limits established by this Law, the necessary documentation, information, including electronic media, on issues included in the their competence, as well as access to information systems, written and oral explanations and other information, including those containing state secrets and other secrets protected by law, subject to the confidentiality regime and official, commercial or other secrets protected by law;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="211"/>
     <w:bookmarkStart w:name="z791" w:id="212"/>
     <w:p>
@@ -10626,97 +10662,133 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) timely provide information on the performance of data in the audit opinion of recommendations and instructions sent by the governmental audit and financial control authorities, as well as on the execution of the notice on the elimination of violations identified by the results of desk control;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6-1) notify of detected financial violations of business entities and other persons whose interests are affected by audit activities of the state audit;</w:t>
+      6-1) notify business entities and other persons whose interests are affected by the audit activities of the state audit within two working days from the date of receipt of the audit report;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) to bear other duties stipulated by the laws of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. In the case of disagreement with the identified violations, business entities and other persons whose interests are affected by audit activities shall forward their position (objections) to the object of state audit within no more than five working days from the date of receipt of the notification.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The position (objections) of the persons stated in part one of this paragraph shall be sent by the state audit object to the state audit and financial control bodies within the time period specified in sub-paragraph 4) of paragraph 1 of this article and considered along with the objections of the state audit object.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 37 as amended by the Law of the Republic of Kazakhstan dated 26.12.2018 № 202-VІ (shall be enforced from 01.01.2019); dated 03.07.2020 № 358-VI (shall be enforced one year after its first official publication); dated 30.12.2022 № 177-VII (shall be enforced ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 37 as amended by the Law of the Republic of Kazakhstan dated 26.12.2018 № 202-VІ (shall be enforced from 01.01.2019); dated 03.07.2020 № 358-VI (shall be enforced one year after its first official publication); dated 30.12.2022 № 177-VII (shall be enforced ten calendar days after the date of its first official publication); № 213-VIII of 17.07.2025 (shall be enacted upon expiry of ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1119" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -10915,71 +10987,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. In order to obtain a comprehensive and objective description of the professional, business qualities and potential capabilities of persons applying for the qualification of the state auditor, certification.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="254"/>
     <w:bookmarkStart w:name="z1200" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      2. Certification is carried out by the National commission for certification of persons applying for the qualification of a state auditor (hereinafter referred to as the National commission), which includes: one representative from the Administration of the President of the Republic of Kazakhstan, one representative from the Government of the Republic of Kazakhstan, five representatives from the Supreme Audit Chamber, five representatives from the authorized body for internal state audit, deputies of the Parliament of the Republic of Kazakhstan (by agreement). </w:t>
+        <w:t>
+      2. Certification shall be effected by the National Commission for Certification of Persons Applying for the qualification of a State Auditor (hereinafter referred to as the National Commission), which includes representatives of the Presidential Administration of the Republic of Kazakhstan, the Supreme Audit Chamber, the authorised body for internal State Audit, deputies of the Parliament of the Republic of Kazakhstan (as agreed).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      The working body of the National commission is the Supreme Audit Chamber, which approves the personal composition of the commission in the number of at least fourteen people on the basis of the proposals submitted. </w:t>
+        <w:t>
+      The working body of the National Commission shall be the Supreme Audit Chamber, which approves the personal composition of the commission in the number of at least fourteen people based on the proposals submitted.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1201" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Certification of applicants for qualification of the state auditor includes confirmation of their knowledge and interview in the manner determined by the certification rules of persons applying for the assignment of the qualification of the state auditor.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="256"/>
     <w:bookmarkStart w:name="z1202" w:id="257"/>
     <w:p>
       <w:pPr>
@@ -11173,51 +11245,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 39 as amended by the Law of the Republic of Kazakhstan dated 11.01.2018 № 135-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 05.11.2022 № 157-VII (shall be enforced ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 39 as amended by the Law of the Republic of Kazakhstan dated 11.01.2018 № 135-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 05.11.2022 № 157-VII (shall be enforced ten calendar days after the date of its first official publication); № 213-VIII of 17.07.2025 (shall come into effect upon expiry of ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z868" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -15896,55 +15968,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -16270,31 +16342,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>