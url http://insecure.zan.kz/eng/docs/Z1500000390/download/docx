--- v0 (2025-10-05)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="627c813" w14:textId="627c813">
+    <w:p w14:paraId="e0489cc" w14:textId="e0489cc">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1351,51 +1351,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The authorized body:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) forms and implements the state policy on self-regulation issues;</w:t>
+      1) performs strategic, regulatory and implementation functions within its competence;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) based on and in pursuance of the main directions of the internal and foreign policy of the state, established by the President of the Republic of Kazakhstan, and the main directions of the socio-economic policy of the state, its defence, security, and public order, developed by the Government of the Republic of Kazakhstan, forms a state policy on self-regulation under the legislation of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) develops and approves rules for keeping the register of self-regulating organizations; 3) provides methodological assistance and coordination of the activities of regulatory state bodies on the implementation of regulatory impact analysis;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -1471,79 +1489,97 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-1) draws up and adopts regulations for the conclusion of a performance agreement with a self-regulatory organisation based on voluntary membership (participation);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      4-2) develops and approves regulatory legal acts in the field of self-regulation as per the objectives hereof and the legislation of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       5) exercises other powers provided for by this Law, other laws of the Republic of Kazakhstan, acts of the President of the Republic of Kazakhstan and the Government of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 6 as amended by the Law of the Republic of Kazakhstan dated 24.05.2018 № 156-VI (shall be enforced upon expiry of ten calendar days after its first official publication); № 95-VII of 30.12.2021 (shall be brought into effect on 01.01.2023); dated 19.04.2023 № 223-VII (shall be enforced ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 6 as amended by the Law of the Republic of Kazakhstan dated 24.05.2018 № 156-VI (shall be enforced upon expiry of ten calendar days after its first official publication); № 95-VII of 30.12.2021 (shall be brought into effect on 01.01.2023); dated 19.04.2023 № 223-VII (shall be enforced ten calendar days after the date of its first official publication); № 213-VIII of 17.07.2025 (shall come into effect upon expiry of ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>