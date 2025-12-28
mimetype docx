--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b4b619a" w14:textId="b4b619a">
+    <w:p w14:paraId="558d6f5" w14:textId="558d6f5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2476,52 +2476,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47) provide accumulation, preservation and record of documents of the National Archival Fund of the Republic of Kazakhstan and other document materials on the activity of the internal affairs bodies, to issue the archival letters to individuals and legal entities;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      48) upon the request of the authorized body on financial monitoring to submit information from its own information systems in accordance with the legislation of the Republic of Kazakhstan on combating legalization (laundering) of proceeds from crime and financing of terrorism; </w:t>
+        <w:t>
+      48) provide information upon request of the financial monitoring authority from its own information systems in accordance with the legislation of the Republic of Kazakhstan on combating legalization (laundering) of proceeds from crime, financing of terrorism and financing of the proliferation of weapons of mass destruction;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49) represent the details on criminal cases being in proceedings upon request of the authorized body in the scope of rehabilitation and bankruptcy that are initiated on the crimes against property of relation of debtors, recognized as bankrupts in manner is established by the Law or in relation of which the rehabilitation procedure is applied;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3375,51 +3375,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 6 as amended by Laws of the Republic of Kazakhstan № 239-V dated 29.09.2014 (shall be enforced upon expiry of ten calendar days after the day of its first official publication); № 269-V dated 29.12.2014 (shall be enforced from 01.01.2015); № 343-V dated 02.08.2015 (shall be enforced upon expiry of ten calendar days after the day of its first official publication); № 479-V dated 29.03.2016 (shall be enforced upon expiry of twenty one calendar days after the day of its first official publication); № 58-VI dated 18.04.2017 (shall be enforced upon expiry of ten calendar days after the day of its first official publication); № 84-VI dated 03.07.2017 (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated May 24, 2018 № 156-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 28.12.2018 № 208-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated November 25, 2019 № 272-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated December 27, 2019 № 292-VІ (the order of enforcement see Article 2); dated 30.12.2016 № 41-VI (shall be enforced from 01.01.2021); dated 13.05.2020 № 325-VІ (shall be enforced six months after the day of its first official publication); dated 29.06.2021 № 58-VII (shall be enforced upon expiration of ten calendar days after the day of its first official publication); dated 30.12.2021 № 95-VII (shall be enforced ten calendar days after the date of its first official publication); dated 06.04.2024 № 71-VIII of (effective  sixty calendar days after the date of its first official publication); dated 16.05.2024 № 82-VIII (shall enter into force upon expiry of ten calendar days after its first official publication); dated 330.06.2025 № 202-VIII (shall come into effect upon expiry of sixty calendar days after the date of its first official publication); dated 16.07.2025 № 210-VIII (shall come into effect upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 6 as amended by Laws of the Republic of Kazakhstan № 239-V dated 29.09.2014 (shall be enforced upon expiry of ten calendar days after the day of its first official publication); № 269-V dated 29.12.2014 (shall be enforced from 01.01.2015); № 343-V dated 02.08.2015 (shall be enforced upon expiry of ten calendar days after the day of its first official publication); № 479-V dated 29.03.2016 (shall be enforced upon expiry of twenty one calendar days after the day of its first official publication); № 58-VI dated 18.04.2017 (shall be enforced upon expiry of ten calendar days after the day of its first official publication); № 84-VI dated 03.07.2017 (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated May 24, 2018 № 156-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 28.12.2018 № 208-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated November 25, 2019 № 272-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated December 27, 2019 № 292-VІ (the order of enforcement see Article 2); dated 30.12.2016 № 41-VI (shall be enforced from 01.01.2021); dated 13.05.2020 № 325-VІ (shall be enforced six months after the day of its first official publication); dated 29.06.2021 № 58-VII (shall be enforced upon expiration of ten calendar days after the day of its first official publication); dated 30.12.2021 № 95-VII (shall be enforced ten calendar days after the date of its first official publication); dated 06.04.2024 № 71-VIII of (effective  sixty calendar days after the date of its first official publication); dated 16.05.2024 № 82-VIII (shall enter into force upon expiry of ten calendar days after its first official publication); dated 330.06.2025 № 202-VIII (shall come into effect upon expiry of sixty calendar days after the date of its first official publication); dated 16.07.2025 № 210-VIII (shall come into effect upon expiry of sixty calendar days after the date of its first official publication); dated 19.09.2025 № 219 (effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -7168,63 +7168,62 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. The Law of the Republic of Kazakhstan dated 21 December, 1995 “On internal affairs bodies of the Republic of Kazakhstan” shall be considered to have lost force (Bulletin of the Supreme Council of the Republic of Kazakhstan, 1995, № 23, Article 154; Bulletin of the Parliament of the Republic of Kazakhstan, 1997, № 7, Article 79; № 12, Article 184; 1998, № 17-18, Article 225; № 23, Article 416; № 24, Article 436; 1999, №8 Article 233, 247; № 23, Article 920; 2000, № 3-4, Article 66; 2001, № 13-14, Article 174; № 17-18 Article 245; № 20, Article 257; № 23, Article 309; 2002., № 17, Article 155; 2003, № 12, Article 82; 2004, № 23, Article 142; № 24, Article 154, 155; 2006, № 1, Article 5; № 3, Article 22; 2007, № 2, Article 18; № 3, Article 20; № 9, Article 67; № 10, Article 69; 2008, № 15-16, Article 61; 2009, № 8, Article 44; № 18, Article 84; № 19, Article 88; 2010 № 5, Article 23; № 7, Article 28, 32; № 8, Article 41; № 24, Article 149; 2011, № 1, Article 2, 3; № 2 Article 25, № 11, Article 102; № 12, Article 111; 2012, № 3, Article 26; № 4, Article 32; № 5, Article 35; № 8, Article 64; № 15, Article 97; 2013, № 1, Article 2,3; № 2, Article 8; № 9, Article 51; № 12, Article 57; № 14, Article 75; № 16, Article 83; № 23-24, Article 116; The Law of the Republic of Kazakhstan dated 7 March, 2014 “On amendments and additions in several legislative acts of the Republic of Kazakhstan on issues of rehabilitation and bankruptcy, tax” published in the newspapers "Yegemen Kazakhstan" and " Kazakhstanskaya Pravda" 15 March, 2014).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="3960"/>
+        <w:gridCol w:w="7777"/>
+        <w:gridCol w:w="4223"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7777" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -7237,51 +7236,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      The President</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7777" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -7289,51 +7288,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      of the Republic of Kazakhstan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3960" w:type="dxa"/>
+            <w:tcW w:w="4223" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -7390,55 +7389,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>