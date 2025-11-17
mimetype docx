--- v0 (2025-10-03)
+++ v1 (2025-11-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e7cb488" w14:textId="e7cb488">
+    <w:p w14:paraId="0e6c207" w14:textId="0e6c207">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -140,116 +140,116 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>The Law of the Republic of Kazakhstan of April 17, 2014 № 194-V.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z839" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Unofficial translation</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Throughout the text, the words "of disabled people", "of disabled drivers", "to disabled people", "Disabled people", “Disabled person” are replaced, respectively, with the words "of persons with disabilities", "drivers with disabilities", "to persons with disabilities", "Persons with disabilities", "Person with disabilities" by the Law of the Republic of Kazakhstan dated 27.06.2022 № 129-VII (shall be enforced ten calendar days after the date of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The present law establishes legal bases and general conditions of the functioning of road traffic and providing of its safety in the Republic of Kazakhstan.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z839" w:id="0"/>
+      Footnote. The preamble was excluded by the Law of the Republic of Kazakhstan dated 30.06.2025 № 203-VIII (shall be enforced ten calendar days after the day of its first official publication).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 1. GENERAL CONSIDERATIONS</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Article 1. Main concepts used in the following law</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1471,670 +1471,890 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44) parking – area of vehicle parking, which is the section of road, organized in accordance with the normative legal reports, affirmed in that established by the legislation of republic Kazakhstan order;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
     <w:bookmarkStart w:name="z895" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      44-1) a passport of a self-propelled vehicle and other types of equipment is a passport issued for an internal combustion engine with a working volume of over fifty cubic centimeters or an electric motor (electric motors) with a maximum (total) capacity of more than four kilowatts, tractors, self-propelled road construction municipal machines, agricultural vehicles and other groundless trackless motor vehicles, (with the exception of motor vehicles intended for use on public roads with a maximum design speed of more than fifty kilometers per hour) and trailers to them;</w:t>
+      44-1) parking space – a specially designated area or place for stopping and(or) parking a vehicle, including outside automobile roads;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z896" w:id="56"/>
-[...15 lines deleted...]
-      44-2) an electronic passport of a self-propelled vehicle and other types of equipment is a passport of a self-propelled machine and other types of equipment drawn up in the system of electronic passports of self-propelled machines and other types of equipment;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44-2) passport of a self-propelled machine and other types of equipment – passport issued for vehicles with an internal combustion engine with a working volume of more than fifty cubic centimeters or an electric motor (electric motors) with a maximum (total) power of more than four kilowatts tractors, self-propelled road construction, utility, agricultural machinery, and other land-based non-rail mechanical vehicles (except for motor vehicles designed for use on public roads with a maximum design speed of more than fifty kilometers per hour) and trailers for them;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44-3) electronic passport of a self-propelled machine and other types of equipment – a passport of a self-propelled machine and other types of equipment issued within the system of electronic passports for self-propelled machines and other types of equipment;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z897" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45) parking – territory, which is the specially equipped building (part of the building), construction (part of the construction), including one- either multilevel civil construction or the special open area, intended for storing (stand) the vehicles and organized in accordance with the normative legal reports;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z897" w:id="57"/>
-[...15 lines deleted...]
-      45) parking – territory, which is the specially equipped building (part of the building), construction (part of the construction), including one- either multilevel civil construction or the special open area, intended for storing (stand) the vehicles and organized in accordance with the normative legal reports;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>46) excluded by the Law of the Republic of Kazakhstan dated 03.10.2024 № 130-VIII (effective six months after the date of its first official publication);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z899" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47) technical inspection operator – a legal entity or individual entrepreneur engaged in mandatory technical inspection activities and authorized to work as technical inspection operators;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z900" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48) the center of the technical inspection is a complex, intended for fulfilling the works on the diagnosis of the technical state of mechanical vehicles and trailers to them, that has for these purposes the stationary and (or) mobile line of the technical inspection;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z901" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49) the diagnostic map of the technical inspection is a document, which contains the information about the owner and mechanical vehicle also of trailers to it with the enumeration of the parameters of technical state of mechanical vehicle and trailers to it and the results of required technical inspection;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z902" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50) the stationary line of the technical inspection is a complex, equipped with the means of the diagnosis of mechanical vehicles and trailers to them for conducting the required technical inspection, located in the building or construction;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z903" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51) the mobile line of the technical inspection is a mobile complex, which consists of the special vehicle or of the mobile construction (container type), equipped with the means of the diagnosis of mechanical vehicles and trailers to them for conducting the required technical inspection;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z904" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52) a parking lot is an intentional curtailment of the road traffic of vehicle to the period of more than five minutes for reasons, not connected with embarkation or debarkation of passengers either with load or by unloading vehicle;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z905" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53) a trailer is a vehicle, not equipped with engine and intended for the traffic in the composition with the mechanical vehicle. Concept is extended also to the semitrailers and trailer-breakings up;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z1069" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53-1) small electric vehicle – a vehicle equipped with an electric motor, designed for individual movement, having one or more wheels, with the exception of electric scooters and bicycles with an electric motor;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z906" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54) special operational services – services, which render special aid with the road accidents and other emergencies on the motor roads of republic Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z907" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55) the device of the call of special operational services – the device, which achieves and which ensures the determination of coordinates, speed and the direction of the traffic of vehicle with the aid of the signals is not less than two operational global orbital navigation satellite systems, the transfer of communication about the vehicle with the road accident and another emergency, or double-sided oral communication with the special operational services on the networks of mobile radiotelephone circuit;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z908" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56) the operator of the system of special call – authorized organization, which accomplishes control of the system of special call;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56-1) electric vehicle - a mechanical vehicle equipped and driven by an electric motor receiving energy from batteries, capacitive storage and (or) fuel cells, and charged exclusively using an external source of electric energy;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1070" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57) an electric scooter - a vehicle of individual mobility, having two or three wheels, designed for the movement of one person by means of an electric motor(s), without a seat, with a maximum design speed of not more than twenty-five kilometres per hour.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t>      Footnote. Article 1 with the changes, introduced by laws of the Republic of Kazakhstan dated 29.12.2014 №269- V (shall be enforced from 01.01.2015); dated 27.10.2015 № 364-V (shall be enforced after ten calendar days after the day of its first official publication); dated 17.11.2015 № 407-V (shall be enforced from 01.01.2016); dated 03.07.2017 № 83-VI (shall be enforced after ten calendar days after the day of its first official publication); dated 05.10.2018 № 184-VI (entry into force see Article 2); № 249-VI as of 19.04.2019 (shall be enforced ten calendar days after its first official publication); dated 02.01.2021 № 399-VI (shall be enforced from 01.07.2021); dated 12.07.2022 № 138–VII (shall be enforced sixty calendar days after the day of its first official publication); № 223-VII of 19.04.2023 (shall enter into force ten calendar days after the date of its first official publication); № 12-VIII of 29.06.2023 (shall become effective sixty calendar days after the date of its first official publication); dated 18.07.2024 № 126-VIII (shall enter into force upon expiry of sixty calendar days after its first official publication); dated 03.10.2024 № 130-VIII (for the procedure of entry into force, see art. 2); dated 17.07.2025 № 213-VIII (shall be enforced ten calendar days after the day of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Article 2. Legislation of the Republic of Kazakhstan on road traffic</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z911" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. The legislation of the Republic of Kazakhstan on road traffic is based on the Constitution of the Republic of Kazakhstan and consists of this law and other normative legal acts of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z912" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. International treaties ratified by the Republic of Kazakhstan have priority over this Law. The procedure and conditions of operation in the territory of the Republic of Kazakhstan of international treaties to which the Republic of Kazakhstan is a party are determined by the legislation of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z913" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Legal relations regulated by the legislation of the Republic of Kazakhstan on road traffic are not subject to the legislation of the Republic of Kazakhstan on public procurement in terms of the acquisition of goods, works, services for the production of driver's licenses, certificates of state registration of vehicles, state registration plates.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>46) excluded by the Law of the Republic of Kazakhstan dated 03.10.2024 № 130-VIII (effective six months after the date of its first official publication);</w:t>
+        <w:t>      Footnote. Article 2 as amended by the laws of the Republic of Kazakhstan dated 15.11.2021 № 72-VII (shall be enforced from 01.01.2022); dated 03.10.2024 № 130-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z899" w:id="58"/>
-[...256 lines deleted...]
-    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Article 3. Main purpose, objectives and principles of this Law </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. The main purpose of this Law is to establish the legal basis and general conditions for the functioning and safety of road traffic in the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. The main objectives of this Law are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) state management in the field of road traffic;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) determination of the competence of state bodies operating in the field of road traffic;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) state control in the field of road traffic;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) management of activities aimed at ensuring road safety and eliminating the consequences of road traffic accidents;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) management of activities aimed at ensuring road safety and traffic capacity;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) management of activities aimed at ensuring the safety of vehicles;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) granting vehicles permission to participate in road traffic and persons permission to drive vehicles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. The main principles of this Law are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) life and health priority of road traffic participants on economic results of economic activities;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) priority of state responsibility for road safety over responsibility of road users;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) observance of interests of road traffic participants, society and the state in ensuring road traffic safety;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) systems approach to road safety.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 1 with the changes, introduced by laws of the Republic of Kazakhstan dated 29.12.2014 №269- V (shall be enforced from 01.01.2015); dated 27.10.2015 № 364-V (shall be enforced after ten calendar days after the day of its first official publication); dated 17.11.2015 № 407-V (shall be enforced from 01.01.2016); dated 03.07.2017 № 83-VI (shall be enforced after ten calendar days after the day of its first official publication); dated 05.10.2018 № 184-VI (entry into force see Article 2); № 249-VI as of 19.04.2019 (shall be enforced ten calendar days after its first official publication); dated 02.01.2021 № 399-VI (shall be enforced from 01.07.2021); dated 12.07.2022 № 138–VII (shall be enforced sixty calendar days after the day of its first official publication); № 223-VII of 19.04.2023 (shall enter into force ten calendar days after the date of its first official publication); № 12-VIII of 29.06.2023 (shall become effective sixty calendar days after the date of its first official publication); dated 18.07.2024 № 126-VIII (shall enter into force upon expiry of sixty calendar days after its first official publication); dated 03.10.2024 № 130-VIII (for the procedure of entry into force, see art. 2).</w:t>
+        <w:t>      Footnote. Article 3 as amended by the Law of the Republic of Kazakhstan dated 30.06.2025 № 203-VIII (shall be enforced ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...224 lines deleted...]
-      4) systems approach to road safety.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Article 4. Road traffic safety system</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -3322,62 +3542,86 @@
       Authorized body:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) develops and implements state policy in the field of road traffic;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      2) carries out monitoring of the legislation of the Republic of Kazakhstan on road traffic safety;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) excluded by the Law of the Republic of Kazakhstan dated 30.06.2025 № 203-VIII (shall be enforced ten calendar days after the day of its first official publication);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) provides legal education and informing the population on road traffic safety issues;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3472,306 +3716,438 @@
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6-2) develops the system of risks assessment and test sheets for the purpose of the state control;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      7) introduces to the Government of the Republic of Kazakhstan the state report;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      7) excluded by the Law of the Republic of Kazakhstan dated 30.06.2025 № 203-VIII (shall be enforced ten calendar days after the day of its first official publication);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) performs cross-industry coordination of activity of state bodies in the field of traffic and ensuring its safety;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      9) requests and receives from the central and local executive bodies, the organizations of the data on observance of the legislation of the Republic of Kazakhstan on road traffic by them;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      9) excluded by the Law of the Republic of Kazakhstan dated 30.06.2025 № 203-VIII (shall be enforced ten calendar days after the day of its first official publication);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) organizes scientific research and scientific and technical developments in the field of road traffic and ensuring its safety;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...46 lines deleted...]
-      13) develops rules of the direction for survey on state of intoxication, surveys on state of intoxication and registrations of his results;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      11) excluded by the Law of the Republic of Kazakhstan dated 30.06.2025 № 203-VIII (shall be enforced ten calendar days after the day of its first official publication);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      12) excluded by the Law of the Republic of Kazakhstan dated 30.06.2025 № 203-VIII (shall be enforced ten calendar days after the day of its first official publication);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) develops and approves in agreement with the authorized body in the field of healthcare the rules for direction for examination for intoxication, examination for intoxication and registration of its results;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) coordinates the regulating, project and technical documentation on design, construction, repair, the maintenance of roads and management of them regarding safety of road traffic taking into account needs of disabled people for the purpose of ensuring equal access with them;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      14-1) carries out consideration of draft documents on standardization within the competence, as well as preparation of proposals for the development, introduction of amendments, revision and cancellation of national, interstate standards, national classifiers of technical and economic information and recommendations on standardization for submission to the authorized body in the sphere of standardization;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      14-1) excluded by the Law of the Republic of Kazakhstan dated 30.06.2025 № 203-VIII (shall be enforced ten calendar days after the day of its first official publication);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) coordinates in accordance with the established procedure the documentation on territorial transport planning and the organization of road traffic;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...28 lines deleted...]
-      17) creates and operates the state information systems in the field of road traffic and ensuring its safety;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      16) excluded by the Law of the Republic of Kazakhstan dated 30.06.2025 № 203-VIII (shall be enforced ten calendar days after the day of its first official publication);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      17) excluded by the Law of the Republic of Kazakhstan dated 30.06.2025 № 203-VIII (shall be enforced ten calendar days after the day of its first official publication);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) regulates road traffic;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      19) it is excluded by the Law of the Republic of Kazakhstan 29.03.2016 № 479-V (shall be enforced twenty one calendar days after day of its first official publication);</w:t>
+        <w:t>      19) it is excluded by the Law of the Republic of Kazakhstan 29.03.2016 № 479-V (shall be enforced twenty-one calendar days after day of its first official publication);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -3787,51 +4163,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      21) it is excluded by the Law of the Republic of Kazakhstan dated 29.03.2016 № 479-V (shall be enforced after twenty one calendar days after day of his first official publication);</w:t>
+        <w:t>      21) it is excluded by the Law of the Republic of Kazakhstan dated 29.03.2016 № 479-V (shall be enforced after twenty-one calendar days after day of his first official publication);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -3847,51 +4223,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      23) it is excluded by the Law of the Republic of Kazakhstan dated 29.03.2016 № 479-V (shall be enforced after twenty one calendar days after day of his first official publication);</w:t>
+        <w:t>      23) it is excluded by the Law of the Republic of Kazakhstan dated 29.03.2016 № 479-V (shall be enforced after twenty-one calendar days after day of his first official publication);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      24) it is excluded by the Law of the Republic of Kazakhstan dated 03.07.2017 № 83-VI (shall be enforced after ten calendar days after day of his first official publication);</w:t>
       </w:r>
@@ -3963,79 +4339,97 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The integration of information systems in the field of road traffic includes measures to organize and ensure information interaction between information systems of informatization objects in a single information space;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      24-3) develops and approves regulatory legal acts in the field of traffic road and ensuring its safety in accordance with the purpose and objectives of this Law and the legislation of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       25) performs other powers provided by this Law, other laws of the Republic of Kazakhstan, acts of the President of the Republic of Kazakhstan and the Government of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 10 with the changes made by laws of the Republic of Kazakhstan dated 29.09.2014 № 239-V (shall be enforced after ten calendar days after day of his first official publication); of 29.03.2016 № 479-V (shall be enforced after twenty one calendar days after day of his first official publication); of 03.07.2017 № 83-VI (shall be enforced after ten calendar days after day of his first official publication); dated 24.05.2018 № 156-VI (shall be entered into force upon the expiry of ten calendar days after the day of its first official publication); dated 05.10.2018 № 184-IV (shall be enforced upon expiry of six months after its first official publication); dated 30.12.2022 № 177-VII (shall be enforced ten calendar days after the date of its first official publication); № 223-VII of 19.04.2023 (shall enter into force ten calendar days after the date of its first official publication); dated 06.04.2024 № 71-VIII (shall be enforced upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 10 with the changes made by laws of the Republic of Kazakhstan dated 29.09.2014 № 239-V (shall be enforced after ten calendar days after day of his first official publication); of 29.03.2016 № 479-V (shall be enforced after twenty one calendar days after day of his first official publication); of 03.07.2017 № 83-VI (shall be enforced after ten calendar days after day of his first official publication); dated 24.05.2018 № 156-VI (shall be entered into force upon the expiry of ten calendar days after the day of its first official publication); dated 05.10.2018 № 184-IV (shall be enforced upon expiry of six months after its first official publication); dated 30.12.2022 № 177-VII (shall be enforced ten calendar days after the date of its first official publication); № 223-VII of 19.04.2023 (shall enter into force ten calendar days after the date of its first official publication); dated 06.04.2024 № 71-VIII (shall be enforced upon expiry of sixty calendar days after the date of its first official publication); dated 30.06.2025 № 203-VIII (shall be enforced ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -4739,177 +5133,219 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Article 14. Competence of authorized body in the field of foreign policy activity</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       1. Authorized body in the field of foreign policy activity:</w:t>
-[...89 lines deleted...]
-       5) organizes carrying out obligatory technical inspection of mechanical transport vehicles and trailers to them diplomatic representations, consular establishments of foreign states, representative offices of the international organizations, foreigners, persons without citizenship, branches and representative offices of the foreign companies, legal entities with foreign participation;</w:t>
+      1. Authorized body in the field of foreign policy activity:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) provides coordination of activity of the Republic of Kazakhstan with the international organizations and the states in the field of traffic and ensuring its safety;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) interacts with authorized body in development of samples of the state registration plates for motor vehicles belonging to diplomatic missions, consular offices of foreign states, representative offices of international organizations, other special products necessary for the admission of vehicles and their drivers to participate in international road traffic;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) provides assistance to the authorized body in ensuring road traffic safety among drivers of vehicles of diplomatic missions, consular offices of foreign states, and representative offices of international organizations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) organizes interaction of the authorized body with diplomatic missions, consular offices of foreign states, and representative offices of international organizations in the performance of state registration of certain types of motor vehicles and their trailers, in the conduct of driver examinations and issuance of driver’s licenses, as well as in the provision of relevant legal assistance;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) provides assistance in conducting mandatory technical inspections of motor vehicles and trailers for them of diplomatic missions, consular offices of foreign states, and representative offices of international organizations;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-       6) performs other powers provided by this Law, other laws of the Republic of Kazakhstan, acts of the President of the Republic of Kazakhstan and the Government of the Republic of Kazakhstan. </w:t>
-[...17 lines deleted...]
-       2. The functions specified in subparagraphs 2) – 6) point 1 of this article, are assigned by authorized body in the field of foreign policy activity to the subordinated organization for work with diplomatic corps.</w:t>
+      6) performs other powers provided by this Law, other laws of the Republic of Kazakhstan, acts of the President of the Republic of Kazakhstan and the Government of the Republic of Kazakhstan. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. The functions specified in subparagraphs 2) - 6) point 1 of these articles, are assigned by authorized body in the field of foreign policy activity to the subordinated organization for work with diplomatic corps.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Article 14 as amended by the Law of the Republic of Kazakhstan dated 30.06.2025 № 203-VIII (shall be enforced ten calendar days after the day of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Article 15. Competence of authorized body in the field of civil protection</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -5300,50 +5736,68 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) carry out state registration of motor vehicles and their trailers of the Armed Forces, other troops and military formations of the Republic of Kazakhstan, except for the Special Forces of the State Security Service of the Republic of Kazakhstan, together with the issuance of relevant documents and state registration plates;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      2-1) issue driving licenses to military personnel for the right to drive vehicles belonging to the Armed Forces of the Republic of Kazakhstan, other troops and military formations (hereinafter referred to as driving licenses for military personnel), with the exception of the Special Forces of the State Security Service of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       3) perform carrying out obligatory technical inspection of the mechanical transport vehicles and trailers to them registered in bodies of military police, in the order determined by the first heads of the central state bodies in the field of a homeland security, defense and internal affairs;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) in coordination with authorized body organize and provide maintenance of columns of vehicles of bodies of a homeland security, Armed Forces, other troops and military formations of the Republic of Kazakhstan and perform regulation of traffic on roads and streets during passing of these columns;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -5382,100 +5836,100 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 16 with the changes made by laws of the Republic of Kazakhstan dated 29.09.2014 № 239-V (shall be enforced after ten calendar days after day of its first official publication); of 13.06.2017 № 69-VI (shall be enforced after ten calendar days after day of its first official publication); № 291-VІ as of 27.12.2019 (shall be enforced ten calendar days after its first official publication).</w:t>
+        <w:t>      Footnote. Article 16 with the changes made by laws of the Republic of Kazakhstan dated 29.09.2014 № 239-V (shall be enforced after ten calendar days after day of its first official publication); of 13.06.2017 № 69-VI (shall be enforced after ten calendar days after day of its first official publication); № 291-VІ as of 27.12.2019 (shall be enforced ten calendar days after its first official publication); dated 16.07.2025 № 211-VIII (shall be enforced sixty calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Article 16-1. Competence of the bodies performing operational search activity</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       The bodies performing operational search activity are developed and approve service regulations of vehicles of the bodies performing operational search activity.</w:t>
+      The bodies performing operational search activity are developed and approve service regulations of vehicles of the bodies performing operational search activity.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -5563,50 +6017,158 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) consider reports of heads regional, the cities of republican value, the capital and district (the cities of regional value) executive bodies concerning road traffic safety;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) perform according to the legislation of the Republic of Kazakhstan other powers on providing the rights and legitimate interests of natural persons.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1. Local representative bodies of the cities of Astana and Almaty shall:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) approve traffic regulations in the cities of Astana and Almaty in areas not covered by traffic regulations, including:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      rules for stopping or parking vehicles, including the organization and operation of parking spaces;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      delivery (evacuation) of vehicles detained in accordance with the Code of the Republic of Kazakhstan on Administrative Offenses to special sites and parking lots, their temporary storage, payment of the cost of delivery (evacuation) and storage, return of vehicles;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      installation of protective structures and regulatory elements (barriers and other fences) in the cities of Astana and Almaty;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) determines the amount of fees for the delivery (evacuation) of vehicles and their temporary storage at special sites and parking lots that are municipally owned.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Regional, the cities of republican value, the capital and district (the cities of regional value) executive bodies within the competence and the region:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5824,111 +6386,165 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      10) it is excluded by the Law of the Republic of Kazakhstan dated 29.03.2016 № 479-V (shall be enforced after twenty one calendar days after day of its first official publication);</w:t>
+        <w:t>      10) it is excluded by the Law of the Republic of Kazakhstan dated 29.03.2016 № 479-V (shall be enforced after twenty-one calendar days after day of its first official publication);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) perform other powers assigned to local executive bodies by the legislation of the Republic of Kazakhstan for the benefit of local public administration.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. The local executive body of the city of republican significance and the capital shall:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) develop and approve rules for the organization of paid parking lots (car parks);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) organize paid parking lots (car parks).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 17 with the change made by the Law of the Republic of Kazakhstan dated 29.03.2016 № 479-V (shall be enforced after twenty one calendar days after day of his first official publication).</w:t>
+        <w:t>      Footnote. Article 17 with the change made by the Law of the Republic of Kazakhstan dated 29.03.2016 № 479-V (shall be enforced after twenty-one calendar days after day of his first official publication); dated 17.07.2025 № 213-VIII (shall be enforced ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -7073,169 +7689,169 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Officials carrying out state control and supervision include:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) the Chief state Inspector of the Republic of Kazakhstan on safety of road traffic – the head of the Office of the authorized body;</w:t>
-[...89 lines deleted...]
-      6) State inspectors of oblasts, cities of Republican significance, capital, cities of regional significance, areas for road traffic safety – specialists in state control of territorial units of the authorized body.</w:t>
+      1) Chief State Inspector of the Republic of Kazakhstan for Road Safety - Head of the Structural Unit for Road Safety of the Ministry of Internal Affairs of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Deputy Chief State Inspector of the Republic of Kazakhstan for Road Safety - Deputy Head of the Structural Unit for Road Safety of the Ministry of Internal Affairs of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) state inspectors of the Republic of Kazakhstan for ensuring road safety - employees of state control of the structural division for ensuring road safety of the Ministry of Internal Affairs of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) chief state inspectors of regions, cities of republican significance, the capital for ensuring road safety - heads of territorial divisions of the Ministry of Internal Affairs of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) deputy chief state inspectors of regions, cities of republican significance, the capital for ensuring road safety - deputy heads of territorial divisions of the Ministry of Internal Affairs of the Republic of Kazakhstan; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) state inspectors of regions, cities of republican significance, the capital, cities of regional significance, districts for ensuring road safety - employees of state control of territorial divisions of the Ministry of Internal Affairs of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 22 as amended by the Law of the Republic of Kazakhstan dated 06.04.2024 № 71-VIII (shall be enforced upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 22 as amended by the Law of the Republic of Kazakhstan dated 06.04.2024 № 71-VIII (shall be enforced upon expiry of sixty calendar days after the date of its first official publication); dated 30.06.2025 № 203-VIII (shall be enforced ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -8202,51 +8818,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. In order to ensure the safety of movement of special-purpose vehicles, the State Security Service of the Republic of Kazakhstan in the cities of Astana and Almaty, and the national security bodies - in other administrative-territorial units, have the right to determine the speed and routes of their movement on highways or separate sections of roads (special routes) and impose restrictions on movement, stopping and parking of vehicles, temporarily change the direction of traffic.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      When holding security actions production of all types of repair, construction, installation and other work on special routes and territories and water areas adjoining to them is carried out in coordination with Service of the state protection of the Republic of Kazakhstan. During security actions all types of repair, construction, installation and other work on special routes can be suspended.</w:t>
+      When holding security actions production of all types of repairs, construction, installation and other work on special routes and territories and water areas adjoining to them is carried out in coordination with Service of the state protection of the Republic of Kazakhstan. During security actions all types of repairs, construction, installation and other work on special routes can be suspended.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -9362,51 +9978,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) delivery and exchange of the driver's license and also at its return after withdrawal;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) it is excluded by the Law of the Republic of Kazakhstan dated 29.03.2016 № 479-V (shall be enforced after twenty one calendar days after day of its first official publication);</w:t>
+      2) it is excluded by the Law of the Republic of Kazakhstan dated 29.03.2016 № 479-V (shall be enforced after twenty-one calendar days after day of its first official publication);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) employment of drivers of mechanical vehicles and in the period of a labor relationship with them.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -9534,51 +10150,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 29 with the change made by the Law of the Republic of Kazakhstan dated 29.03.2016 № 479-V (shall be enforced after twenty one calendar days after day of its first official publication); dated 07.07.2020 № 361-VI (shall be enforced upon expiration of ten calendar days after the day of its first official publication); dated 03.10.2024 № 130-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 29 with the change made by the Law of the Republic of Kazakhstan dated 29.03.2016 № 479-V (shall be enforced after twenty-one calendar days after day of its first official publication); dated 07.07.2020 № 361-VI (shall be enforced upon expiration of ten calendar days after the day of its first official publication); dated 03.10.2024 № 130-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -9888,51 +10504,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) forms information on a road and transport situation;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) promptly provides information to the relevant authorized bodies in the event of criminal and emergency situations and on violations of the legislation of the Republic of Kazakhstan on road traffic and road transport;.</w:t>
+      6) promptly provides information to the relevant authorized bodies in the event of criminal and emergency situations and on violations of the legislation of the Republic of Kazakhstan on road traffic and road transport;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Authorized body in the field of transport and communications:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -11523,51 +12139,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) performance of works not related to the construction, reconstruction, overhaul, repair and maintenance of roads, as well as the placement of road service facilities, road service, outdoor (visual) advertising, police posts, sanitary and epidemiological control, customs, border, transport control, veterinary and phytosanitary control posts, construction of power supply networks under the carriageway, for which there is no need to change or restrict the movement of vehicles and pedestrians;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) placement of the buildings, structures, constructions and other objects which aren't intended for service of the road, its construction, reconstruction, capital repairs, repair and contents and not relating to objects of road service, road service, outdoor (visual) advertizing, to posts of police, sanitary and epidemiologic control, customs, border, transport control, veterinary and phytosanitary control posts;</w:t>
+      2) placement of the buildings, structures, constructions and other objects which aren't intended for service of the road, its construction, reconstruction, capital repairs, repair and contents and not relating to objects of road service, road service, outdoor (visual) advertising, to posts of police, sanitary and epidemiologic control, customs, border, transport control, veterinary and phytosanitary control posts;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) plowing of the land plots, a grass mowing, implementation of cabins and damage of forest plantings and other long-term plantings, removal of the turf and dredging, except for works on the maintenance of a line of withdrawal of the road or repair at the road.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -11868,51 +12484,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 39 with the changes made by laws RK of 07.11.2014 № 248-V (shall be enforcedafter ten calendar days after day of its first official publication); of 03.07.2017 № 83-VI (shall be enforced after ten calendar days after day of its first official publication); dated 03.10.2024 № 130-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 39 with the changes made by laws RK of 07.11.2014 № 248-V (shall be enforced after ten calendar days after day of its first official publication); of 03.07.2017 № 83-VI (shall be enforced after ten calendar days after day of its first official publication); dated 03.10.2024 № 130-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -12079,51 +12695,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) a construction of the safe, convenient, connected among themselves pedestrian ways with their artificial lighting;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) at a design stage and construction of roads division of the movement of pedestrian and road traffic flows by antiemergency dividing barriers and protections.</w:t>
+      3) at a design stage and construction of roads division of the movement of pedestrian and road traffic flows by anti-emergency dividing barriers and protections.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Article 41. Ensuring needs of users of roads within planning of settlements</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -18481,52 +19097,52 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Article 57. The rights and obligations of drivers of electric scooters, bicycles, small electric vehicles, and drovers leading cattle, herds, pack, harness, or riding animals along the road </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Footnote. The title of the article as amended by the Law of the Republic of Kazakhstan dated 03.10.2024 № 130-VIII (effective six months after the date of its first official publication). </w:t>
+        <w:t>
+      Footnote. The title of the article as amended by the Law of the Republic of Kazakhstan dated 03.10.2024 № 130-VIII (effective six months after the date of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Drivers of electric scooters, bicycles, small electric vehicles, and drovers leading cattle, herds, pack, harness, or riding animals along the road have the right to move along the roads in accordance with traffic regulations. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -19282,51 +19898,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Drivers with a musculoskeletal disorder, driving vehicles with identification signs "A person with a disability", have the right:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) stop and put a vehicle in settlements in the area of traffic signs prohibiting stopping or parking, provided that the standing vehicle shall completely located on the sidewalk so that for pedestrians road traffic there shall be a free strip with a width not less than one and a half meters. This rule shall not apply to sections of the road indicated by a road marking that prohibited stopping;</w:t>
+      1) stop and put a vehicle in settlements in the area of traffic signs prohibiting stopping or parking, provided that the standing vehicle shall completely located on the sidewalk so that for pedestrian’s road traffic there shall be a free strip with a width not less than one and a half meters. This rule shall not apply to sections of the road indicated by a road marking that prohibited stopping;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) put a vehicle in the area of road traffic signs that prohibit parking, in parking places with limited time beyond the stipulated time and on roads in the yard outside the parking places, provided that this shall not interfere for pedestrians and shall not deprive other vehicles of the possibility of road traffic.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -19555,79 +20171,79 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) issuance of driving licenses;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) is excluded by the Law of the Republic of Kazakhstan dated 29.12.2014 № 269-V (shall be enforced from 01.01.2015).</w:t>
+      2) is excluded by the Law of the Republic of Kazakhstan dated 29.12.2014 № 269-V (shall be enforced from 01.01.2015).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 60 as amended by Laws of the Republic of Kazakhstan dated 29.12.2014 № 269-V (shall be enforced from 01.01.2015).</w:t>
+        <w:t>      Footnote. Article 60 as amended by Laws of the Republic of Kazakhstan dated 29.12.2014 № 269-V (shall be enforced from 01.01.2015).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -20734,51 +21350,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      2) is excluded by Law № 249-VI  of the Republic of Kazakhstan as of 19.04.2019 (shall be enforced ten calendar days after its first official publication).</w:t>
+        <w:t>      2) is excluded by Law № 249-VI of the Republic of Kazakhstan as of 19.04.2019 (shall be enforced ten calendar days after its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -21183,118 +21799,118 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 68 as amended by Laws of the Republic of Kazakhstan dated 02.08.2015 № 343-V (shall be enforced upon expiry of six months after its first official publication); dated 13.05.2020 № 325-VІ (shall be enforced six months after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Article 68 as amended by Laws of the Republic of Kazakhstan dated 02.08.2015 № 343-V (shall be enforced upon expiry of six months after its first official publication); dated 13.05.2020 № 325-VІ (shall be enforced six months after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Article 69. Termination of state registration of a vehicle</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. The state registration of a vehicle shall terminated on the application of the owner on grounds of loss, alienation of the vehicle to another person, as well as its removal from the registration records before disposal or exportation for permanent stay beyond the Republic of Kazakhstan or in accordance with other circumstances.</w:t>
-[...17 lines deleted...]
-      2. The state registration of a vehicle shall terminated upon detection of grounds for refusing to register a vehicle as provided by subparagraphs 4), 5) and 6) of paragraph 2 of Article 67 of this Law.</w:t>
+      1. The state registration of a vehicle shall terminate on the application of the owner on grounds of loss, alienation of the vehicle to another person, as well as its removal from the registration records before disposal or exportation for permanent stay beyond the Republic of Kazakhstan or in accordance with other circumstances.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. The state registration of a vehicle shall terminate upon detection of grounds for refusing to register a vehicle as provided by subparagraphs 4), 5) and 6) of paragraph 2 of Article 67 of this Law.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Article 70. Document on state registration of vehicles, state registration number plate</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -21356,51 +21972,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Assignment of the state registration number plate and its production shall be carried out in the manner established by the authorized body.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Article 70-1. State monopoly in the field of issue of certificates on state registration of motor vehicles, driving licences and state registration number plates</w:t>
+        <w:t>Article 70-1. State monopoly in the field of issue of certificates on state registration of motor vehicles, driving licenses and state registration number plates</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Activities on issuance of documents indicated in Article 70 and paragraph 7 of Article 73 hereof, accumulation and maintenance of the integrated data bank of the document production system, automation of work on accounting processes, development, implementation and maintenance of software and hardware products for internal affairs bodies shall belong to the state monopoly and shall be implemented by the republican state enterprise on the right of economic management, established by the decision of the Government of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -22412,87 +23028,107 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) subcategory "С1Е" - motorcars of the sub-category "С1" coupled to a trailer gross laden weight of which shall be more seven hundred and fifty kilograms, but shall be no more than the mass of the motorcar without load, and the total gross laden weight of such combination of vehicle shall be no more than twelve thousand kilograms;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15) subcategory "D1E" - motorcars of the subcategory "D1" coupled to a trailer not intended for the carriage of passengers gross laden weight of which shall be more than seven hundred and fifty kilograms but shall be no more than the mass of the motorcar without load and the total gross laden weight of such motorcar shall be no more than twelve thousand kilograms.</w:t>
+      15) subcategory "D1E" - motorcars of the subcategory "D1" coupled to a trailer not intended for the carriage of passenger’s gross laden weight of which shall be more than seven hundred and fifty kilograms but shall be no more than the mass of the motorcar without load and the total gross laden weight of such motorcar shall be no more than twelve thousand kilograms.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Persons who comply with the requirements set forth in the second part of paragraph 5 of Article 57 hereof shall be permitted to drive electric scooters on the right edge of the carriageway, including the lane for route vehicles.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2. The right to drive vehicles shall be granted to persons who passed exams, subject to the conditions listed in Article 74 of this Law.</w:t>
+        <w:t xml:space="preserve">
+      2. The right to drive vehicles shall be granted to persons who passed exams, subject to the conditions listed in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Articles 74</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or 74-1 of this Law.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Exams shall be accepted on vehicles with a mechanical or automatic transmission.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -22538,51 +23174,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The composition of the technical means of control intended for exams, the requirements for them, as well as the conditions for their application shall established by the authorized body.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Is excluded by the Law of the Republic of Kazakhstan dated 29.03.2016 № 479-V (shall be enforced upon expiry of twenty one calendar days after its first official publication).</w:t>
+      4. Is excluded by the Law of the Republic of Kazakhstan dated 29.03.2016 № 479-V (shall be enforced upon expiry of twenty-one calendar days after its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. The right to drive vehicles shall be evidenced by a driving licence, and in cases stipulated by the laws of the Republic of Kazakhstan - by a temporary licence issued in lieu of a driving licence for the right to drive a vehicle.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -22736,51 +23372,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Persons permanently or temporarily living and temporarily staying on the territory of the Republic of Kazakhstan shall allowed to drive vehicles on the basis of national driving licenses, and in the absence of those on the basis of valid international or foreign national driving licenses, subject to the conditions and restrictions listed in paragraphs 14, 15, 16, 17, 18 and 19 of this article.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Shall not permitted to drive vehicles on the basis of international or foreign driving license upon carrying out entrepreneurial or other business activities related to the execution of works for the direct driving of vehicles, except for citizens of the states members of the Eurasian Economic Union.</w:t>
+      14. Shall not permitted to drive vehicles on the basis of international or foreign driving license upon carrying out entrepreneurial or other business activities related to the execution of works for the direct driving of vehicles, except for citizens of the state’s members of the Eurasian Economic Union.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. The international driving license issued in a foreign country shall be recognized as valid provided that it shall be presented together with appropriate national driving license.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -22790,69 +23426,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. A foreign driving license unconformable to the requirements of international treaties of the Republic of Kazakhstan shall be recognized invalid.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17. Foreign and international driving licenses shall recognized as valid to drive vehicles on the territory of the Republic of Kazakhstan upon the achievement by their owners of the age specified in Article 74 of this Law for the appropriate categories and subcategories of vehicles.</w:t>
-[...17 lines deleted...]
-      18. Provisions provided by paragraphs 14 and 17 of this article shall not apply in cases of participation of a vehicle in international traffic.</w:t>
+      17. Foreign and international driving licenses shall be recognized as valid to drive vehicles on the territory of the Republic of Kazakhstan upon the achievement by their owners of the age specified in Article 74 of this Law for the appropriate categories and subcategories of vehicles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Provisions provided by paragraphs 14 and 17 of these articles shall not apply in cases of participation of a vehicle in international traffic.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Foreign and international driving licenses shall be recognized as invalid to drive vehicles on the territory of the Republic of Kazakhstan upon expiry of sixty days from the date of their receipt by the owner who is a foreign citizen or stateless person, has a residence permit, or upon expiry of sixty days from the date of entry into the Republic of Kazakhstan of their owner, who is a citizen of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -22926,51 +23562,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 73 as amended by Laws of the Republic of Kazakhstan dated 29.03.2016 № 479-V (shall be enforced upon expiry of twenty one calendar days after its first official publication); dated 03.07.2017 № 83-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 05.10.2018 № 184-IV (shall be enforced upon expiry of six months after its first official publication); № 12-VIII of 29.06.2023 (shall enter into force sixty calendar days after the date of its first official publication); dated 03.10.2024 № 130-VIII (effective six months after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 73 as amended by Laws of the Republic of Kazakhstan dated 29.03.2016 № 479-V (shall be enforced upon expiry of twenty one calendar days after its first official publication); dated 03.07.2017 № 83-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 05.10.2018 № 184-IV (shall be enforced upon expiry of six months after its first official publication); № 12-VIII of 29.06.2023 (shall enter into force sixty calendar days after the date of its first official publication); dated 03.10.2024 № 130-VIII (effective six months after the date of its first official publication); dated 16.07.2025 № 211-VIII (shall be enforced sixty calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -23227,127 +23863,282 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       National driving licenses for specified persons shall be issued upon reaching the age of eighteen years.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Servicemen after appropriate training shall allowed passing exams for procurement the right to drive vehicles of category "D" and subcategory "D 1" after reaching the age of eighteen years.</w:t>
-[...17 lines deleted...]
-      Before reaching the age of twenty-one years, the national driving licenses issued to them following the results passing exams confirm the right to drive vehicles of category "D" and subcategory "D1" related only to the Armed Forces of the Republic of Kazakhstan, other troops and military formations.</w:t>
+      Until such persons reach the age of twenty-one, the national driver’s licenses issued to them shall confirm the right to operate vehicles of category “C” belonging solely to the Armed Forces of the Republic of Kazakhstan, other troops and military formations, and only for the duration of their military service.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 74 as amended by Laws of the Republic of Kazakhstan dated 13.06.2017 № 69-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 03.07.2017 № 83-VI (shall be enforced upon expiry of ten calendar days after its first official publication); № 249-VI as of 19.04.2019 (shall be enforced ten calendar days after its first official publication); dated 18.07.2024 № 126-VIII (shall enter into force upon expiry of sixty calendar days after its first official publication); dated 03.10.2024 № 130-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      4. Excluded by the Law of the Republic of Kazakhstan dated 16.07.2025 № 211-VIII (shall be enforced sixty calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Article 74 as amended by Laws of the Republic of Kazakhstan dated 13.06.2017 № 69-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 03.07.2017 № 83-VI (shall be enforced upon expiry of ten calendar days after its first official publication); № 249-VI as of 19.04.2019 (shall be enforced ten calendar days after its first official publication); dated 18.07.2024 № 126-VIII (shall enter into force upon expiry of sixty calendar days after its first official publication); dated 03.10.2024 № 130-VIII (effective sixty calendar days after the date of its first official publication); dated 16.07.2025 № 211-VIII (shall be enforced sixty calendar days after the day of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>Article 74-1. Special conditions for obtaining the right to drive vehicles belonging to the Armed Forces of the Republic of Kazakhstan, other troops, and military formations</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. The right to operate vehicles belonging to the Armed Forces of the Republic of Kazakhstan, other troops and military formations shall be confirmed by the possession of a national driving license or a military service member’s driving license.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. The training of military personnel in operating vehicles, the conduct of examinations and the issuance of military driving licenses, as well as the requirements regarding age, work experience and driving experience for military personnel, shall be determined by the Rules on the training of military personnel in operating vehicles, the conduct of examinations and the issuance of military driving licenses for the right to operate vehicles belonging to the Armed Forces of the Republic of Kazakhstan, other troops and military formations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. A military driving license shall be deemed valid for the period of the holder’s military service.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Taking into account the specific features of vehicles belonging to the Armed Forces of the Republic of Kazakhstan, other troops and military formations, additional categories of vehicles may be introduced in accordance with the Rules on the training of military personnel in operating vehicles, the conduct of examinations and the issuance of military driving licenses for the right to operate vehicles belonging to the Armed Forces of the Republic of Kazakhstan, other troops and military formations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Persons who have attained the age established by paragraph 2 of Article 74 of this Law and who possess a medical certificate confirming the absence of contraindications to operating vehicles, upon holding a military driving license, shall be admitted to take the examination for the right to operate vehicles of the relevant category without undergoing training in driver training organizations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Chapter 11 was supplemented with Article 74-1 in accordance with the Law of the Republic of Kazakhstan dated 16.07.2025 № 211-VIII (shall be enforced sixty calendar days after the day of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article 75. Termination of the right to drive vehicles </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. The grounds for termination of the right to drive vehicles shall be:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -23684,51 +24475,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Article 77. Requirements for educational organizations on training the drivers of vehicles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. The educational organization on training the drivers of vehicles shall created by individual entrepreneurs and legal entities and starts its activities from the date of submission the notification of the commencement of activities to the authorized body in accordance with the Law of the Republic of Kazakhstan "On Permits and Notifications".</w:t>
+      1. The educational organization on training the drivers of vehicles shall create by individual entrepreneurs and legal entities and starts its activities from the date of submission the notification of the commencement of activities to the authorized body in accordance with the Law of the Republic of Kazakhstan "On Permits and Notifications".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Upon sending a notification to the authorized body on the start of activity by the training organization on training the drivers of vehicles, the following documents shall be presented:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -23977,51 +24768,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Article 78. Grounds for refusing to include and exclude from the register of educational organizations on training the drivers of vehicles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Footnote. Article 78 is excluded by Laws of the Republic of Kazakhstan dated 29.03.2016 № 479-V (shall be enforced upon expiry of twenty one calendar days after its first official publication).</w:t>
+      Footnote. Article 78 is excluded by Laws of the Republic of Kazakhstan dated 29.03.2016 № 479-V (shall be enforced upon expiry of twenty-one calendar days after its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Article 79. Professional associations on training the drivers of vehicles</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -24030,97 +24821,97 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Educational organizations on training the drivers of vehicles for the purpose of coordinating their entrepreneur activities, as well as representing and protecting common interests, can create professional associations on training the drivers of vehicles.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Professional associations on training the drivers of vehicles are non commercial organizations that unite educational organizations and acting on the basis of the charter adopted at the joint meeting of their members.</w:t>
+      2. Professional associations on training the drivers of vehicles are non-commercial organizations that unite educational organizations and acting on the basis of the charter adopted at the joint meeting of their members.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Creation, management, functioning and termination of activity of professional associations on training the drivers of vehicles shall carried out in accordance with the civil legislation of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 79 is in the wording of the Law of the Republic of Kazakhstan dated 29.03.2016 № 479-V (shall be enforced upon expiry of twenty one calendar days after its first official publication).</w:t>
+        <w:t>      Footnote. Article 79 is in the wording of the Law of the Republic of Kazakhstan dated 29.03.2016 № 479-V (shall be enforced upon expiry of twenty-one calendar days after its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -24411,100 +25202,100 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 80 is in the wording of the Law of the Republic of Kazakhstan dated 29.03.2016 № 479-V (shall be enforced upon expiry of twenty one calendar days after its first official publication); as amended by Laws of the Republic of Kazakhstan dated 03.07.2017 № 83-VI (shall be enforced upon expiry of ten calendar days after its first official publication).</w:t>
+        <w:t>      Footnote. Article 80 is in the wording of the Law of the Republic of Kazakhstan dated 29.03.2016 № 479-V (shall be enforced upon expiry of twenty-one calendar days after its first official publication); as amended by Laws of the Republic of Kazakhstan dated 03.07.2017 № 83-VI (shall be enforced upon expiry of ten calendar days after its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Article 81. Disqualification of Certificate on accreditation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Footnote. Article 81 is excluded by Laws of the Republic of Kazakhstan dated 29.03.2016 № 479-V (shall be enforced upon expiry of twenty one calendar days after its first official publication).</w:t>
+      Footnote. Article 81 is excluded by Laws of the Republic of Kazakhstan dated 29.03.2016 № 479-V (shall be enforced upon expiry of twenty-one calendar days after its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Article 82. Certification of candidates for assignment of qualifications “teacher”, “master of production training”, “master of driving instruction during the educational process”</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -24644,51 +25435,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Article 83. Qualification commissions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. The Qualification Commission shall created by a professional association on training the drivers of vehicles in accordance with the Rules approved by the authorized body.</w:t>
+      1. The Qualification Commission shall create by a professional association on training the drivers of vehicles in accordance with the Rules approved by the authorized body.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -24722,51 +25513,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Financing of work of the qualification commission shall be carried out by a professional association at the expense of its own funds and other sources not prohibited by the legislation of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. The composition of the qualification commissions includes by ones representative from the authorized body.</w:t>
+      4. The composition of the qualification commissions includes by one’s representative from the authorized body.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. The Qualification Commission shall elaborate and adopt a programme for the certification of teacher candidates, master teachers and master driver trainers during the educational process in line with the professional standard, as well as conduct their certification.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -24804,51 +25595,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 83 is in the wording of the Law of the Republic of Kazakhstan dated 29.03.2016 № 479-V (shall be enforced upon expiry of twenty one calendar days after its first official publication); as amended by Laws of the Republic of Kazakhstan dated 03.07.2017 № 83-VI (shall be enforced upon expiry of ten calendar days after its first official publication); № 15-VIII of 04.07.2023 (shall become effective sixty calendar days from the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 83 is in the wording of the Law of the Republic of Kazakhstan dated 29.03.2016 № 479-V (shall be enforced upon expiry of twenty-one calendar days after its first official publication); as amended by Laws of the Republic of Kazakhstan dated 03.07.2017 № 83-VI (shall be enforced upon expiry of ten calendar days after its first official publication); № 15-VIII of 04.07.2023 (shall become effective sixty calendar days from the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -25024,51 +25815,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 85 is in the wording of the Law of the Republic of Kazakhstan dated 29.03.2016 № 479-V (shall be enforced upon expiry of twenty one calendar days after its first official publication).</w:t>
+        <w:t>      Footnote. Article 85 is in the wording of the Law of the Republic of Kazakhstan dated 29.03.2016 № 479-V (shall be enforced upon expiry of twenty-one calendar days after its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -25263,51 +26054,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 86 as amended by Laws of the Republic of Kazakhstan dated 29.03.2016 № 479-V (shall be enforced upon expiry of twenty one calendar days after its first official publication).</w:t>
+        <w:t>      Footnote. Article 86 as amended by Laws of the Republic of Kazakhstan dated 29.03.2016 № 479-V (shall be enforced upon expiry of twenty-one calendar days after its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -25528,79 +26319,79 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) provide information on its activities to the authorized body in accordance with the procedure established by the legislation of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) is excluded by the Law of the Republic of Kazakhstan dated 29.03.2016 № 479-V (shall be enforced upon expiry of twenty one calendar days after its first official publication).</w:t>
+      9) is excluded by the Law of the Republic of Kazakhstan dated 29.03.2016 № 479-V (shall be enforced upon expiry of twenty-one calendar days after its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 87 as amended by Laws of the Republic of Kazakhstan dated 29.03.2016 № 479-V (shall be enforced upon expiry of twenty one calendar days after its first official publication).</w:t>
+        <w:t>      Footnote. Article 87 as amended by Laws of the Republic of Kazakhstan dated 29.03.2016 № 479-V (shall be enforced upon expiry of twenty-one calendar days after its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -26095,87 +26886,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6-1. The procedure for the functioning of the unified information system for mandatory technical inspection of motor vehicles and their trailers is determined by the rules for organizing and conducting a mandatory technical inspection of motor vehicles and their trailers, the frequency of mandatory technical inspection of motor vehicles and their trailers, except for motor vehicles and their trailers of the Armed Forces, other troops and military formations.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. If, following the results of compulsory technical inspection of a vehicle, no faults and conditions shall revealed under which the vehicle and trailers shall not allowed to operate, a compulsory technical inspection shall be recognized as passed.</w:t>
+      7. If, following the results of compulsory technical inspection of a vehicle, no faults and conditions shall reveal under which the vehicle and trailers shall not allowed to operate, a compulsory technical inspection shall be recognized as passed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       In this case, owner of a vehicle shall be issued a diagnostic map of the technical inspection, indicating the period of the next compulsory technical inspection in accordance with the established periodicity of passing the compulsory technical inspection.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. If, following the results of the compulsory technical inspection, faults and conditions are revealed upon which the operation of the vehicle and trailers shall prohibited, a compulsory technical inspection shall recognized as not passed.</w:t>
+      8. If, following the results of the compulsory technical inspection, faults and conditions are revealed upon which the operation of the vehicle and trailers shall prohibited, a compulsory technical inspection shall be recognized as not passed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       In this case, the vehicle owner shall be issued a diagnostic inspection card with fault indication.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -26257,51 +27048,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. The owner of a motor vehicle and trailers to it independently determines the place of fulfillment and the executor of work to eliminate the identified faults and conditions under which the operation of a motor vehicle and trailers to it shall be prohibited.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. If, during the compulsory technical inspection, the technical inspection operator shall not detect technical faults of the motor vehicle or if such faults shall detected, but the details on them was not entered in the diagnostic map of the technical inspection, the technical inspection operator shall be obliged to compensate in full the harm caused to life, health or property of the owner of the motor vehicle or third parties due to such faults.</w:t>
+      11. If, during the compulsory technical inspection, the technical inspection operator shall not detect technical faults of the motor vehicle or if such faults shall detect, but the details on them was not entered in the diagnostic map of the technical inspection, the technical inspection operator shall be obliged to compensate in full the harm caused to life, health or property of the owner of the motor vehicle or third parties due to such faults.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. The reason for the operator's refusal to carry out a technical inspection shall be:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -26705,51 +27496,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Article 90. International certificate of technical inspection</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Footnote. Article 90 is excluded by the Law of the Republic of Kazakhstan dated 29.03.2016 № 479-V (shall be enforced upon expiry of twenty one calendar days after its first official publication).</w:t>
+      Footnote. Article 90 is excluded by the Law of the Republic of Kazakhstan dated 29.03.2016 № 479-V (shall be enforced upon expiry of twenty-one calendar days after its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Article 91. Rights and duties of technical inspection operators</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -27466,55 +28257,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>