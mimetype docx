--- v0 (2025-10-01)
+++ v1 (2025-11-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5ef5be4" w14:textId="5ef5be4">
+    <w:p w14:paraId="91e916d" w14:textId="91e916d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1787,51 +1787,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Article 8-1. Public service</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Owners and (or) operators, third parties in the case of interaction with the information objects of the public authorities and (or) public legal entities containing personal data, shall ensure the integration of their own information objects involved in the personal data collection and processing processes with the public service, unless it is envisaged by sub-paragraphs 1), 2), 9) and 9-2) of Article 9 of this Law.</w:t>
+      1. In the case of interaction with objects of informatization of public authorities and (or) state legal entities containing personal data, owners and (or) operators, third parties shall ensure the integration of their own objects of informatization involved in the processes of collecting and processing personal data with the public service, apart from the cases mentioned in sub-paragraphs 1), 2), 2-1), 9) and 9-2) Articles 9 hereof.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Integration shall be performed with the observance of the legislation of the Republic of Kazakhstan on the disclosure of information classified as state secrets, personal, family, banking, commercial secrets, medical employee secrets and other secrets protected by law, as well as other confidential information.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1977,51 +1977,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Chapter 2 as supplemented by Article 8-1 pursuant to Law of the RK № 96-VII of 30.12.2021 (shall be enacted upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Chapter 2 as supplemented by Article 8-1 pursuant to Law of the RK № 96-VII of 30.12.2021 (shall be enacted upon expiry of sixty calendar days after the date of its first official publication); as amended by Law of the Republic of Kazakhstan № 211-VIII of 16.07.2025 (shall come into force upon expiry of sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -2210,50 +2210,68 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) conducting the activities of law enforcement agencies, courts and other authorized public authorities that bring and hear cases of administrative offences, and enforcement proceedings;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) carrying out of the state statistical activity;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1) implementation of military registration under the laws of the Republic of Kazakhstan on military service and the status of military personnel;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) use of personal data by the state bodies for the statistical purposes with compulsory condition of their depersonalization; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2471,51 +2489,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 9 as amended by Laws of the Republic of Kazakhstan № 359-VI of 03.07.2020 (shall be enacted upon expiration of ten calendar days after its first official publication); № 399-VI of 02.01.2021 (see Art. 2 for the enactment procedure); № 96-VII of 30.12.2021 (shall come into force sixty calendar days after the date of its first official publication); dated 30.12.2022 № 179-VII (shall enter into force upon expiry of sixty calendar days after its first official publication); dated 11.12.2023 № 44-VIII (shall enter into force upon expiry of sixty calendar days after its first official publication).</w:t>
+        <w:t>      Footnote. Article 9 as amended by Laws of the Republic of Kazakhstan № 359-VI of 03.07.2020 (shall be enacted upon expiration of ten calendar days after its first official publication); № 399-VI of 02.01.2021 (see Art. 2 for the enactment procedure); № 96-VII of 30.12.2021 (shall come into force sixty calendar days after the date of its first official publication); dated 30.12.2022 № 179-VII (shall enter into force upon expiry of sixty calendar days after its first official publication); dated 11.12.2023 № 44-VIII (shall enter into force upon expiry of sixty calendar days after its first official publication); № 211-VIII of 16.07.2025 (shall be enacted upon expiry of sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>