--- v0 (2025-10-05)
+++ v1 (2025-11-19)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9ec0d37" w14:textId="9ec0d37">
+    <w:p w14:paraId="77eb53b" w14:textId="77eb53b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2878,51 +2878,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-1) to appeal against their decisions and actions (inaction) to higher officials, as well as to the court in the procedure prescribed by the Laws of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) in agreement with the designated official, enrol in military or special educational institutions, undergo course training, professional training, retraining and advanced training, as well as to enrol in non-military specialities ( apart from conscripts, military officers and cadets) in educational institutions implementing technical and vocational, post-secondary, higher and postgraduate education programmes, pursuant to the order stipulated by the laws of the Republic of Kazakhstan;</w:t>
+      4) in agreement with the designated official, enrol in military or special educational institutions, undergo course training, professional training, retraining and advanced training, as well as to enrol in non-military specialities (apart from conscripts, military officers and cadets) in educational institutions implementing technical and vocational, post-secondary, higher and postgraduate education programmes, pursuant to the order stipulated by the laws of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) protection of health and conditions of service, answering requirements of the safety technique and hygiene;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4313,51 +4313,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) organize and participate in strikes, picketings and other protest actions;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) use his (her) official position with a mercenary motives, as well as by conspiracy with civil servants and other persons;</w:t>
+      7) use his (her) official position with a mercenary motive, as well as by conspiracy with civil servants and other persons;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) to hold the position which is in direct subordination of the position held by his close relatives (parents (parent), children, adoptive parents (adopters) adopted (adopted), full and half brothers and sisters, grandfathers, grandmothers, grandchildren), the spouse and (or) cousins-in-laws (full and half brothers and sisters, parents and children of the spouse and also to have in direct submission of close relatives, the spouse (spouse) and (or) cousins-in-laws;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5323,51 +5323,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Upon partial compensation of expenses for education at the expense of the Ministry of Defence, the conduct of instructional firings and ensuring of fuel and lubrication materials.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. On a non-repayable basis, the citizens able-bodied for military service on health condition, at the age from seventeen years and six months up to twenty six years, subject to call to compulsory military service after graduation or enrolled to mobilization reserve shall be engaged in training on military technical and other military specialties. Allotment to training of junior specialists shall be formed by the authorized body.</w:t>
+      2. On a non-repayable basis, the citizens able-bodied for military service on health condition, at the age from seventeen years and six months up to twenty-six years, subject to call to compulsory military service after graduation or enrolled to mobilization reserve shall be engaged in training on military technical and other military specialties. Allotment to training of junior specialists shall be formed by the authorized body.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. On a remuneration basis, they shall be engaged in training on military technical and other military specialties:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5377,51 +5377,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       draftees able-bodied to military service on health condition, for performing the military service under the contract;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      citizens at the age from twenty two and up to twenty seven years, able-bodied or partially able-bodied to military service on health condition, as well as those having an deferment from calling to military service, for study through the training programs of trained reserve.</w:t>
+      citizens at the age from twenty-two and up to twenty-seven years, able-bodied or partially able-bodied to military service on health condition, as well as those having an deferment from calling to military service, for study through the training programs of trained reserve.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Adjustment and direction of citizens for study through the training programs of trained reserve in specialized organizations of the Ministry of Defence shall be carried out by local bodies of military administration.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5477,123 +5477,123 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      7. excluded by the Law of the Republic of Kazakhstan dated 13.06.2017 № 69-VI(shall be enforced upon expiry of ten calendar days after the date of its first official publication);</w:t>
+        <w:t>      7. excluded by the Law of the Republic of Kazakhstan dated 13.06.2017 № 69-VI (shall be enforced upon expiry of ten calendar days after the date of its first official publication);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      8. excluded by the Law of the Republic of Kazakhstan dated 13.06.2017 № 69-VI(shall be enforced upon expiry of ten calendar days after the date of its first official publication);</w:t>
+        <w:t>      8. excluded by the Law of the Republic of Kazakhstan dated 13.06.2017 № 69-VI (shall be enforced upon expiry of ten calendar days after the date of its first official publication);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      9. excluded by the Law of the Republic of Kazakhstan dated 13.06.2017 № 69-VI(shall be enforced upon expiry of ten calendar days after the date of its first official publication);</w:t>
+        <w:t>      9. excluded by the Law of the Republic of Kazakhstan dated 13.06.2017 № 69-VI (shall be enforced upon expiry of ten calendar days after the date of its first official publication);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      10. excluded by the Law of the Republic of Kazakhstan dated 13.06.2017 № 69-VI(shall be enforced upon expiry of ten calendar days after the date of its first official publication);</w:t>
+        <w:t>      10. excluded by the Law of the Republic of Kazakhstan dated 13.06.2017 № 69-VI (shall be enforced upon expiry of ten calendar days after the date of its first official publication);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -6085,51 +6085,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) men – at the age from sixteen up to sixty yeas included;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) women not having children or having children over ten years, - at the age from eighteen up to forty five years included.</w:t>
+      2) women not having children or having children over ten years, - at the age from eighteen up to forty-five years included.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       eneral military training of citizens shall be carried out by local bodies of military administration at the place of work, education and residence of citizens.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -16838,87 +16838,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. They shall have the right to enroll in military and special educational institutions that implement educational programs of higher, technical and vocational education based on general secondary education:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) the citizens who were not passing military service, reached in a year of receipt of age of seventeen years, but are not more senior than twenty two years; </w:t>
+      1) the citizens who were not passing military service, reached in a year of receipt of age of seventeen years, but are not more senior than twenty-two years; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) the citizens who passed military service and the military personnel undergoing conscription military service before achievement by them in a year of receipt of age of twenty four years; </w:t>
+      2) the citizens who passed military service and the military personnel undergoing conscription military service before achievement by them in a year of receipt of age of twenty-four years; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) the military personnel passing military service under the contract before achievement of age of twenty five years by them. </w:t>
+      3) the military personnel passing military service under the contract before achievement of age of twenty-five years by them. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Civilians shall be enrolled to military and special educational institutions on a competitive basis under the Rules for Admission to Military and Special Educational Institutions that implement educational programs of the appropriate level, approved by the competent university.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -18560,111 +18560,109 @@
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      Article 40-3. The term of the contract for military service in the reserve and the procedure for its conclusion</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Article 40-3. The term of the contract for military service in the reserve and the procedure for its conclusion</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. The contract for military service in the reserve shall be concluded for three years.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. The procedure for selecting candidates and their admission to military service in the reserve shall be determined by the Rules for military service.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      Article 40-4. Taking classes or combat training sessions, mobilization training in crisis situations</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Article 40-4. Taking classes or combat training sessions, mobilization training in crisis situations</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Military reservists shall undergo combat training classes or training sessions, mobilization training in crisis situations, in the manner determined by the first head of the state body in which military service in the reserve is provided.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -19270,51 +19268,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) enlisted personnel - up to thirty-five years inclusive;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) for persons of officer personnel – until forty five years included.</w:t>
+      2) for persons of officer personnel – until forty-five years included.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Draftees attained the age of retirement of being in stock, or persons recognized ineligible for military service on health condition with exclusion from military registration shall be transferred in resignation.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -20538,51 +20536,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) lunch during combat training classes.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Military personnel, in the manner determined by the authorized body, shall have the right to travel at the expense of budgetary funds on rail, road, and inland water transport in the following cases:</w:t>
+      8. Military personnel, in accordance with the procedure determined by the authorized body, have the right to travel at the expense of budgetary funds on railway, automobile and inland waterway transport in the following cases:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) an appeal on military service, military cantonment; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -20844,69 +20842,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Military personnel and members of their families shall have the right to travel at the expense of budgetary funds by air transport in the manner determined by the head of the authorized body.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Military personnel, with the exception of cadets, conscripts and military reservists, when transferred to a new place of service in another locality, shall be paid money from budgetary funds for the transportation of their own property within the Republic of Kazakhstan in the amount of one monthly calculation index for every 20 kilometres of road in the manner determined by the head of the authorized body.</w:t>
-[...17 lines deleted...]
-      When transferring military personnel, with the exception of cadets and military personnel on conscription, to a new duty station in another area at a distance of more than 100 kilometers (including as part of a military unit (institution) or unit), they are paid a lifting allowance in the amount of two months of cash support for the military personnel himself and half of the monthly cash support for each family member:</w:t>
+      Military personnel, with the exception of cadets, cadets, conscripts and military reservists, when transferred to a new duty station in another area, are paid by the state for the transportation of their own property within the Republic of Kazakhstan in the amount of one monthly calculation index for every 20 kilometers of highway in accordance with the procedure determined by the head of the authorized body.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      When transferring military personnel, with the exception of cadets, cadets, conscripted military personnel and military reservists, to a new place of service in another area at a distance of more than 100 kilometers (including as part of a military unit (institution) or subdivision), they are paid a lifting allowance in the amount of two months' salary for the serviceman himself and half of the monthly salary. for each family member:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) spouse (spouse);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -21105,51 +21103,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Article 46. Leaves for military servants</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. The contract serviceman is annually granted with main leave with payment of a grant for improvement at a rate of two official salaries which duration is established depending on a length of service in calendar calculation:</w:t>
+      1. Military personnel undergoing military service under a contract are granted annual basic leave with the payment of a health benefit in the amount of two official salaries, the duration of which is set depending on the length of service in calendar terms:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) less than ten years – 30 days;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -21231,87 +21229,123 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Duration of annual main leave is estimated in calendar days without the holidays falling on days of a holiday irrespective of a daily routine and the regulations of working hours.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      When providing annual basic leave to contract servicemen (military interns, military resident doctors, Master's degree students, Doctoral students, adjuncts) with the provision of summer vacation leave, a health benefit shall be paid in the amount of two official salaries.</w:t>
+      With the provision of annual basic leave to military personnel undergoing military service under a contract (military interns, military resident doctors, undergraduates, doctoral students, adjuncts) with the provision of summer vacation leave, a recovery allowance in the amount of two official salaries is paid.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The total of summer and winter vacation leave for military interns, military resident doctors, Master's degree students, Doctoral students, adjuncts shall be equal to annual basic leave.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      In case of dismissal of the contract serviceman from military service for negative motives he or she is obliged to compensate the stipend sum for improvement in proportion to not served time.</w:t>
+      In case of dismissal of a military serviceman undergoing military service under a contract from military service for negative reasons, he is obliged to reimburse the amount of health benefits in proportion to the time under-served.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1. Military reservists are granted annual leave at their place of work.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Annual work leave should not coincide with the period of classes or training camps.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Besides annual main leave the military personnel shall be granted the additional leaves provided by acts of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -21339,51 +21373,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       The general duration of annual main and additional leaves cannot exceed 60 days for the corresponding year, at the same time the additional time is provided which is necessary for the travel to the place of a holiday and back. The order of granting time needed for the travel to the place of a holiday and back, is established by Rules of passing of military service. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The holiday of the contract serviceman can be divided into parts taking into account the interests of service.</w:t>
+      The leave of a military serviceman undergoing military service under a contract can be divided into parts, taking into account the interests of the service.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Military servants of compulsory service shall be provided by short-time leave in the form of incentive in the manner determined by general military charters.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -21511,620 +21545,639 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. The article 46 with the amendments made by the Law of Republic of Kazakhstan dated 29.09.2014 № 239-V (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 13.11.2015 № 298-VI (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 13.06.2017 № 69-VI (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 15.04.2022 № 114-VII (shall enter into force upon expiry of ten calendar days after the day of its first official publication); dated 19.04.2024 № 74-VIII (shall be enforced upon expiry of ten calendar days after the date of its first official publication); № 196-VIII of 24.06.2025 (shall be enacted upon expiration of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. The article 46 with the amendments made by the Law of Republic of Kazakhstan dated 29.09.2014 № 239-V (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 13.11.2015 № 298-VI (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 13.06.2017 № 69-VI (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 15.04.2022 № 114-VII (shall enter into force upon expiry of ten calendar days after the day of its first official publication); dated 19.04.2024 № 74-VIII (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 18.03.2025 № 175-VIII (effective sixty calendar days after the date of its first official publication); № 196-VIII of 24.06.2025 (shall be enacted upon expiration of ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Article 47. Features of social security for military personnel undergoing military service under contract, enlisted and non-commissioned personnel</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. The title of Article 47 as amended by the Law of the Republic of Kazakhstan dated 18.03.2025 № 175-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Military personnel serving in military service under a contract in military positions of ordinary and sergeant personnel who have served for at least eight years in calendar terms shall be entitled to reimbursement of training costs in organizations of higher and (or) postgraduate education of the Republic of Kazakhstan on a paid basis in the amount of fifty percent of the cost of training at the expense of budget funds. Military personnel can exercise this right once.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Compensation for mentioned expenses to military servant shall be carried out by authorized body in the structure of which the military servant performs military service.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      When transferring a serviceman to another educational organization, the amount of reimbursement for training costs in organizations of higher and (or) postgraduate education of the Republic of Kazakhstan is subject to adjustment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      When granting academic leave to a serviceman, he retains the right to reimbursement of training costs in organizations of higher and (or) postgraduate education of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      A serviceman who has the right to reimbursement of training costs in organizations of higher and (or) postgraduate education of the Republic of Kazakhstan is guaranteed reimbursement of training costs in other organizations of higher and (or) postgraduate education in cases of liquidation and reorganization of the educational organization, suspension, revocation of the license of the educational organization in which he studied (is studying).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Article 47 as amended by the Law of the Republic of Kazakhstan dated 15.04.2022 № 114-VII (shall enter into force upon expiry of ten calendar days after the day of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Article 47. Special aspects of social security of military servants under contract of private and non-commissioned personnel</w:t>
-[...89 lines deleted...]
-      A serviceman who has the right to reimbursement of training costs in organizations of higher and (or) postgraduate education of the Republic of Kazakhstan is guaranteed reimbursement of training costs in other organizations of higher and (or) postgraduate education in cases of liquidation and reorganization of the educational organization, suspension, revocation of the license of the educational organization in which he studied (is studying).</w:t>
+        <w:t xml:space="preserve"> Article 48. Features of social security for conscripts, ulans, cadets and cadets of military and special educational institutions</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. The heading of the article 48 in the wording made by the Law of Republic of Kazakhstan dated 13.06.2017 № 69-VI (shall be enforced upon expiry of ten calendar days after the date of its first official publication); as amended by Laws of the Republic of Kazakhstan № 196-VIII of 24 .06.2025 (shall become effective ten calendar days after the date of its first official publication); № 211-VIII of 16.07.2025 (shall go into force upon expiration of sixty calendar days after the day of its first official publication).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Military servicemen, military students, cadets and lancers of military and special educational institutions shall be provided with clothing and food as per the standards approved by the first heads of competent authority in coordination with the central authorized body for budget planning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      At departure for the leave, the food ration is given for the period of getting the leave or vacation destination.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      When being on short-term leave and upon returning home, military servicemen of fixed-term service, military students, cadets of military and special educational institutions on vacation and internships, shall have the right to travel at the expense of budgetary funds on railway, automobile and inland waterway transport. Military students studying at foreign military educational institutions shall also be given the right to travel by air at the expense of budgetary funds when they are sent to study and going on vacation and back.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Compensation on mailings in a size determined by the Ministry of Defence of the Republic of Kazakhstan in coordination with the first heads of the appropriate authorized public authorities and the central authorized body by budget planning is also paid to military personnel of conscription service, cadets of the first and second years of military educational institutions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Military personnel shall be accommodated in barracks for the duration of their military service and training in a military or special educational institution. Cadets, military students and lancers may also be provided with dormitories for the period of their studies at a military or special educational institution.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 47 as amended by the Law of the Republic of Kazakhstan dated 15.04.2022 № 114-VII (shall enter into force upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Article 48 as amended by the Law of the Republic of Kazakhstan dated 04.02.2013 № 75-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 29.09.2014 № 239-V (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 13.06.2017 № 69-VI (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 18.03.2025 № 175-VIII (effective sixty calendar days after the date of its first official publication); № 196-VIII of 24.06.2025 (shall be put into effect upon expiration of ten calendar days after the day of its first official publication); № 211-VIII of 16.07.2025 (shall be enacted upon expiration of sixty calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Article 48-1. Special features of social protection of conscripts, ulans, cadets and military students of military and special educational institutions</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Family members of military servicemen who are the nationals of the Republic of Kazakhstan shall enjoy the right to visit their close relatives from among military servicemen, as well as ulans, military students and cadets of military and special educational institutions to familiarize themselves with their lives and everyday life in the manner established by military regulations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Chapter 8 is supplemented by Article 48-1 in accordance with the Law of the Republic of Kazakhstan dated 02.10.2023 № 31-VIII (shall be enforced six months after the day of its first official publication); as amended by the Law of the Republic of Kazakhstan № 196-VIII of 24.06.2025 (shall be effective upon expiration of ten calendar days after the day of its first official publication); № 211-VIII of 16.07.2025 (shall be effective upon expiration of sixty calendar days after the day of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Article 48. Features of social security for conscripts, ulans, cadets and cadets of military and special educational institutions</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> Article 49. Additional social security of separate categories of military servants</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Military servants participating (engaged) in combat actions, anti-terrorist and peace-keeping operations, and military servants of the bodies of military intelligence of the Ministry of Defence, participated in performance of imposed operative tasks within intelligence activities, shall be provided by additional leave lasting for two weeks that shall be added to annual leave.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      For military servants participating (engaged) in combat actions and anti-terrorist operations, the period of combat actions and anti-terrorist operations shall be counted in years of service on a preferential basis as one month of service for three months.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      For military servants participated (engaged) in peace-keeping operations, the period of participating in peace-keeping operations shall be counted for a military servant on a preferential basis as one month for one and a half month.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Upon return from peacekeeping operation the military personnel goes for sanatorium treatment at the expense of means of Armed Forces, other troops and military formations of the Republic of Kazakhstan in the structure where they take military service, for the term of not less than seven calendar days, but no more than twenty-one day.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...90 lines deleted...]
-      Military personnel shall be accommodated in barracks for the duration of their military service and training in a military or special educational institution. Cadets, military students and lancers may also be provided with dormitories for the period of their studies at a military or special educational institution.</w:t>
+        <w:t>      Footnote. The article 49 with the amendments made by the Law of Republic of Kazakhstan dated 15.06.2015 № 321-V (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...40 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...205 lines deleted...]
-          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Article 50. Social security of citizens dismissed from military service</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Persons dismissed from military service upon reaching the maximum age of a state in military service, for health reasons, who received a disease in connection with the performance of military service duties, as well as those who have twenty or more years of service, shall be provided with medical support in military medical institutions at the expense of the state (organizations), and having a length of service of twenty-five or more years, - spa treatment in the presence of indications on the list of diseases determined by the authorized body in the field of health in coordination with the first heads of the relevant authorized state bodies.</w:t>
+      1. Persons discharged from military service upon reaching the age limit for military service, for health reasons, who have become ill in connection with the performance of military service duties, as well as those with twenty or more years of service, are provided with medical care at the expense of budgetary funds in military medical institutions (organizations), and those with twenty-five and more years of service, – sanatorium-resort treatment in the presence of indications according to the list of diseases determined by the authorized body in the field of healthcare in coordination with the first heads of the relevant authorized state bodies.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1-1. Payment for the services of military medical institutions (organizations, subdivisions) for the provision of medical assistance to the persons specified in paragraph 1 of this article is carried out by the social health insurance fund: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -22278,115 +22331,115 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Persons who are dismissed or discharged from military service (excluding persons dismissed for negative reasons without the right to re-enroll in military service), who served as officers, senior or higher sergeants, those who have higher and (or) postgraduate education and at least ten years of service may undergo pedagogical retraining free of charge in military educational institutions.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Persons dismissed from military service (with the exception of dismissed due to the termination of the citizenship of the Republic of Kazakhstan, in case of refusal of a special examination, for negative reasons, due to official inconsistencies identified as a result of certification) shall have the right to travel at the expense of the state on the railway, automobile and inland water transport to the place of military registration or the chosen place of residence within the Republic of Kazakhstan.</w:t>
-[...35 lines deleted...]
-      This paragraph shall apply to the persons dismissed from military service after June 13, 2017.</w:t>
+      3. Persons dismissed from military service (with the exception of those dismissed in connection with the termination of citizenship of the Republic of Kazakhstan, in case of refusal of a special inspection, for negative reasons, for official inconsistencies identified by the results of attestation), have the right to travel at the expense of budgetary funds by rail, road and inland waterway to the place of military registration or a chosen place of residence within the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      To the persons discharged from military service (with the exception of those discharged from military service, in connection with the termination of citizenship of the Republic of Kazakhstan, in case of refusal of a special inspection, for negative reasons, for an official inconsistency identified by the results of attestation), money is paid at the expense of budgetary funds for the transportation of their own property within the Republic of Kazakhstan in the amount of one monthly calculation index for every 20 kilometers of highway.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      This paragraph applies to persons discharged from military service after June 13, 2017, with the exception of military reservists.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. The article 50 with the amendments made by the Law of Republic of Kazakhstan dated 02.08.2015 № 342-V (shall be enforced dated 01.01.2016); dated 30.06.2017 № 80-VI (shall be enforced from 01.01.2020); dated 02.07.2018 № 165-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 24.11.2021 № 75-VII (shall enter into force upon the expiry of ten calendar days after the day of its first official publication); dated 15.04.2022 № 114-VII (shall enter into force upon expiry of ten calendar days after the day of its first official publication); № 211-VIII of 16.07.2025 (shall come into effect upon expiration of sixty calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. The article 50 with the amendments made by the Law of Republic of Kazakhstan dated 02.08.2015 № 342-V (shall be enforced dated 01.01.2016); dated 30.06.2017 № 80-VI (shall be enforced from 01.01.2020); dated 02.07.2018 № 165-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 24.11.2021 № 75-VII (shall enter into force upon the expiry of ten calendar days after the day of its first official publication); dated 15.04.2022 № 114-VII (shall enter into force upon expiry of ten calendar days after the day of its first official publication); dated 18.03.2025 № 175-VIII (effective sixty calendar days after the date of its first official publication); № 211-VIII of 16.07.2025 (shall come into effect upon expiration of sixty calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -22665,69 +22718,69 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Article 51. Compensations for military servants in case of death incidence (death) or receiving maim</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. In case of death incident (death) of a military servant during his (her) performance of military service or a draftee called to military trainings, upon establishment his (her) disability or in case of receiving main by him (her) linked with fulfillment of obligations of military service, the payment of lump sum compensation shall be made in the manner determined by the Government of the Republic of Kazakhstan.</w:t>
-[...17 lines deleted...]
-      2. In case of death (death) of a military personnel during the period of military service or after dismissal from military service due to injury (injuries, wounds, concussions), diseases received during the period of military service, the heirs of the military personnel are paid a one-time monetary compensation in the amount of five years of cash support for the last occupied military position, and the heirs of the military personnel of military service, cadet, military liable, called up for military training, in the amount of 500 monthly calculated indicators.</w:t>
+      1. In the event of the death of a serviceman during his military service, a military reservist during his time in classes or training camps, crisis training camps, or a conscript called up for military training, upon establishing his disability or in the event of injury related to the performance of military service duties, payment of one-time compensation is made in accordance with the procedure determined by the Government of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. In the event of the death of a serviceman during military service or after discharge from military service as a result of injury (wound, trauma, contusion), illness received during military service, the heirs of the serviceman are paid a one-time monetary compensation in the amount of five-year salary for the last military position held, and the heirs of the serviceman, cadets, military reservists during periods of being in classes or training camps for combat training, crisis training camps, a person liable for military service who has been called up for military training – in the amount of 500 monthly calculation indices.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       One-time monetary compensation for the death (death) of military personnel shall be paid before the expiry of three years from the date of the event and shall be carried out regardless of the previously paid one-time monetary compensation for the establishment of disability.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -22827,51 +22880,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       In the event that military personnel serving under a contract receive a severe injury (injury, wound, concussions) during the performance of military service duties that did not entail disability, they shall be paid a one-time compensation in the amount of one and a half month cash content; minor injury - half of the monthly cash content.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Military personnel, cadets who receive a scholarship, military liable, called up for military training, shall be paid one-time monetary compensation in the cases provided for in this paragraph in the amount of:</w:t>
+      Fixed-term military service personnel, cadets receiving scholarships, military reservists during their time in classes or training camps, crisis training camps and military personnel called up for military training, shall be paid one-time monetary compensation in the cases provided for in this paragraph in the amount of:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) an individual with a disability of the first group - 250 monthly calculated indicators;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -23025,87 +23078,105 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) in the result of intended infliction of bodily damage to himself (herself) (self-injury) or other harm to own health for the purpose of receiving lump sum compensation or evading from military service;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) in the result of actions of a military servant violating the conditions of contract on performance of military service.</w:t>
-[...35 lines deleted...]
-      Provisions mentioned in this paragraph shall be applied to citizens dismissed from military service upon attainment of the age of retirement of being at military service, on health condition or due to personnel reduction having general length of military service of twenty five years and more, as well as to participants of combat actions and anti-terrorist operations independently from general length of military service.</w:t>
+      5) in the result of actions of a military servant violating the conditions of contract on performance of military service;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) as a result of the actions of a military reservist who violated the condition of the contract for military service in the reserve.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. The burial of military personnel who died during military service or died as a result of mutilation (wounds, injuries, contusions), diseases resulting from the performance of military service duties, is carried out at the place of military service (training camps) or at the request of their relatives in another place. All expenses related to the preparation for transportation of the body, transportation of the body, burial, manufacture and installation of a tombstone monument are carried out at the expense of the authorized body in which the servicemen performed military service (training camps), in the amounts established by the Government of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Provisions mentioned in this paragraph shall be applied to citizens dismissed from military service upon attainment of the age of retirement of being at military service, on health condition or due to personnel reduction having general length of military service of twenty-five years and more, as well as to participants of combat actions and anti-terrorist operations independently from general length of military service.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. In case of death of receiver of pension payments for years of service from among military servants, his (her) family or person carried out burial shall be paid by lump sum payment for burial in amount of three pension payment for the moment of death of a receiver.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -23161,99 +23232,99 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 51 as amended by the Laws of the Republic of Kazakhstan dated 04.02.2013 № 75-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 23.04.2014 № 200-V (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 04.07.2014 № 233-V (shall be enforced dated 01.01.2015); dated 13.06.2017 № 69-VI (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 12.12.2017 № 114-VI (shall be enforced dated 01.01.2018); dated 06.05.2020 № 323-VI (shall enter into force upon the expiry of ten calendar days after the day of its first official publication); dated 15.04.2022 № 114-VII (shall enter into force upon expiry of ten calendar days after the day of its first official publication); dated 27.06.2022  № 129-VII (shall enter into force upon expiry of ten calendar days after the day of its first official publication); dated 11.07.2022 № 136-VII (shall enter into force from 01.01.2022).</w:t>
+        <w:t>      Footnote. Article 51 as amended by the Laws of the Republic of Kazakhstan dated 04.02.2013 № 75-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 23.04.2014 № 200-V (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 04.07.2014 № 233-V (shall be enforced dated 01.01.2015); dated 13.06.2017 № 69-VI (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 12.12.2017 № 114-VI (shall be enforced dated 01.01.2018); dated 06.05.2020 № 323-VI (shall enter into force upon the expiry of ten calendar days after the day of its first official publication); dated 15.04.2022 № 114-VII (shall enter into force upon expiry of ten calendar days after the day of its first official publication); dated 27.06.2022 № 129-VII (shall enter into force upon expiry of ten calendar days after the day of its first official publication); dated 11.07.2022 № 136-VII (shall enter into force from 01.01.2022); dated 18.03.2025 № 175-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Article 52. Social security of military servants’ family members</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Members of the families of military servants under the contract have the right to receive medical assistance in military medical institutions (organizations, subdivisions).</w:t>
+      1. Family members of military personnel undergoing military service under contract have the right to receive medical care in military medical institutions (organizations, subdivisions).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Payment for the services of military medical institutions (organizations, subdivisions) for the provision of medical assistance is carried out by the social health insurance fund: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -23281,69 +23352,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) in the system of compulsory social health insurance in accordance with the Law of the Republic of Kazakhstan "On compulsory social health insurance".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. To members of families of the military personnel, except for members of families of attendees, cadets and the military personnel at the call of, constantly in common living with them, the right for travel at the expense of the state on the railway, motor and inland water transport in cases is granted:</w:t>
-[...17 lines deleted...]
-      transfer of the serviceman to other area, including as a part of military unit or division;</w:t>
+      2. Family members of military personnel, with the exception of family members of cadets and conscripted military personnel, military reservists, who permanently reside with them, are granted the right to travel at the expense of budgetary funds on railway, automobile and inland waterway transport in the following cases:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      transfer of a serviceman to another locality, including as part of a military unit (institution) or subdivision;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       referrals of a serviceman by a competent authority for training with exclusion from the lists of a military unit (institution) to military, special educational institutions, and other educational institutions that implement postgraduate education programs, в том числе иностранные учебные заведения, as well as upon graduation, excluding in cases of expulsion due to academic failure, lack of discipline, other negative motives or upon their own initiative;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -23389,51 +23460,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Children of military personnel who died or were disabled while performing military service, or who went missing during their service, shall enjoy the right to non-competitive enrollment in military colleges and specialized educational institutions with advanced pre-conscription training.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. In the event of the death (death) of military personnel serving in military service under a contract, military personnel, a cadet, a military liable, called up for military training, as a result of injury (injury, wound, concussions) received during the performance of military service, family members of the deceased (deceased) military personnel shall be paid monthly in the amount and procedure determined by the Government of the Republic of Kazakhstan.</w:t>
+      4. In the event of the death of a military serviceman undergoing military service under a contract, a conscript serviceman, a cadet, a conscript called up for military training, a military reservist who is in classes or training camps for combat training and crisis training camps, as a result of injury (wounds, trauma, concussion) received during the performance of military service duties, the monthly monetary payments are made to the family members of the deceased serviceman in the amount and in the manner determined by the Government of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Monthly monetary payment is made to children (including adopted, adopted, cohabiting stepsons and stepdaughters) until they reach the age of majority or until they graduate from a full-time educational institution in the system of general secondary, technical and vocational, post-secondary education, in the system of higher and (or) postgraduate education within the limits not exceeding twenty-three years of age, and also to the spouse (spouse) for life, regardless of the payment of allowance for the loss of the breadwinner, provided for by the Social Code of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -23471,51 +23542,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. The article 52 with the amendments made by the Law of the Republic of Kazakhstan dated 13.06.2017 № 69-VI (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 30.06.2017 № 80-VI (shall be enforced from 01.01.2020); dated 11.07.2022 № 136-VII (shall enter into force from 01.01.2022); dated 20.04.2023 № 226-VII (shall be enforced from 01.07.2023); № 196-VIII of 24.06.2025 (shall take effect upon expiration of ten calendar days after the day of its first official publication); № 203-VIII of 30.06.2025 (shall come into effect upon expiration of ten calendar days after the date of its first official publication); № 211-VIII of 16.07.2025 (shall take effect upon expiration of sixty calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. The article 52 with the amendments made by the Law of the Republic of Kazakhstan dated 13.06.2017 № 69-VI (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 30.06.2017 № 80-VI (shall be enforced from 01.01.2020); dated 11.07.2022 № 136-VII (shall enter into force from 01.01.2022); dated 20.04.2023 № 226-VII (shall be enforced from 01.07.2023); dated 18.03.2025 № 175-VIII (effective sixty calendar days after the date of its first official publication); № 196-VIII of 24.06.2025 (shall take effect upon expiration of ten calendar days after the day of its first official publication); № 203-VIII of 30.06.2025 (shall come into effect upon expiration of ten calendar days after the date of its first official publication); № 211-VIII of 16.07.2025 (shall take effect upon expiration of sixty calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -23926,257 +23997,275 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. For material damage caused by negligence in the performance of the duties of military service, shall bear financial responsibility:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) military personnel, with the exception of military personnel, cadets, conscripted, called up for military training, as well as military personnel at the call of officers - in the amount of damage caused by them, but not more than nine months of monetary support;</w:t>
+      1) military personnel, with the exception of conscripts, cadets, those liable for military service, conscripts, military reservists, as well as conscripted military officers – in the amount of damage caused by them, but not more than nine months salary;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) military personnel, cadets - in the amount of damage caused by them, but not more than five months of monetary allowance (scholarships);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) military personnel called up for military training - in the amount of damage caused by them, but not more than one of his monthly wages.</w:t>
+      3) those liable for military service, conscripted for military training, and military reservists – in the amount of the damage they caused, but not more than one month salary.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Military personnel shall bear full financial responsibility in cases provided for by the legislation of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Chapter 9 as added by Article 53-1 in accordance with the Law of the Republic of Kazakhstan dated 15.04.2022 № 114-VII (shall enter into force upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Chapter 9 as added by Article 53-1 in accordance with the Law of the Republic of Kazakhstan dated 15.04.2022 № 114-VII (shall enter into force upon expiry of ten calendar days after the day of its first official publication); as amended by the Law of the Republic of Kazakhstan dated 18.03.2025 № 175-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Article 54. Responsibility of military personnel for crimes, misdemeanors and other offenses</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Military personnel for crimes, misdemeanors and other offenses bear criminal, administrative, civil and disciplinary responsibility in accordance with the Laws of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Actions (inaction) of military personnel can be appealed to higher officials, to the court in the procedure established by the Laws of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Article 54 in the wording of the Law of the RK dated 29.06.2020 № 351-VI (shall enter into force on 01.07.2021).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Article 54. Responsibility of military personnel for crimes, misdemeanors and other offenses</w:t>
-[...84 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:t xml:space="preserve"> Chapter 10. TRANSITIONAL PROVISIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> Chapter 10. TRANSITIONAL PROVISIONS Article 55. Transitional provisions</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Article 55. Transitional provisions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. This Law enters into force upon expiry of ten calendar days after its first official publication, with the exception of paragraphs 2, 4 and 7 of Article 44 and Article 45 that shall enter into force from 1 January 2013.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -24222,123 +24311,123 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Military servants for which the ages of retirement of being at military service are changed by this Law shall have the right to dismiss or hand in resignation upon attainment of the following ages of retirement:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) to half colonel (captain II rank) – forty five years;</w:t>
-[...17 lines deleted...]
-      2) colonels (captains I rank) – fifty three years;</w:t>
+      1) to half colonel (captain II rank) – forty-five years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) colonels (captains I rank) – fifty-three years;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) colonels (captain I rank) being awarded by the military rank before 21 July 2005 – fifty years;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) general-majors (real admirals) and general-lieutenants (vice admirals) being awarded by the military rank before entering into force of this Law – fifty eight years;</w:t>
-[...17 lines deleted...]
-      5) general-majors (real admirals) and general-lieutenants (vice admirals) being awarded by the military rank before 21 July 2005 – fifty five years;</w:t>
+      4) general-majors (real admirals) and general-lieutenants (vice admirals) being awarded by the military rank before entering into force of this Law – fifty-eight years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) general-majors (real admirals) and general-lieutenants (vice admirals) being awarded by the military rank before 21 July 2005 – fifty-five years;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) general-colonels (admirals) being awarded by the military rank before entering into force of this Law – sixty years.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -24366,51 +24455,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-1. Military servants performing military service with military ranks “petty officer”, “master chief petty officer”, “warrant officer”, ‘midshipman”, “senior warrant officer”, “senior midshipman”, shall perform military service in the manner determined by the Rules of performing the military service. For the mentioned category of military servants, the age of retirement of being at military service is the age established y subparagraph 2) of paragraph 1 of Article 25 of this Law.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3-2. The military personnel to whom the military rank "lieutenant colonel" is appointed from the date of enforcement of the present Law and till the January 1, 2018 hav the right to leave or resign on reaching them age limit – forty seven years.</w:t>
+      3-2. The military personnel to whom the military rank "lieutenant colonel" is appointed from the date of enforcement of the present Law and till the January 1, 2018 hav the right to leave or resign on reaching them age limit – forty-seven years.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Contracts on performance of military service concluded before entering into force of this Law shall be terminated upon expiry in accordance with the legislation being in effect before entering into force of this Law.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>