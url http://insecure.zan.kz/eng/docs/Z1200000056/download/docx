--- v0 (2025-10-01)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="676ed7e" w14:textId="676ed7e">
+    <w:p w14:paraId="318eb27" w14:textId="318eb27">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -758,50 +758,254 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Footnote. Article 2 with the change introduced by the Law of the Republic of Kazakhstan dated 02.07.2018 № 168-VI (shall be enforced upon the expiration of ten calendar days from the date of its first official publication); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 02.01.2021 № 399-VI (effective from 16.12.2020).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Article 2-1. Main objectives, tasks and principles of state regulation in the field of microfinance activities</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. The main objective of state regulation in the field of microfinance shall be to establish the legal framework for the conduct of microfinance activities. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. The main objectives of state regulation in the field of microfinance shall be:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) regulation of organisations engaged in microfinance activities, establishment of activity standards, control and supervision of microfinance activities; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) protection of the rights and legitimate interests of consumers of services offered by organisations engaged in microfinance activities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. The main principles of state regulation in the field of microfinance shall be:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) effective use of resources and regulatory instruments;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) transparency of organisations engaged in microfinance activities;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) accountability of organisations engaged in microfinance activities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Chapter 1 has been supplemented by Article 2-1 pursuant to Law of the Republic of Kazakhstan № 205-VIII of 30.06.2025 (shall come into force sixty calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 2. MICROFINANCE ACTIVITIES </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
@@ -1371,267 +1575,393 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-1. A microfinance organization has the right to provide microcredits electronically in the manner determined by the authorized body.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3-2. An individual has the right to establish a voluntary refusal to receive microcredit or remove it in the credit bureau or through the Electronic Government web portal.</w:t>
-[...215 lines deleted...]
-      Based on the recommendation (issued) by law enforcement agencies in accordance with the Criminal Procedure Code of the Republic of Kazakhstan on taking measures to eliminate the circumstances that contributed to the commission of a criminal offense, or a resolution recognizing the borrower - an individual as a victim, the microfinance organization no later than three calendar days:</w:t>
+      3-2. An individual may establish a voluntary refusal to receive microloans free of charge or withdraw it at a credit bureau, via the e-government web portal or the information systems of a microfinance organisation integrated with the services hosted on the e-government gateway.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-3. A microfinance organisation shall be prohibited from granting microloans to an individual if there is information in their credit report, obtained by the microfinance organisation prior to making a decision on granting a microloan, indicating that they have voluntarily refused to receive microloans.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      This prohibition shall not apply to cases where a microloan is issued by a pawnshop.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      A microfinance organisation shall be prohibited from granting consumer microloans that are not secured by property subject to registration to an individual without the consent of their spouse. The procedure for obtaining such consent and the minimum amount of the consumer microloan for which consent is required shall be established by a regulatory legal act of the authorised body.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      A microfinance organisation may not conclude a contract for granting a consumer microloan not secured by collateral with an individual whose credit report does not contain data on previously obtained microloans and/or bank loans without the individual being physically present at the microfinance organisation. The minimum amount of a microloan under a consumer microloan agreement, for the conclusion thereof the personal presence of a natural person is required, shall be established by a regulatory legal act of the authorised body referred to in paragraph 3 of Article 4 hereof.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Where and in the manner prescribed by the regulatory legal act of the authorised body referred to in paragraph 3 of Article 4 hereof, a microfinance organisation shall enter into a contract for granting a consumer microloan not secured by collateral with an individual only after obtaining his or her consent to enter into such a contract. Should the aforementioned agreement be concluded via the Internet, consent to its conclusion shall be formalised at a credit bureau, on the e-government web portal, or via the microfinance organisation's IT facilities integrated with the services hosted on the e-government gateway.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The requirement set forth in part four of this paragraph shall not apply to cases where a microloan agreement is concluded and the amount of the consumer microloan is transferred to the bank account of the seller (supplier) of goods, works and services for the purpose of purchasing goods, works and services, the receipt thereof is confirmed by the borrower (buyer).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      A microfinance organisation shall transfer money to a borrower under a consumer microloan not secured by collateral based on a microloan agreement concluded via the Internet, the amount thereof exceeding the minimum amount set by the regulatory legal act of the authorised body indicated in paragraph 3 of Article 4 hereof, subject to the following requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) no earlier than twenty-four hours after signing the agreement or increasing the microloan amount; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) after the borrower has given their consent, upon expiry of the period specified in sub-paragraph 1) of this part, to receive a consumer microloan, formalised in line with the requirements set out in the regulatory legal act of the authorised body referred to in paragraph 3 of Article 4 hereof.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      When several consumer microloans, unsecured by collateral, are provided to a borrower via the Internet, and the total amount of these loans exceeds the minimum amount set by the regulatory legal act of the authorised body referred to in paragraph 3 of Article 4 hereof, a microfinance organisation shall observe the requirement prescribed in sub-paragraph 1) of part seven of this paragraph, pursuant to internal documents, with due regard to the requirements established by the regulatory legal act of the authorised body mentioned in paragraph 3-1 of this article.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The requirements envisaged in parts one, five and seven of this paragraph shall not apply to cases where the amount of a consumer microloan is transferred to the bank account of the seller (supplier) of goods, works and services for the purpose of purchasing goods, works and services, the receipt of which is confirmed by the borrower (buyer) and (or) the creditor for the purpose of repaying the borrower's microloan debt received from the same microfinance organisation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Should a microfinance organisation issue a microloan without observing the requirement prescribed in part three of this paragraph, the microfinance organisation shall not be entitled to demand that the individual fulfil their obligations under such microloan. No later than three working days from the date of discovery of the fact that a microloan was issued without complying with the requirement set forth in part three of this paragraph, the microfinance organisation shall take the following measure:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      decides to write off the customer's debt on such a microloan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      terminates debt collection and claims and litigation work on such a microloan of the customer;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      makes adjustments to the customer's credit history in credit bureaus by removing records of the data on such a microloan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      refunds to the customer the previously withheld (paid) amounts of remuneration and (or) penalties on such a microloan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The measures envisaged in part ten of this paragraph shall apply to cases where a microloan is issued without meeting any of the requirements set out in parts one, four, five, seven and eight of this paragraph, provided that the microfinance organisation receives procedural documents from law enforcement agencies as specified in part two of paragraph 3-4 of this article.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-4. Upon finding unlawful access to information constituting a microloan secret, its unlawful alteration, unlawful actions by third parties, or other illegal (fraudulent) actions involving microloans to individuals, the microfinance organisation shall, within one working day, inform the customer and the authorised body thereof, take measures to eliminate the unlawful actions within two working days, and take measures to eliminate the consequences of such actions within ten working days.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Based on a submission made (issued) by law enforcement agencies under the Code of Criminal Procedure of the Republic of Kazakhstan to take measures to eliminate the circumstances that contributed to the commission of a criminal offence, or a ruling recognising the borrower – an individual – as a victim of a criminal offence related to the fraudulent issuance of a microloan, within three calendar days, the microfinance organisation shall:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       suspenses debt collection and claims and litigation work on such a client's microloan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1641,69 +1971,159 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       suspenses the accrual of remuneration and (or) penalties on such a client's microloan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      A microfinance organization, no later than ten working days from the date of receipt of a court decision that has entered into legal force, which establishes the fact of registration of a microloan fraudulently without the participation of the client, shall make a decision to write off the client's debt on the microloan, as well as measures to return to the client previously withheld (paid) amounts on such a microloan.</w:t>
+      No later than ten working days from the date of receipt of a legally binding court order establishing that a microloan was fraudulently issued to a customer recognised as a victim in a criminal case as a result of the unlawful acquisition and use of the customer's identification details by a third party, including when applying for a microloan using remote management software for the remote provision of services by a microfinance organisation, or when a microfinance organisation breaches the procedure for biometric identification or the requirements for identification established by a regulatory legal act of the authorised body, recording and analysing internal and external fraud, a microfinance organisation shall decide to write off the customer's microloan debt and takes measures to return to the customer the amounts previously withheld (paid) under such microloan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-5. A microfinance organization is prohibited from concluding an agreement on the provision of a microloan with an individual via the Internet without conducting his biometric identification, the procedure for which is determined by the authorized body.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Should a microfinance organisation enter into a microloan agreement with an individual via the Internet without complying with the requirement set forth in the first part of this paragraph, the microfinance organisation shall not be entitled to demand the fulfilment of obligations under such a microloan and shall, no later than three working days from the date of discovery of the fact of the issuance of such a microloan, take the measures stipulated in part ten, considering the requirements of part eleven of paragraph 3-3 of this article.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-6. Microfinance organisations shall be prohibited from providing microloans to military personnel serving in the Armed Forces of the Republic of Kazakhstan, other troops and military formations if there is any information on the conscription of such a military personnel for fixed-term military service in his/her credit report received by the microfinance organisation prior to making a decision on granting a microloan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The exchange of information on military personnel called up for fixed-term military service, as well as their discharge, shall be effected via the interaction of the information systems of public authorities and credit bureaus under the procedure established by the authorised body in agreement with the Ministry of Defence of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Where specified in the second part of this paragraph, the collection, processing and use of personal data shall be performed under the laws of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Where a microfinance organisation grants a microloan to a conscripted military serviceman and there is information on the conscription of such a military serviceman for conscripted military service in his/her credit report received by the microfinance organisation prior to the decision to grant the microloan, the microfinance organisation shall not be entitled to demand the fulfilment of obligations under such a microloan and shall, no later than three working days from the date of revealing the fact of issuing such a microloan, take the measures envisaged in part ten of paragraph 3-3 of this article.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -1981,51 +2401,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 3 as amended by the Laws of the Republic of Kazakhstan dated 16.05.2014 № 203-V (shall be enforced upon expiry of six months after the day its first official publication); dated 24.11.2015 № 422-V (the order of enforcement see Art.2); dated 29.03.2016 № 479-V (shall be enforced upon expiry of twenty one calendar days after the day its first official publication); dated 24.05.2018 № 156-VI (shall be enforced upon expiration of ten calendar days after the date of its first official publication); 02.07.2018 № 168-VI (shall be enforced dated 01.08.2018); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 02.01.2021 № 399-VI (effective from 01.01.2021); dated 04.07.2022 № 133-VII (shall enter into force upon expiry of sixty calendar days after the day of its first official publication); dated 30.12.2022 № 179-VII (shall be enforced sixty calendar days after the date of its first official publication); dated 11.12.2023 № 44-VIII (effective sixty calendar days after the date of its first official publication); dated 19.06.2024 № 97-VIII ((for the procedure of implementation, see art. 2).</w:t>
+        <w:t>      Footnote. Article 3 as amended by the Laws of the Republic of Kazakhstan dated 16.05.2014 № 203-V (shall be enforced upon expiry of six months after the day its first official publication); dated 24.11.2015 № 422-V (the order of enforcement see Art.2); dated 29.03.2016 № 479-V (shall be enforced upon expiry of twenty one calendar days after the day its first official publication); dated 24.05.2018 № 156-VI (shall be enforced upon expiration of ten calendar days after the date of its first official publication); 02.07.2018 № 168-VI (shall be enforced dated 01.08.2018); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 02.01.2021 № 399-VI (effective from 01.01.2021); dated 04.07.2022 № 133-VII (shall enter into force upon expiry of sixty calendar days after the day of its first official publication); dated 30.12.2022 № 179-VII (shall be enforced sixty calendar days after the date of its first official publication); dated 11.12.2023 № 44-VIII (effective sixty calendar days after the date of its first official publication); dated 19.06.2024 № 97-VIII ((for the procedure of implementation, see art. 2); № 205-VIII of 30.06.2025 (shall be enacted sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -2393,51 +2813,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Rules of calculation of annual effective rate of remuneration on extended microcredits shall be developed and confirmed by the authorized body.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2-1. A microfinance organization, distributing and (or) placing an advertisement containing information on the amount of microloan remuneration, shall indicate the annual effective remuneration rate.</w:t>
+      2-1. A microfinance organisation shall be obliged to state the annual effective interest rate in microloan agreements, as well as when disseminating data on microloan interest rates, including when publishing such data.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -2445,51 +2865,51 @@
         </w:rPr>
         <w:t>      3. is excluded by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 5 as amended by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 24.05.2021 № 43-VII (effective ten calendar days after the date of its first official publication); dated 19.06.2024 № 97-VIII (comes into effect sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 5 as amended by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 24.05.2021 № 43-VII (effective ten calendar days after the date of its first official publication); dated 19.06.2024 № 97-VIII (comes into effect sixty calendar days after the date of its first official publication); № 205-VIII of 30.06.2025 (shall become effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -3295,51 +3715,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The requirement established by this subparagraph shall not apply to pawnshops;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) to submit to the National Bank of the Republic of Kazakhstan the financial and other reports, the list, forms, terms and procedure for submission of which are established by regulatory legal acts of the National Bank of the Republic of Kazakhstan in agreement with the authorized body;</w:t>
+      9) file financial and other reports with the National Bank of the Republic of Kazakhstan in line with the regulatory legal acts of the National Bank of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-1) report on fulfilment of prudential standards and other mandatory standards and limits to the National Bank of the Republic of Kazakhstan pursuant to regulatory legal acts of the National Bank of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) correct breaches of the legislation of the Republic of Kazakhstan, detected by the authorized body;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -3409,51 +3847,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11-2) provide under the agreement on a microloan to military personnel on active military service a deferment of payment on the principal debt and remuneration for a period that includes the period of military service and 60 days after its completion, without accrual of remuneration on the microloan in the manner determined by the authorized body.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The exchange of information on military personnel called up for active military service, as well as their dismissal, the presence or absence of a microloan, the provision of a deferment of payment on it, is carried out through the interaction of information systems of state bodies and microfinance organizations in the manner determined by the authorized body in agreement with the Ministry of Defense of the Republic of Kazakhstan.</w:t>
+      The exchange of information on military personnel called up for fixed-term military service, as well as their discharge, the presence or absence of a microloan, and the granting of a deferral of payment thereon shall be effected by ensuring the interaction of the information systems of public authorities and credit bureaus in the manner established by the authorised body in agreement with the Ministry of Defence of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       In the cases provided for in part two of this paragraph, the collection, processing and use of personal data are carried out in accordance with the legislation of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3535,51 +3973,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The requirement established by this subparagraph does not apply to microloans issued for the purpose of repaying a bank loan and (or) a microloan to an individual not related to the entrepreneurial activity, on improving terms that provide for a downward change in the interest rate and (or) the amount of periodic payments and (or) a downward change or complete cancellation of the penalty (fine, penalty), as well as microloans provided by pawnshops secured by movable property that is not subject to mandatory registration;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1-2) to establish and collect from the borrower (applicant) any payments, except for remuneration and forfeit (fines, penalties) for microcredit;</w:t>
+      1-2) establish and collect from the borrower (applicant) any payments, excluding remuneration and penalties (fines, interest) for breach of the obligation to repay the microloan amount and/or pay remuneration on the microloan not related to the conduct of entrepreneurial activity;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-3) set and charge the borrower (applicant) any payments, excluding remuneration and penalties (fines, interest) on microloans related to entrepreneurial activities;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) to demand from a borrower who is an individual who has fully or partially repaid to the microfinance organization the amount of the microcredit, forfeit (fine, penalty) and other payments for early repayment of the microcredit;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3707,51 +4163,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 7 as amended by the Laws of the Republic of Kazakhstan dated 10.06.2014 № 206-V (shall be enforced upon expiry of six months after the day its first official publication); dated 24.11.2015 № 422-V (the order of enforcement see Art. 2); dated 06.05.2017 № 63-VI (shall be enforced upon expiry of twenty one calendar days after the day its first official publication); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 27.12.2019 № 291-VІ (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 02.01.2021 № 399-VI (effective from 04.01.2021); dated 24.05.2021 № 43-VII (effective from 01.10.2021); dated 31.12.2021 № 100 (shall enter into force from 01.07.2022); dated 19.06.2024 № 97-VIII (for the procedure for entry into force, see Art. 2).</w:t>
+        <w:t>      Footnote. Article 7 as amended by the Laws of the Republic of Kazakhstan dated 10.06.2014 № 206-V (shall be enforced upon expiry of six months after the day its first official publication); dated 24.11.2015 № 422-V (the order of enforcement see Art. 2); dated 06.05.2017 № 63-VI (shall be enforced upon expiry of twenty one calendar days after the day its first official publication); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 27.12.2019 № 291-VІ (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 02.01.2021 № 399-VI (effective from 04.01.2021); dated 24.05.2021 № 43-VII (effective from 01.10.2021); dated 31.12.2021 № 100 (shall enter into force from 01.07.2022); dated 19.06.2024 № 97-VIII (for the procedure for entry into force, see Art. 2); № 205-VIII of 30.06.2025 (shall take effect sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -5514,50 +5970,68 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) change in the direction of decreasing the interest rate or the value of remuneration under the microloan agreement;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      1-1) a reduction in the monthly payment by at least fifty per cent of the payment specified in the microloan repayment schedule;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       2) deferment of payment on the principal debt and (or) interest;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) change in the repayment method or the debt repayment order, including repayment of the principal debt as a priority;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -5640,50 +6114,68 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) the sale of immovable property that is the subject of mortgage, with the transfer of obligations under the agreement on microloan provision to the buyer.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      The procedure for reviewing an application from a borrower who is a natural person to amend the terms of a microloan agreement, the list of documents to be enclosed thereto, and the procedure for informing the authorised body of the results of the microfinance organisation's review of the application shall be established by a regulatory legal act of the authorised body.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       3.Within fifteen calendar days after the date of receipt of the application from the borrower - an individual, the microfinance organization shall consider the proposed changes to the terms of the agreement on the provision of a microloan in the manner determined by the regulatory legal act of the authorized body, and in writing, as well as through information technology objects or in the manner stipulated by the agreement on the provision of a microloan, inform the borrower - an individual of one of the following decisions:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) on concent with the proposed changes to the terms of the agreement on the provision of a microloan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -5695,50 +6187,122 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) on a counter-proposal to change the terms of the agreement on the provision of a microloan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) on refusal to change the terms of the agreement on the provision of a microloan, indicating a reasoned justification for such refusal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      A microfinance organisation shall decide whether to agree to the proposed amendments to the terms and conditions of a microloan agreement for a term of at least three months upon receipt of an application for amendments to the terms and conditions of a microloan agreement, as set out in sub-paragraph 1-1) and/or sub-paragraph 2) of part one of paragraph 2 of this article, from a borrower who is a natural person:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) belonging to socially vulnerable groups of the population under the Law of the Republic of Kazakhstan “On Housing Relations”;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) affected by circumstances that served as grounds for the introduction of a state of emergency.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The decision to agree to the proposed amendments to the terms of the microloan agreement concluded with the borrower – an individual specified in sub-paragraph 1) of part two of this paragraph – shall be made subject to a reduction in the borrower's average monthly income calculated over two months, preceding the month when the borrower applied, by more than thirty per cent compared to the borrower's average monthly income calculated for the twelve months preceding the month when the borrower applied or when targeted social assistance was granted.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       During the period of consideration of the application from the borrower - an individual to amend the terms of the agreement on the provision of a microloan, the microfinance organization shall not have the right to demand early repayment of the microloan. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5749,51 +6313,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Failure to reach a mutually acceptable solution between the microfinance organization and the borrower - an individual within thirty calendar days from the date of receipt of the decision of the microfinance organization, provided for in subparagraph 2) of part one of this paragraph, shall be considered a refusal to change the terms of the agreement on the provision of a microloan. This period may be extended with the consent of both parties.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z511" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. A borrower - an individual within fifteen calendar days from the date of receipt of the decision of the microfinance organization provided for in subparagraph 3) of part one of paragraph 3 of this article, or if a mutually acceptable decision on changing the terms of the contract on the provision of microcredit in the period provided for part three of paragraph 3 of this article is not made, has the right to apply to the microfinance ombudsman with simultaneous notification of the microfinance organization.</w:t>
+      4. Within fifteen calendar days from the date of receipt of the decision of the microfinance organisation referred to in sub-paragraph 3) of part one of paragraph 3 of this article, or if a mutually acceptable decision on changing the terms of the microloan agreement is not reached within the period specified in part five of paragraph 3 of this article, may apply to the microfinance ombudsman with simultaneous notification of the microfinance organisation.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Microfinance ombudsman considers the appeal of the borrower - an individual when submitting evidence of his appeal to the microfinance organization and failure to achieve a mutually acceptable decision with a microfinance organization to change the terms of the contract on the provision of microcredit.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -6196,51 +6760,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Chapter 2 is supplemented by Article 9-2 in accordance with the Law of the Republic of Kazakhstan dated 24.05.2021 № 43-VII (effective from 01.10.2021); as amended by the Law of the Republic of Kazakhstan dated 19.06.2024 № 97-VIII (see Article 2 for the procedure for entry into force).</w:t>
+        <w:t>      Footnote. Chapter 2 is supplemented by Article 9-2 in accordance with the Law of the Republic of Kazakhstan dated 24.05.2021 № 43-VII (effective from 01.10.2021); as amended by the Law of the Republic of Kazakhstan dated 19.06.2024 № 97-VIII (see Article 2 for the procedure for entry into force); № 205-VIII of 30.06.2025 (shall take effect sixty calendar days after the date of its first official publication)).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -8577,3162 +9141,3436 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Footnote. Article 16 as amended by the Law of the Republic of Kazakhstan dated 03.07.2020 № 359-VI (effective from 01.01.2021); as amended by the Law of the Republic of Kazakhstan dated 02.01.2021 № 399-VI (effective from 01.01.2021); dated 12.07.2022 № 138-VII (shall enter into force upon expiry of sixty calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Article 17. General requirements for operations conducted by microfinance organisations</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. A microfinance organisation shall engage in microfinance activities subject to the existence of rules for granting microloans containing the following information:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) the procedure for filing an application for a microloan and the procedure for its consideration;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) the procedure for concluding a microloan agreement;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) the maximum amounts and terms for granting microloans;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) the maximum interest rates on microloans granted;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) the procedure for paying interest on microloans granted;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) requirements for collateral accepted by the microfinance organisation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) rules for calculating the annual effective interest rate on microloans granted;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) methods of microloan repayment;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) procedure for considering customer complaints arising in the process of granting microloans.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The period for reviewing a customer's request shall not exceed fifteen working days from the date of receipt of the request by the microfinance organisation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The period for reviewing the application may be extended by fifteen working days due to the need to establish the facts relevant to the proper review of the application, of which the customer shall be notified within three working days from the date of extension of the period for reviewing the application;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) the rights and obligations of a microfinance organisation and its customer, their responsibilities;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) regulations on customer service procedures, including procedures for rendering services to persons with disabilities and persons with limited mobility, with due regard to national standards on the accessibility of financial institutions' branches for persons with disabilities and other persons with limited mobility, as well as the specifics of rendering services to persons with disabilities and low-mobility groups of the population with the participation of an authorised representative;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) other conditions, requirements and restrictions that do not contradict the laws of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. The rules for granting microloans must be consistent with the procedure for granting microloans, disclosing information, and reviewing customer requests arising in the process of granting microloans, as set out in the regulatory legal act of the authorised body.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Footnote. Article 17 as revised by Law of the Republic of Kazakhstan № 205-VIII of 30.06.2025 (shall be put into effect sixty calendar days after the date of its first official publication). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Article 17. Rules of extension of microcredits</w:t>
-[...179 lines deleted...]
-      Rules of extension of microcredits may also contain other conditions of extension of microcredit and data, not inconsistent with the Laws of the Republic of Kazakhstan. </w:t>
+        <w:t xml:space="preserve"> Article 18. Internal Control Service</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Microfinance organization may establish Internal Control Service for monitoring of control of its finance and economic activity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Procedure of work of Internal Control Service shall be determined by the legislation of the Republic of Kazakhstan, as well as by the rules, provision and other documents, regulating internal activity of microfinance organization.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Article 18. Internal Control Service</w:t>
-[...35 lines deleted...]
-      2. Procedure of work of Internal Control Service shall be determined by the legislation of the Republic of Kazakhstan, as well as by the rules, provision and other documents, regulating internal activity of microfinance organization.</w:t>
+        <w:t xml:space="preserve"> Article 19. Additional types of activity of microfinance organizations</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. Article 19 is excluded by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Article 19. Additional types of activity of microfinance organizations</w:t>
+        <w:t xml:space="preserve"> Article 20. The order of documentation maintenance on extended microcredit</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Footnote. Article 19 is excluded by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020).</w:t>
+      Footnote. Article 20 is excluded by the Law of the Republic of Kazakhstan dated 02.01.2021 № 399-VI (effective from 01.01.2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Article 20. The order of documentation maintenance on extended microcredit</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> Article 21. Secret of extension of microcredit</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Secret of extension of microcredit shall contain a data on credit parties, amounts of microcredits, on other conditions of agreement on extension of microcredit, related to credited party, and on operations of microfinance organization (with the exception of the rules of extension of microcredits).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Data on concluded agreements on extension of microcredits by microfinance organization, being in the process of liquidation shall not relate to the secret of extension of microcredit.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Microfinance organizations shall guarantee the secrecy of extension of microcredit.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. The secret of providing a microloan may be disclosed only to the borrower, a third party based on the consent of the borrower given in writing, as well as through information technology objects, to a credit bureau for provided microloans in accordance with the laws of the Republic of Kazakhstan, as well as to the persons specified in paragraphs 4, 5, 5-1 and 6 of this article.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Data on credited parties, amounts of microcredits, on other terms of agreement on extension of microcredit, related to credited party, on operations, conducted by microfinance organization shall be issued to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) public authorities and officials performing criminal prosecution functions: in criminal cases under their jurisdiction, based on a written request authorised by the prosecutor;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) to the national security agencies and the State Security Service of the Republic of Kazakhstan with the sanction of the prosecutor at their request to provide information necessary for prevention, detection and suppression of intelligence and (or) subversive actions;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-2) to the assets recovery authority upon a written request signed by the senior executive or a person acting as such, with attached extract from the register approved in accordance with the Law of the Republic of Kazakhstan "On the return of illegally acquired assets to the state";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) courts: on cases, being in their proceeding on the basis of determination, regulation, decision and court verdict;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) public and private bailiffs: in cases of enforcement proceedings in their proceedings on the basis of the bailiff's decision authorized by the prosecutor, certified by the seal of the judicial authorities or by the seal of the private bailiff;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) prosecutor: on the basis of regulation on proceeding of verification within its competence on material, being in his (her) proceeding;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) state revenue authorities solely for tax administration purposes: on issues associated with the taxation of the audited person, based on a directive, credit bureaus on borrowers who are natural persons who are required to file declarations of assets and liabilities, income and property;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) to the representatives of the borrower: on the basis of a power of attorney, on a borrower who is an individual, on the basis of a notarized power of attorney;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) to the authorized body in the field of rehabilitation and bankruptcy: in respect of a person for which there is a legally effective court decision on bankruptcy, for a period of five years prior to initiation of a bankruptcy case and (or) rehabilitation with the sanction of the prosecutor;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) to the authorized body in public administration for restoring the solvency and bankruptcy of citizens of the Republic of Kazakhstan: upon request in respect of a citizen who filed a request for the application of the procedures prescribed by the Law of the Republic of Kazakhstan "On the restoration of solvency and bankruptcy of citizens of the Republic of Kazakhstan", for a period of three years prior to such request;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) to the financial manager: upon request in respect of the citizen, in relation to which a case has been initiated on the application of the procedure for restoring solvency or judicial bankruptcy with the sanction of the prosecutor. In order to confirm the authority, a court ruling on initiating a case on the application of the procedure shall be attached to the request.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Data on credited party, amount of microcredit, on other conditions of agreement on extension of microcredit, related to credited party, in case of death of credited party, besides the persons, provided in paragraph 4 of this Article, shall be also issued on the basis of written request to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) persons, mentioned by credited party in testament;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) notaries: for hereditary cases in their production on the basis of an application from a notary;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) foreign consular institutions: on probate cases, being in their proceeding.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-1. The secret of providing a microloan may be disclosed to the microfinance ombudsman upon appeals from borrowers - individuals under consideration for the settlement of disagreements arising from the agreement on the provision of a microloan, including the rights (claims) under which are assigned to the person specified in paragraph 4 and part one of paragraph 5 of Article 9-1 of this Law.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Extension of microcredit shall not be disclosure of secret as follows:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) delivery of adverse information by microfinance organizations to credit bureau and delivery of adverse information by credit bureau on a subject of credit history in the part of past-due debt more than one hundred eighty calendar days;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) provision by the persons specified in the first part of paragraph 5 of Article 9-1 of this Law of information under the agreement on the provision of microloan (issued microloan to the persons specified in paragraph 4 and the first part of paragraph 5 of Article 9-1 of this Law, when assigning (reassigning) rights (requirements) under the agreement on the provision of microloan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) provision by persons specified in part one of paragraph 5 of Article 9-1 of this Law of information on a microloan to a collection agency within the framework of an agreement, the subject of which is the provision of services for pre-trial collection and settlement of debt, as well as the collection of information related to the debt of the borrower concluded with this collection agency, or a service company within the framework of a trust management agreement in accordance with Article 9-1 of this Law;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) exchange of information, including information constituting the secret of providing a microcredit, between the National Bank of the Republic of Kazakhstan and the authorized body;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) submission by an official of a state body or a person performing managerial functions in a microfinance organization, of documents and information containing the secret of providing a microcredit, as supporting documents and materials when sending a report on a criminal offense to the criminal prosecution body;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) exchange of information on payment transactions with signs of fraud, constituting confidential microloan information, between the centre for the exchange of data on payment transactions with signs of fraud, microfinance organisations, other financial organisations, and payment organisations, mobile operators, criminal prosecution authorities, national security and law enforcement agencies, the National Bank of the Republic of Kazakhstan, the authorised body.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Footnote. Article 20 is excluded by the Law of the Republic of Kazakhstan dated 02.01.2021 № 399-VI (effective from 01.01.2021).</w:t>
+        <w:t>      Footnote: Article 21 as amended by the Laws of the Republic of Kazakhstan dated 07.03.2014 No 177-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 29.09.2014 № 239-V (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 28.11.2014 № 257 (the order of enforcement see sub-point 12) of Art. 10); dated 29.12.2014 № 269-V (shall be enforced from 01.01.2015); dated 24.11.2015 № 422-V (shall be enforced from 01.01.2016); dated 28.12.2016 № 36-VІ (shall be enforced upon expiry of two months after the day its first official publication); dated 06.05.2017 № 63-VI (shall be enforced upon expiry of twenty one calendar days after the day its first official publication); № 217-VI of 21.01.2019 (shall be enforced upon the expiration of three months after its first official publication); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 04.07.2022 № 133-VII (shall enter into force upon expiry of sixty calendar days after the day of its first official publication); dated 14.07.2022 № 141-VII (shall enter into force upon expiry of ten calendar days after the day of its first official publication); dated 30.12.2022 № 179-VII (shall be enforced sixty calendar days after the date of its first official publication); dated 12.07.2023 № 23-VIII (shall be enforced sixty calendar days after the date of its first official publication); dated 19.06.2024 № 97-VIII (enters into force sixty calendar days after the date of its first official publication); № 205-VIII of 30.06.2025 (shall become effective sixty calendar days after the date of its first official publication); № 207-VIII of 15.07.2025 (shall enter into force sixty calendar days after the date of its first official publication); № 210-VIII of 16.07.2025 (shall be enacted sixty calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Article 21. Secret of extension of microcredit</w:t>
-[...485 lines deleted...]
-      5) submission by an official of a state body or a person performing managerial functions in a microfinance organization, of documents and information containing the secret of providing a microcredit, as supporting documents and materials when sending a report on a criminal offense to the criminal prosecution body.</w:t>
+        <w:t xml:space="preserve"> Article 22. Maintenance of business accounting and composition of financial accountability</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Accounting and financial reporting by a microfinance organization, automation of accounting are carried out in accordance with the regulatory legal acts of the National Bank of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote: Article 21 as amended by the Laws of the Republic of Kazakhstan dated 07.03.2014 No 177-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 29.09.2014 № 239-V (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 28.11.2014 № 257 (the order of enforcement see sub-point 12) of Art. 10); dated 29.12.2014 № 269-V (shall be enforced from 01.01.2015); dated 24.11.2015 № 422-V (shall be enforced from 01.01.2016); dated 28.12.2016 № 36-VІ (shall be enforced upon expiry of two months after the day its first official publication); dated 06.05.2017 № 63-VI (shall be enforced upon expiry of twenty one calendar days after the day its first official publication); № 217-VI of 21.01.2019 (shall be enforced upon the expiration of three months after its first official publication); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 04.07.2022 № 133-VII (shall enter into force upon expiry of sixty calendar days after the day of its first official publication); dated 14.07.2022 № 141-VII (shall enter into force upon expiry of ten calendar days after the day of its first official publication); dated 30.12.2022 № 179-VII (shall be enforced sixty calendar days after the date of its first official publication); dated 12.07.2023 № 23-VIII (shall be enforced sixty calendar days after the date of its first official publication); dated 19.06.2024 № 97-VIII (enters into force sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 22 as amended by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Article 22. Maintenance of business accounting and composition of financial accountability</w:t>
-[...17 lines deleted...]
-      Accounting and financial reporting by a microfinance organization, automation of accounting are carried out in accordance with the regulatory legal acts of the National Bank of the Republic of Kazakhstan.</w:t>
+        <w:t xml:space="preserve"> Article 23. Documents custody</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Documents custody, linked with activity of microfinance organization shall be carried out in accordance with the legislation of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Article 24. Prohibition on activity on extension of microcredits and incorrect advertisement</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Legal entities that are not registered as microfinance organizations, credit partnerships, pawnshops are not entitled to carry out entrepreneurial activities to provide microcredits.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Microfinance organizations are prohibited from:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) advertising of their activities, which does not correspond to reality on the day of its publication;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) advertising related to the offer of microcredit on terms that do not comply with the legislation of the Republic of Kazakhstan on microfinance activities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1. When distributing and/or placing advertisements containing data on microloan interest rates, microfinance organisations shall indicate the annual effective interest rate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-2. Upon distribution of advertising containing information on microloan interest rates, including upon publication, the annual effective interest rate shall be specified in numerical terms, in a form identical in size and font style to other interest rates. It shall be prohibited to specify the annual effective interest rate in a font smaller than that used to specify other information in the advertisement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. The authorized body has the right to demand that a microfinance organization makes changes to advertising that does not correspond to reality, its termination and (or) publication of its denial.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      If this requirement is not met within the time period established by the authorized body, the authorized body has the right to publish information on the discrepancy between the validity of the information contained in the advertisement, or to clarify them at the expense of the microfinance organization that published such an advertisement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Legal entities that do not have a license to carry out microfinance activities shall be prohibited from advertising services rendered that fall under the category of microfinance activities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 22 as amended by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020).</w:t>
+        <w:t>      Footnote. Article 24 as amended by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 02.01.2021 № 399-VI (effective from 01.01.2021); № 205-VIII of 30.06.2025 (shall go into effect sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Article 25. Reorganization and liquidation of microfinance organizations</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. The reorganization and liquidation of microfinance organizations shall be carried out in accordance with the procedure provided for by the Laws of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Reorganization of the microfinance organization in the form of conversion into a bank shall be carried out taking into account the peculiarities provided for by this Law.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. The voluntary reorganization of a microfinance organization in the form of conversion into a bank (hereinafter referred to as the conversion of a microfinance organization into a bank) shall mean a set of measures aimed at changing the activities of a microfinance organization in order to obtain the status of a bank and carry out activities in accordance with the requirements established by this Law and the Law of the Republic of Kazakhstan "On banks and banking activities in the Republic of Kazakhstan."</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Only microfinance organizations operating in the form of a joint-stock company shall be subject to conversion of a microfinance organization into a bank.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      A bank created as a result of the conversion of a microfinance organization into a bank shall be the successor of all its rights (requirements) and obligations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. The state re-registration of the microfinance organization into a bank as part of the conversion of the microfinance organization into a bank shall be carried out by the State corporation "Government for citizens" on the basis of the permission of the authorized body for the voluntary reorganization of the microfinance organization in the form of conversion into a bank and the report approved by it on the implementation of measures provided for by the action plan for the conversion of the microfinance organization into a bank.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Article 25 - as amended by the Law of the Republic of Kazakhstan dated 12.07.2022 № 138-VII (shall enter into force upon expiry of sixty calendar days after the day of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...18 lines deleted...]
-      Documents custody, linked with activity of microfinance organization shall be carried out in accordance with the legislation of the Republic of Kazakhstan.</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Article 25-1. Authorization of the authorized body to convert a microfinance organization into a bank</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. The conversion of the microfinance organization into a bank shall be carried out by decision of the general meeting of shareholders of the microfinance organization with the permission of the authorized body.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The application for issuing a permit to convert a microfinance organization into a bank must be considered by the authorized body within sixty-five working days from the date of submission of documents established by the regulatory legal act of the authorized body.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The procedure for issuing a permit for voluntary reorganization of a microfinance organization in the form of conversion into a bank, as well as the list of documents necessary for issuing a permit of an authorized body for voluntary reorganization of a microfinance organization in the form of conversion into a bank, are determined by a regulatory legal act of the authorized body.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The authorized body, simultaneously with the issuance of permission to convert a microfinance organization into a bank, issues permits and consents in accordance with the procedure provided for by Articles 11-1 and 17-1 of the Law of the Republic of Kazakhstan "On banks and banking activities in the Republic of Kazakhstan."</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. The permission to convert a microfinance organization into a bank shall have the legal force until the authorized body decides to issue a banking license to the bank.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. The issued permission to convert a microfinance organization into a bank shall be considered canceled in the following cases:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) making a decision by the microfinance organization to voluntarily terminate its activities by reorganizing in another form or liquidation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) making a decision by the court to terminate the activities of a microfinance organization;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) failure to obtain a license to conduct banking or other operations in the manner prescribed by Article 26 of the Law of the Republic of Kazakhstan "On banks and banking activities in the Republic of Kazakhstan."</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      In the cases provided for in the first part of this paragraph, the permits previously issued in accordance with the procedure stipulated by Articles 11-1 and 17-1 of the Law of the Republic of Kazakhstan "On banks and banking activities in the Republic of Kazakhstan" shall be considered canceled.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Chapter 3 as added by Article 25-1 in accordance with the Law of the Republic of Kazakhstan dated 12.07.2022 № 138-VII (shall enter into force upon expiry of sixty calendar days after the day of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...126 lines deleted...]
-      4. Legal entities that do not have a license to carry out microfinance activities shall be prohibited from advertising services rendered that fall under the category of microfinance activities.</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Article 25-2. Grounds for refusal to issue a permit to convert a microfinance organization into a bank</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Refusal to issue a permit to convert a microfinance organization into a bank shall be made on any of the following grounds:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) non-compliance of the bank's name with the requirements of Article 15 of the Law of the Republic of Kazakhstan "On banks and banking activities in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) instability of financial position of shareholders of the microfinance organization.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The instability of the financial situation shall be understood as the presence of signs established by paragraph 10 of Article 17-1 of the Law of the Republic of Kazakhstan "On banks and banking activities in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) in cases when the individual shareholder or the first head of the executive body or management body of the legal entity shareholder:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      has an outstanding or unexplained criminal record;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      served as the first head of the governing body, the first head of the executive body or its deputy, chief accountant of a financial institution, including a non-resident financial institution of the Republic of Kazakhstan, for a period not more than one year before the adoption by the authorized body or body of the financial supervision of the state, the resident of which shall be the non-resident financial institution of the Republic of Kazakhstan of the decision to classify the bank as insolvent banks or forced redemption of its shares, on the deprivation of the license of a financial institution, including a non-resident financial institution of the Republic of Kazakhstan, which entailed their liquidation and (or) the termination of activities in the financial market, or the entry into force of a court decision on the forced liquidation of a financial institution, including a non-resident financial institution of the Republic of Kazakhstan, or its recognition as bankrupt in accordance with the procedure established by the legislation of the Republic of Kazakhstan or the legislation of the state, the resident of which shall be a non-resident financial institution of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      This requirement shall apply within five years after the decision of the authorized body or financial supervisory body of the state, the resident of which shall be the non-resident financial institution of the Republic of Kazakhstan, to classify the bank as insolvent banks or to forcibly redeem its shares, to deprive the license of the financial institution, including the non-resident financial institution of the Republic of Kazakhstan, resulting in their liquidation and (or) the termination of activities in the financial market, or the entry into force of a court decision on the forced liquidation of a financial institution, including a non-resident financial institution of the Republic of Kazakhstan, or its recognition as bankrupt in accordance with the procedure established by the legislation of the Republic of Kazakhstan or the legislation of the state, the resident of which shall be a non-resident financial institution of the Republic of Kazakhstan. For the purposes of this subparagraph, a financial institution shall also mean a branch of a non-resident bank of the Republic of Kazakhstan, a branch of an insurance (reinsurance) organization - non-resident of the Republic of Kazakhstan, a branch of an insurance broker - non-resident of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) non-compliance with the requirements established by Article 17 of the Law of the Republic of Kazakhstan "On banks and banking activities in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) refusal to issue consent by the authorized body to acquire the status of a major participant in a bank, banking holding in accordance with Article 17-1 of the Law of the Republic of Kazakhstan "On banks and banking activities in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) refusal to issue a permit to establish (acquire) a subsidiary of a banking holding in accordance with Article 11-1 of the Law of the Republic of Kazakhstan "On banks and banking activities in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) the bank's business plan and other documents submitted by the applicant shall not show that:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      after the first three financial (operating) years, the bank's activities shall be profitable;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      the bank shall intend to comply with the requirements for risk limitation and establish an appropriate management structure;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      the bank shall have an organizational, accounting and control structure corresponding to its business plans;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) failure to eliminate the comments of the authorized body on the submitted documents within the period established by him;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) non-compliance of the plan of measures for the conversion of a microfinance organization into a bank with the requirements provided for by Article 25-3 of this Law;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) financial forecast of the consequences of the conversion of a microfinance organization into a bank shall imply a deterioration in the financial condition of a microfinance organization due to the conversion of a microfinance organization into a bank and (or) non-compliance with prudential standards by a banking conglomerate, which shall include a bank and (or) a banking holding;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) failure of the microfinance organization to comply with the established prudential standards and (or) other mandatory standards and limits within the last three months preceding the date of submission of the application for issuing a permit to convert the microfinance organization into a bank and (or) during the period of consideration of the application;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) the microfinance organization shall have a valid limited measure of influence provided for in subparagraph 1) of the first part of paragraph 2 of Article 28 of this Law, and (or) administrative penalties for administrative offenses provided for in the first part, 3-1, the fourth part of Article 211 and the third part of Article 227 of the Code of administrative offenses of the Republic of Kazakhstan, as of the date of submission of the application and during the consideration of documents;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) non-compliance with the conditions of Article 25-1 of this Law, Articles 18 and 21 of the Law of the Republic of Kazakhstan "On banks and banking activities in the Republic of Kazakhstan."</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. The authorized body shall be obliged to notify the applicant in writing about the grounds for refusal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. The authorized body shall revoke the issued permission to convert the microfinance organization into a bank in case of revealing inaccurate information on the basis of which the permission was issued.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      When revoking a permit to convert a microfinance organization into a bank or a microfinance organization voluntarily returns this permit, the authorized body decides to cancel the previously issued permit within two months from the date of discovery of the fact that is the basis for revoking the permit, or the microfinance organization submits an application for voluntary return of the permit.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The microfinance organization shall have the right to voluntarily return the permission issued to it to convert the microfinance organization into a bank before the expiration of the conversion period specified in the permission of the authorized body to convert the microfinance organization into a bank.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      When the microfinance organization voluntarily returns permission to convert the microfinance organization into a bank, the previously issued permission to convert the microfinance organization into a bank and permits issued in accordance with Articles 11-1 and 17-1 of the Law of the Republic of Kazakhstan "On banks and banking activities in the Republic of Kazakhstan" shall be considered canceled.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 24 as amended by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 02.01.2021 № 399-VI (effective from 01.01.2021).</w:t>
+        <w:t>      Footnote. Chapter 3 as added by Article 25-2 in accordance with the Law of the Republic of Kazakhstan dated 12.07.2022 № 138-VII (shall enter into force upon expiry of sixty calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Article 25. Reorganization and liquidation of microfinance organizations</w:t>
-[...107 lines deleted...]
-      3. The state re-registration of the microfinance organization into a bank as part of the conversion of the microfinance organization into a bank shall be carried out by the State corporation "Government for citizens" on the basis of the permission of the authorized body for the voluntary reorganization of the microfinance organization in the form of conversion into a bank and the report approved by it on the implementation of measures provided for by the action plan for the conversion of the microfinance organization into a bank.</w:t>
+        <w:t>Article 25-3. Action plan for conversion of a microfinance organization into a bank</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Action plan for conversion of a microfinance organization into a bank shall be approved by the board of directors of a microfinance organization.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. The action plan for the conversion of a microfinance organization into a bank shall contain a detailed description of the following measures, including the timing of their implementation:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) development of standard terms of agreements on bank banking operations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) publication of the conversion announcement in periodicals distributed throughout the Republic of Kazakhstan in Kazakh and Russian, and place on the Internet resource of a microfinance organization;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) revision and change of corporate governance and internal policies and procedures, other internal documents of the microfinance organization, taking into account new types of activities;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) determination of the managers of the microfinance organization responsible for the implementation of the action plan for the conversion of the microfinance organization into a bank;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) carrying out work with clients under contracts on the provision of microcredit in accordance with Article 25-4 of this Law;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) carrying out all organizational and technical measures, including the preparation of premises, equipment and software for automating accounting and general ledger maintenance that meet the requirements of regulatory legal acts of the authorized body and the National Bank of the Republic of Kazakhstan, finalizing software for bank banking and other operations, preparing draft staffing lists indicating names and patronymics (if they are specified in the identity document) of employees for hiring relevant personnel, rules for carrying out banking and other activities, regulations on the internal audit service, credit committee;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 25 - as amended by the Law of the Republic of Kazakhstan dated 12.07.2022 № 138-VII (shall enter into force upon expiry of sixty calendar days after the day of its first official publication).</w:t>
+        <w:t>      7) excluded by Law of the Republic of Kazakhstan № 205-VIII of 30.06.2025 (shall come into force on the day of its first official publication);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) approval of candidates for positions of bank executives in accordance with Article 20 of the Law of the Republic of Kazakhstan "On banks and banking activities in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) submission to the authorized body of a report on the implementation of the measures provided for in paragraphs 1), 2), 3), 4), 5), 6), 7) and 8) of this paragraph;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) applying to the State corporation "Government for citizens" with an application for state re-registration of a microfinance organization with a bank;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) after the state re-registration of the microfinance organization with the bank, approval of the rules for the implementation of banking and other activities, the staffing table indicating the names, names and patronymics (if any in the identity document) of employees, approval by the bank's board of directors of the regulation on the internal audit service, credit committee;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) applying to the authorized body with an application for issuing a license for banking and other operations of the bank;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) the planned period of conversion of the microfinance organization into a bank, which should not exceed the period specified in paragraph 4 of Article 25-4 of this Law;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) other measures necessary for the conversion of a microfinance organization into a bank.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. No later than two months before the end of the conversion period specified in the authorization of the authorized body, the microfinance organization shall submit to the authorized body a report on the implementation of the measures provided for by the action plan for converting the microfinance organization into a bank, with the attachment of documents confirming the implementation of the measures.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. If there are comments to the report specified in paragraph 3 of this Article, the authorized body shall have the right to demand that the microfinance organization carry out additional measures and (or) provide additional information and documents. The microfinance organization shall be obliged to take into account the comments of the authorized body (to perform the required additional measures and (or) provide additional information and documents) and re-submit to the authorized body a report on the implementation of the measures provided for by the action plan for converting the microfinance organization into a bank, with the attachment of supporting documents within the period established by the authorized body.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. The authorized body shall approve or refuse to approve the report on the implementation of the measures provided for by the action plan for the conversion of the microfinance organization into a bank within two months from the date of its submission to the authorized body.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Chapter 3 as added by Article 25-3 in accordance with the Law of the Republic of Kazakhstan dated 12.07.2022 № 138-VII (shall enter into force upon expiry of sixty calendar days after the day of its first official publication); № 205-VIII of 30.06.2025 (shall come into force on the day of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Article 25-1. Authorization of the authorized body to convert a microfinance organization into a bank</w:t>
-[...179 lines deleted...]
-      In the cases provided for in the first part of this paragraph, the permits previously issued in accordance with the procedure stipulated by Articles 11-1 and 17-1 of the Law of the Republic of Kazakhstan "On banks and banking activities in the Republic of Kazakhstan" shall be considered canceled.</w:t>
+        <w:t>Article 25-4. Activities of a microfinance organization during its conversion into a bank</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. During the conversion period, the microfinance organization shall be obliged to carry out the measures stipulated by the action plan for the conversion of the microfinance organization into a bank.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. The microfinance organization shall within ten working days after obtaining the permission of the authorized body to convert the microfinance organization into a bank:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) publish in periodicals distributed throughout the Republic of Kazakhstan, and place on the Internet resource of the microfinance organization (if any) an announcement on the conversion of the microfinance organization into a bank in Kazakh and Russian;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) send a notification to the clients of the microfinance organization in the way provided for by the agreement on the provision of microloan, on the conversion of the microfinance organization to the bank, indicating the list of planned banking and other operations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. It shall be prohibited for a microfinance organization to enter into new agreements on the provision of microloan and carry out other activities provided for by this Law, and to amend the conditions of contracts concluded with clients on the provision of microloan, with the exception of changing the conditions towards their improvement for borrowers, after state re-registration with the bank.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. The period of conversion of a microfinance organization to a bank cannot exceed one year. This period shall be suspended by the authorized body for the period of consideration of the report on the implementation of measures provided for by the action plan for converting the microfinance organization into a bank and eliminating the comments of the authorized body by the microfinance organization in accordance with paragraph 4 of Article 25-3 of this Law.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Chapter 3 as added by Article 25-1 in accordance with the Law of the Republic of Kazakhstan dated 12.07.2022 № 138-VII (shall enter into force upon expiry of sixty calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Chapter 3 as added by Article 25-4 in accordance with the Law of the Republic of Kazakhstan dated 12.07.2022 № 138-VII (shall enter into force upon expiry of sixty calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Article 25-2. Grounds for refusal to issue a permit to convert a microfinance organization into a bank</w:t>
-[...467 lines deleted...]
-      When the microfinance organization voluntarily returns permission to convert the microfinance organization into a bank, the previously issued permission to convert the microfinance organization into a bank and permits issued in accordance with Articles 11-1 and 17-1 of the Law of the Republic of Kazakhstan "On banks and banking activities in the Republic of Kazakhstan" shall be considered canceled.</w:t>
+        <w:t>Article 25-5. State re-registration of a microfinance organization and issuance of a license for banking and other banking operations</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. After approval by the authorized body of the report specified in paragraph 3 of Article 25-3 of this Law, the microfinance organization shall be obliged to contact the State Corporation "Government for citizens" for state re-registration of the microfinance organization to the bank.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. The previously issued license for microfinance activities shall cease to be valid from the moment of state re-registration of the microfinance organization to the bank.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. The microfinance organization shall be obliged not later than thirty calendar days before the end of the conversion period specified in the permission of the authorized body to apply to the authorized body with an application for a license to conduct banking and other operations in the manner prescribed by Article 26 of the Law of the Republic of Kazakhstan "On banks and banking activities in the Republic of Kazakhstan."</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Refusal to issue a license for banking or other operations is made in cases provided for by Article 27 of the Law of the Republic of Kazakhstan "On banks and banking activities in the Republic of Kazakhstan."</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Since the issue of a license to the microfinance organization to conduct banking and other operations of the bank, the conversion of the microfinance organization to the bank is considered completed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Chapter 3 as added by Article 25-2 in accordance with the Law of the Republic of Kazakhstan dated 12.07.2022 № 138-VII (shall enter into force upon expiry of sixty calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Chapter 3 as added by Article 25-5 in accordance with the Law of the Republic of Kazakhstan dated 12.07.2022 № 138-VII (shall enter into force upon expiry of sixty calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...343 lines deleted...]
-      5. The authorized body shall approve or refuse to approve the report on the implementation of the measures provided for by the action plan for the conversion of the microfinance organization into a bank within two months from the date of its submission to the authorized body.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chapter 4. STATE REGULATION OF MICROFINANCE ORGANIZATIONS, CONTROL AND SUPERVISION OF THEIR ACTIVITY Article 26. Prudential regulations and other compulsory norms and limits, established for microfinance organization</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Prudential regulations and other compulsory norms and limits shall contain as follows:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) minimum charter capital;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) minimum amount of owned capital;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) sufficiency of owned capital;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) maximum risk dimension for one credited party;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) leverage ratios;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) the borrower's debt burden ratio;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) the borrower's debt-to-income ratio.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Chapter 3 as added by Article 25-3 in accordance with the Law of the Republic of Kazakhstan dated 12.07.2022 № 138-VII (shall enter into force upon expiry of sixty calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Article 26 as amended by the Law of the Republic of Kazakhstan dated 19.06.2024 № 97-VIII (enters into force sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...112 lines deleted...]
-      4. The period of conversion of a microfinance organization to a bank cannot exceed one year. This period shall be suspended by the authorized body for the period of consideration of the report on the implementation of measures provided for by the action plan for converting the microfinance organization into a bank and eliminating the comments of the authorized body by the microfinance organization in accordance with paragraph 4 of Article 25-3 of this Law.</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Article 27. Competence of the authorised body</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Chapter 3 as added by Article 25-4 in accordance with the Law of the Republic of Kazakhstan dated 12.07.2022 № 138-VII (shall enter into force upon expiry of sixty calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. The title of Article 27 as amended by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); № 205-VIII of 30.06.2025 (shall come into force sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...94 lines deleted...]
-      5. Since the issue of a license to the microfinance organization to conduct banking and other operations of the bank, the conversion of the microfinance organization to the bank is considered completed.</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The authorized body shall:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) conduct record registration;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Chapter 3 as added by Article 25-5 in accordance with the Law of the Republic of Kazakhstan dated 12.07.2022 № 138-VII (shall enter into force upon expiry of sixty calendar days after the day of its first official publication).</w:t>
+        <w:t>      2) excluded by the Law of the Republic of Kazakhstan dated 02.01.2021 № 399-VI (effective from 01.01.2021);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...306 lines deleted...]
-</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) adopt normative legal acts in the field of microfinance regulation that are binding on organisations engaged in microfinance activities in conformity with the purpose and objectives set forth in paragraphs 1 and 2 of Article 2-1 hereof and the legislation of the Republic of Kazakhstan. The list of subordinate normative legal acts shall be set forth in the regulations on the authorised body;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) develops and approves prudential standards and other mandatory standards and limits for a microfinance organization, a methodology for their calculation in relation to the corresponding type of microfinance activity;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -12100,51 +12938,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 27 as amended by the Law of the Republic of Kazakhstan dated 10.06.2014 № 206-V (shall be enforced upon expiry of six months after the day its first official publication); dated 02.07.2018 № 168-VI (shall be enforced upon expiration of ten calendar days from the date of its first official publication); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 03.07.2020 № 359-VI (effective from 01.01.2021); dated 02.01.2021 № 399-VI (effective from 01.01.2021); dated 12.07.2022 № 138-VII (shall enter into force upon expiry of sixty calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Article 27 as amended by the Law of the Republic of Kazakhstan dated 10.06.2014 № 206-V (shall be enforced upon expiry of six months after the day its first official publication); dated 02.07.2018 № 168-VI (shall be enforced upon expiration of ten calendar days from the date of its first official publication); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 03.07.2020 № 359-VI (effective from 01.01.2021); dated 02.01.2021 № 399-VI (effective from 01.01.2021); dated 12.07.2022 № 138-VII (shall enter into force upon expiry of sixty calendar days after the day of its first official publication); № 205-VIII of 30.06.2025 (shall be put into effect sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -13319,93 +14157,135 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) holding any position in a microfinance organization, collection agency, authorized body, the National Bank of the Republic of Kazakhstan, the presence of signs of affiliation of the microfinance ombudsman with a microfinance organization and (or) collection agency, holding by close relatives, spouse and (or) in-laws the position of the head of the authorized body, the National Bank of the Republic of Kazakhstan or their deputies, as well as the head of a structural division of the authorized body, the National Bank of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) repeated (three or more times within twelve consecutive calendar months) violation of the requirements of this Law and the internal rules of the microfinance ombudsman.</w:t>
+      3) repeated (three or more times within twelve consecutive calendar months) infringement of the requirements hereof.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Early termination of the powers of the microfinance ombudsman on his initiative shall be carried out on the basis of a written notice to the council of representatives.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       A written notice shall be submitted to the council of representatives at least one month before the termination of powers in the manner established by the internal rules of the microfinance ombudsman.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Article 29-1 as amended by Law of the Republic of Kazakhstan № 205-VIII of 30.06.2025 (shall take effect sixty calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Article 29-2. Requirements for the microfinance ombudsman</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -13498,69 +14378,129 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) recognized by a court in the manner prescribed by the law of the Republic of Kazakhstan as incompetent or partially incompetent;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) who is under dynamic observation with mental behavioral disorders (diseases), including those caused by the use of psychoactive substances, in mental health service organizations.</w:t>
+      6) who is under dynamic observation with mental behavioral disorders (diseases), including those caused by the use of psychoactive substances, in mental health service organizations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) not fluent in the official language.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. The microfinance ombudsman shall not have the right to hold any position in a microfinance organization and (or) a collection agency, have close relatives, a spouse and (or) relatives-in-law working as the head of the authorized body, the National Bank of the Republic of Kazakhstan or their deputies, as well as the head of a structural division of the authorized body, the National Bank of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Article 29-2 as amended by Law of the Republic of Kazakhstan № 205-VIII of 30.06.2025 (shall come into force sixty calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Article 29-3. Procedure for making decisions by the microfinance ombudsman</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -14162,51 +15102,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The microfinance ombudsman shall bear responsibility established by the laws of the Republic of Kazakhstan for the disclosure of information obtained in the course of carrying out his activities.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      In the event of failure by the microfinance ombudsman to comply with the requirements stipulated by paragraph 1 of this article and this paragraph, the council of representatives shall terminate his powers early.</w:t>
+      Should the microfinance ombudsman fail to observe the requirements set forth in part one of this paragraph, the council of representatives shall be entitled to consider the early termination of the microfinance ombudsman's powers.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. The following information is posted on the microfinance ombudsman's website:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -14552,50 +15492,92 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) performs other functions related to the activities of the microfinance ombudsman, in accordance with this Law.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Article 29-4 as amended by Law of the Republic of Kazakhstan № 205-VIII of 30.06.2025 (shall take effect sixty calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 5. FINAL AND TRANSITIONAL PROVISIONS Article 30. Liability for breach of the legislation of the Republic of Kazakhstan on microfinance activities</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Breach of the legislation of the Republic of Kazakhstan on microfinance activities shall entail liability established by the laws of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
@@ -14931,79 +15913,79 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The microfinance organization shall notify the authorized body of the approval of financial products by the microfinance organization’s body authorized to approve financial products within ten working days from the date of their approval.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The list of financial products, of the approval of which the microfinance organization notifies the authorized body, the procedure for notifying the authorized body of the approval of financial products by the microfinance organization, as well as the list of documents attached to the notification, shall be defined by the regulatory legal acts of the authorized body.</w:t>
+      List of financial products, the approval thereof shall be notified by the microfinance organisation to the authorised body, the procedure for notifying the authorised body of the approval of financial products by a microfinance organisation, as well as the list of documents enclosed with the notification and information on the approved financial products specified in the notification, shall be governed by the regulatory legal acts of the authorised body.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Chapter 5 is supplemented by Article 31-1 in accordance with the Law of the Republic of Kazakhstan dated 16.05.2014 № 203-V (shall be enforced six months after the date of its first official publication); as amended by the Law of the Republic of Kazakhstan dated 02.01.2021 № 399-VI (effective from 01.01.2021).</w:t>
+        <w:t>      Footnote. Chapter 5 is supplemented by Article 31-1 in accordance with the Law of the Republic of Kazakhstan dated 16.05.2014 № 203-V (shall be enforced six months after the date of its first official publication); as amended by the Law of the Republic of Kazakhstan dated 02.01.2021 № 399-VI (effective from 01.01.2021); as amended by Law of the Republic of Kazakhstan № 205-VIII of 30.06.2025 (shall be enacted sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -15262,55 +16244,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>