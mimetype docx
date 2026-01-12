--- v1 (2025-11-26)
+++ v2 (2026-01-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="318eb27" w14:textId="318eb27">
+    <w:p w14:paraId="076eb7b" w14:textId="076eb7b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -151,63 +151,59 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>The Law of the Republic of Kazakhstan dated 26 November, 2012 № 56-V.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Unofficial translation</w:t>
       </w:r>
-    </w:p>
-[...11 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Footnote. The heading as amended by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (effective from 01.01.2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       This Law shall regulate public relations related to the provision of microloans, shall establish the peculiarities of the creation and reorganization of organizations engaged in microfinance activities, legal status, activities of organizations engaged in microfinance activities, and also shall define the peculiarities of state regulation of organizations engaged in microfinance activities, control and supervision of their activities.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -471,51 +467,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6-1) a major participant in an organization engaged in microfinance activities - an individual or legal entity that owns directly or indirectly ten or more percent of the shares in the authorized capital or voting (minus preferred) shares of an organization engaged in microfinance activities;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6-2) flawless business reputation - absence of an outstanding or unexpunged criminal record, including the absence of an effective court ruling on administering criminal punishment in the form of deprivation of the right to hold an executive employee position in a financial organization, banking and (or) insurance holding company and to be a major participant (major shareholder) of a financial institution for life;</w:t>
+      6-2) spotless business reputation - absence of unremoved or outstanding criminal record, including absence of  legally binding court order on the application of criminal punishment in the form of deprivation of the right to hold an executive position of a financial institution, banking and (or) insurance holding and to be a major participant (major shareholder) of a financial institution for life,  as well as absence of relations with third parties (control and influence of third parties), whose actions contributed to the legalization (laundering) of proceeds from crime, financing of terrorism and financing of the proliferation of weapons of mass destruction, based on information from the financial monitoring authority;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) an applicant - an individual or legal entity that has submitted an application to a microfinance organization for a microcredit;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -571,51 +567,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 1 as amended by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 03.07.2020 № 359-VI (effective from 01.01.2021); dated 02.01.2021 № 399-VI (effective from 01.01.2021); dated 04.07.2022 № 133-VII (shall enter into force upon expiry of sixty calendar days after the day of its first official publication); dated 19.06.2024 № 97-VIII (comes into force sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 1 as amended by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 03.07.2020 № 359-VI (effective from 01.01.2021); dated 02.01.2021 № 399-VI (effective from 01.01.2021); dated 04.07.2022 № 133-VII (shall enter into force upon expiry of sixty calendar days after the day of its first official publication); dated 19.06.2024 № 97-VIII (comes into force sixty calendar days after the date of its first official publication); dated 19.09.2025, № 219-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -1025,63 +1021,59 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Article 3. Microfinance activities, procedure and conditions for provision of microcredits</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Footnote. The title of Article 3, as amended by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020).</w:t>
       </w:r>
-    </w:p>
-[...11 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. is excluded by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Microfinance activities include:</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3589,51 +3581,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) inform the borrower (applicant) of his rights and obligations related to receiving a microloan, as well as possible consequences in case of failure to fulfill obligations under the agreement on the provision of a microloan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5-1) to inform the authorized body for financial monitoring in accordance with the Law of the Republic of Kazakhstan "On combating legalization (laundering) of proceeds from crime and financing of terrorism";</w:t>
+      5-1) give information to the financial monitoring authority in accordance with the Law of the Republic of Kazakhstan “On Combating Legalization (Laundering) of Proceeds from Crime, Financing of Terrorism and Financing of the Proliferation of Weapons of Mass Destruction”;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) keep a secret of extension of microcredit;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3811,51 +3803,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11-1) to refuse to provide microcredit in cases provided for by the Law of the Republic of Kazakhstan "On counteracting legalization (laundering) of criminal proceeds and financing of terrorism";</w:t>
+      11-1) refuse to grant a microloan in cases provided for by the Law of the Republic of Kazakhstan “On Combating Legalization (Laundering) of Proceeds from Crime, Financing of Terrorism and Financing of the Proliferation of Weapons of Mass Destruction”;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11-2) provide under the agreement on a microloan to military personnel on active military service a deferment of payment on the principal debt and remuneration for a period that includes the period of military service and 60 days after its completion, without accrual of remuneration on the microloan in the manner determined by the authorized body.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4163,51 +4155,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 7 as amended by the Laws of the Republic of Kazakhstan dated 10.06.2014 № 206-V (shall be enforced upon expiry of six months after the day its first official publication); dated 24.11.2015 № 422-V (the order of enforcement see Art. 2); dated 06.05.2017 № 63-VI (shall be enforced upon expiry of twenty one calendar days after the day its first official publication); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 27.12.2019 № 291-VІ (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 02.01.2021 № 399-VI (effective from 04.01.2021); dated 24.05.2021 № 43-VII (effective from 01.10.2021); dated 31.12.2021 № 100 (shall enter into force from 01.07.2022); dated 19.06.2024 № 97-VIII (for the procedure for entry into force, see Art. 2); № 205-VIII of 30.06.2025 (shall take effect sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 7 as amended by the Laws of the Republic of Kazakhstan dated 10.06.2014 № 206-V (shall be enforced upon expiry of six months after the day its first official publication); dated 24.11.2015 № 422-V (the order of enforcement see Art. 2); dated 06.05.2017 № 63-VI (shall be enforced upon expiry of twenty one calendar days after the day its first official publication); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 27.12.2019 № 291-VІ (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 02.01.2021 № 399-VI (effective from 04.01.2021); dated 24.05.2021 № 43-VII (effective from 01.10.2021); dated 31.12.2021 № 100 (shall enter into force from 01.07.2022); dated 19.06.2024 № 97-VIII (for the procedure for entry into force, see Art. 2); № 205-VIII of 30.06.2025 (shall take effect sixty calendar days after the date of its first official publication); dated 19.09.2025, № 219-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -4660,99 +4652,87 @@
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Article 9-1. Procedure for assignment of rights (claims) under a microloan agreement</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Footnote. The title of Article 9-1 as amended by the Law of the Republic of Kazakhstan dated 19.06.2024 № 97-VIII (enters into force sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
-    </w:p>
-[...11 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Excluded by the Law of the Republic of Kazakhstan dated 19.06.2024 № 97-VIII (enters into force sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
-    </w:p>
-[...11 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Excluded by the Law of the Republic of Kazakhstan dated 19.06.2024 № 97-VIII (enters into force sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
-    </w:p>
-[...11 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Excluded by the Law of the Republic of Kazakhstan dated 19.06.2024 № 97-VIII (comes into force sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. A microfinance organization shall be prohibited from making an assignment of the right (claim) under a microcredit contract concluded with an individual and secured by a mortgage in the form of a dwelling, with the exception of the assignment of the right (claim) to organizations, more than fifty percent of shares in the authorized capitals of which or the placed shares of which belong to the state, while respecting one of the following conditions:</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5252,51 +5232,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The requirements of this paragraph shall not apply to the cases provided for in paragraph 4 of this Article.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5-1.The assignment of rights (claims) under a microcredit agreement for which, as of the date of assignment, there are signs of impairment in accordance with international financial reporting standards, is carried out by a microfinance organization in compliance with the following conditions:</w:t>
+      5-1. The assignment of rights (claims) under a microcredit agreement for which, as of the date of assignment, there are signs of impairment in accordance with international financial reporting standards, is carried out by a microfinance organization in compliance with the following conditions:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) the person in whose favor the rights (claims) under the microcredit agreement are assigned is determined based on the results of trading in relation to these rights (claims) conducted by the microfinance organization on the electronic trading platform for the sale of banking and microfinance assets, with the exception of the assignment of rights (claims) to persons specified in paragraphs five, six and seven of part one of paragraph 5 of this article;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -7628,79 +7608,97 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) is a legal entity whose founder (shareholder, participant) or executive officer of which was previously the chief executive or founder (participant) of a microfinance organization in the period not more than one year prior to the adoption by the authorized body of the decision to deprive this microfinance organization of a license to carry out microfinance activities on the grounds referred to in subparagraphs 1), 2), 3), 4), 5), 6), 7) and 9) of paragraph 2 of Article 16 of this Law;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      3-1) is a legal entity whose beneficial owner, as defined in accordance with the Law of the Republic of Kazakhstan "On Combating Legalization (Laundering) of Proceeds from Crime, financing of terrorism and financing of the proliferation of weapons of mass destruction," has an unexpunged or outstanding criminal record for crimes in legalization (laundering) of proceeds from crime, terrorism financing and financing of the proliferation of weapons of mass destruction;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       4) have been previously either currently is a major participant - an individual or the first leader of a major participant - a legal entity; (or) manager of a financial institution, head or deputy head of a branch of a non-resident bank of the Republic of Kazakhstan, an insurance branch (reinsurance) non-resident organization of the Republic of Kazakhstan, a branch of a non-resident insurance broker of the Republic of Kazakhstan no more than one year before the decision was made by the authorized body to classify the bank, a non-resident bank branch of the Republic of Kazakhstan as insolvent banks, branches of non-resident banks of the Republic of Kazakhstan, depriving the license of a financial organization, a non-resident bank branch of the Republic of Kazakhstan, an insurance branch (reinsurance) non-resident organization of the Republic of Kazakhstan, a branch of a non-resident insurance broker of the Republic of Kazakhstan, or the entry into force of a court decision on the forced liquidation of a financial organization or declaring it bankrupt in accordance with the procedure established by the legislation of the Republic of Kazakhstan, or the entry into force of a court decision on the forced termination of the activities of a branch of a non-resident bank of the Republic of Kazakhstan, a branch of a non-resident insurance (reinsurance) organization of the Republic of Kazakhstan in cases established by Laws of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 14 as amended by the Law of the Republic of Kazakhstan dated 03.07.2020 № 359-VI (effective from 01.01.2021); as amended by the Law of the Republic of Kazakhstan dated 02.01.2021 № 399-VI (effective from 04.01.2021); № 43-VII dated 24.05.2021 (enforcement, Article 2); dated 12.07.2022 № 138-VII (shall enter into force upon expiry of sixty calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Article 14 as amended by the Law of the Republic of Kazakhstan dated 03.07.2020 № 359-VI (effective from 01.01.2021); as amended by the Law of the Republic of Kazakhstan dated 02.01.2021 № 399-VI (effective from 04.01.2021); № 43-VII dated 24.05.2021 (enforcement, Article 2); dated 12.07.2022 № 138-VII (shall enter into force upon expiry of sixty calendar days after the day of its first official publication); dated 19.09.2025, № 219-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -8068,51 +8066,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Article 15. Article 15. Grounds for denying a license to carry out microfinance activities</w:t>
+        <w:t xml:space="preserve"> Article 15. Grounds for denying a license to carry out microfinance activities</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Footnote. The heading of Article 15 as amended by the Law of the Republic of Kazakhstan dated 03.07.2020 № 359-VI (effective from 01.01.2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -8552,51 +8550,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) obstruction of audit, resulting in the impossibility of its conduct within the established time frames;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) repeated (two or more times within twelve consecutive calendar months) breach of the requirements provided for by the Law of the Republic of Kazakhstan On Counteraction of Legitimization (Laundering) of Incomes Received by Illegal Means, and Financing of Terrorism;</w:t>
+      7) recurrent (three or more times within twelve consecutive calendar months) violation of the requirements of the Law of the Republic of Kazakhstan "On Combating Legalization (Laundering) of Proceeds from Crime, financing of terrorism and financing of the proliferation of weapons of mass destruction";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) identification of false data and information in the documents submitted for obtaining a license for microfinance activities.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -9120,51 +9118,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 16 as amended by the Law of the Republic of Kazakhstan dated 03.07.2020 № 359-VI (effective from 01.01.2021); as amended by the Law of the Republic of Kazakhstan dated 02.01.2021 № 399-VI (effective from 01.01.2021); dated 12.07.2022 № 138-VII (shall enter into force upon expiry of sixty calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Article 16 as amended by the Law of the Republic of Kazakhstan dated 03.07.2020 № 359-VI (effective from 01.01.2021); as amended by the Law of the Republic of Kazakhstan dated 02.01.2021 № 399-VI (effective from 01.01.2021); dated 12.07.2022 № 138-VII (shall enter into force upon expiry of sixty calendar days after the day of its first official publication); dated 19.09.2025, № 219-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -12730,51 +12728,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) carry out verification of activity of microfinance organization;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6-1) monitors compliance of microfinance organizations with the requirements provided for by the legislation of the Republic of Kazakhstan on combating legalization (laundering) of proceeds from crime and financing of terrorism;</w:t>
+      6-1) monitor compliance by microfinance organizations with the requirements of the legislation of the Republic of Kazakhstan on combating legalization (laundering) of proceeds from crime, financing of terrorism and financing of the proliferation of weapons of mass destruction;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) files a lawsuit for compulsory reorganization or liquidation:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -12938,51 +12936,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 27 as amended by the Law of the Republic of Kazakhstan dated 10.06.2014 № 206-V (shall be enforced upon expiry of six months after the day its first official publication); dated 02.07.2018 № 168-VI (shall be enforced upon expiration of ten calendar days from the date of its first official publication); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 03.07.2020 № 359-VI (effective from 01.01.2021); dated 02.01.2021 № 399-VI (effective from 01.01.2021); dated 12.07.2022 № 138-VII (shall enter into force upon expiry of sixty calendar days after the day of its first official publication); № 205-VIII of 30.06.2025 (shall be put into effect sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 27 as amended by the Law of the Republic of Kazakhstan dated 10.06.2014 № 206-V (shall be enforced upon expiry of six months after the day its first official publication); dated 02.07.2018 № 168-VI (shall be enforced upon expiration of ten calendar days from the date of its first official publication); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 03.07.2020 № 359-VI (effective from 01.01.2021); dated 02.01.2021 № 399-VI (effective from 01.01.2021); dated 12.07.2022 № 138-VII (shall enter into force upon expiry of sixty calendar days after the day of its first official publication); № 205-VIII of 30.06.2025 (shall be put into effect sixty calendar days after the date of its first official publication); dated 19.09.2025, № 219-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -16022,63 +16020,62 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. The Law of the Republic of Kazakhstan dated March 6, 2003 “On microcredit organizations” (The Bulletin of the Parliament of the Republic of Kazakhstan, 2003, № 4, Article 23; 2006, № 11, Article 55; № 23, Article 140; 2010 № 7, Article 28; 2011, № 3, Article 32) shall be deemed to have lost force.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="3960"/>
+        <w:gridCol w:w="7768"/>
+        <w:gridCol w:w="4232"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7768" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -16091,51 +16088,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      The President </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7768" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -16143,51 +16140,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      of the Republic of Kazakhstan </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3960" w:type="dxa"/>
+            <w:tcW w:w="4232" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -16244,55 +16241,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>