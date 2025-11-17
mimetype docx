--- v0 (2025-10-01)
+++ v1 (2025-11-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="84b6a55" w14:textId="84b6a55">
+    <w:p w14:paraId="34a1902" w14:textId="34a1902">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -381,51 +381,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) illegal immigration – entry into Republic of Kazakhstan and stay of foreign persons and stateless persons in the Republic of Kazakhstan with violation of the legislation of the Republic of Kazakhstan regulating the procedure for entry and stay, as well as travel in transit within the territory of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) illegal immigrant – foreign person or stateless person entered into Republic of Kazakhstan and stayed in the Republic of Kazakhstan with violation of the legislation of the Republic of Kazakhstan, regulating the procedure of entry and stay, as well as transit travel  through the territory of the Republic of Kazakhstan;</w:t>
+      6) illegal immigrant – foreign person or stateless person entered into Republic of Kazakhstan and stayed in the Republic of Kazakhstan with violation of the legislation of the Republic of Kazakhstan, regulating the procedure of entry and stay, as well as transit travel through the territory of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6-1) intra–corporate transfer - a temporary transfer, for a period determined by an employment contract, but not more than three years, with the right to extend for one year, of a foreigner or a stateless person engaged in labor activity as a head, manager or specialist in a legal entity established on the territory of the country – a member of the World Trade Organization located and operating outside the territory of the Republic of Kazakhstan, to branches, subsidiaries, representative offices of this legal entity established on the territory of the Republic of Kazakhstan in accordance with the legislation of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -453,50 +453,68 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) immigrant – foreign person or stateless person arrived to the Republic of Kazakhstan for temporary or permanent residence;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      8-1) registration of an immigrant – mark by the internal affairs bodies of the Republic of Kazakhstan in the information system with details of the place and duration of the immigrant's temporary residence;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       9) migration – permanent or temporary, voluntary or compulsory transfer of individuals from one state to another, as well as within the state;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) migrant – a person entered into Republic of Kazakhstan and left from the Republic of Kazakhstan, as well as migrating within the Republic of Kazakhstan independently from the reasons and time duration;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1135,51 +1153,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 1 as amended by the Laws of the Republic of Kazakhstan dated 27.04.2012 № 15-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 13.06.2013 № 102-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 10.12.2013 № 153-V (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 12.06.2014 № 209-V (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 27.10.2015 № 365-V (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 24.11.2015 № 421-V (order of enforcement see subparagraph 1) of the paragraph1 of the article 2); dated 06.04 .2016 № 483-V (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 22.12.2016 № 28-VI (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 16.04.2018 № 147-VІ (shall be enforced upon expiry of ten calendar days after its first official publication); dated 25.11.2019 № 272-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 27.12.2019 № 292-VІ (the order of enforcement see Article 2); dated 13.05.2020 № 327-VІ (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 14.07.2022 № 141-VII (shall come into effect ten calendar days after the day of its first official publication); dated 26.12.2022 № 168-VII (effective sixty calendar days after the date of its first official publication); dated 19.04.2023 № 223-VII (shall be enforced ten calendar days after the date of its first official publication); dated 20.04.2023 № 226-VII (shall be enforced from 01.07.2023); dated 16.05.2024 № 82-VIII  (enacted  ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 1 as amended by the Laws of the Republic of Kazakhstan dated 27.04.2012 № 15-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 13.06.2013 № 102-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 10.12.2013 № 153-V (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 12.06.2014 № 209-V (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 27.10.2015 № 365-V (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 24.11.2015 № 421-V (order of enforcement see subparagraph 1) of the paragraph1 of the article 2); dated 06.04 .2016 № 483-V (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 22.12.2016 № 28-VI (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 16.04.2018 № 147-VІ (shall be enforced upon expiry of ten calendar days after its first official publication); dated 25.11.2019 № 272-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 27.12.2019 № 292-VІ (the order of enforcement see Article 2); dated 13.05.2020 № 327-VІ (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 14.07.2022 № 141-VII (shall come into effect ten calendar days after the day of its first official publication); dated 26.12.2022 № 168-VII (effective sixty calendar days after the date of its first official publication); dated 19.04.2023 № 223-VII (shall be enforced ten calendar days after the date of its first official publication); dated 20.04.2023 № 226-VII (shall be enforced from 01.07.2023); dated 16.05.2024 № 82-VIII (enacted ten calendar days after the date of its first official publication); dated 17.07.2025 № 213-VIII (shall be enforced ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -1201,67 +1219,110 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Legislation of the Republic of Kazakhstan in the field of migration of population is based on the Constitution of the Republic of Kazakhstan and consists of this Law, other regulatory legal acts.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. If international treaty ratified by the Republic of Kazakhstan establishes other rules than those provided in this Law, the rules of international treaty shall be applied.</w:t>
+      2. International treaties ratified by the Republic of Kazakhstan shall take precedence over this Law. The procedure and conditions for the application of international treaties to which the Republic of Kazakhstan is a party shall be determined by the legislation of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Article 2 as amended by the Law of the Republic of Kazakhstan dated 30.06.2025 № 203-VIII (shall be enforced ten calendar days after the day of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> Article 3. Main types of migration</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Article 3. Main types of migration</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Depending on the purpose of entry into the territory of the Republic of Kazakhstan and stay in the territory of the Republic of Kazakhstan, the following main types of immigration shall be distinguished:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1314,608 +1375,723 @@
       3) for the purpose of receipt of education;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) on humanitarian and political motives.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Article 4. Main purposes, objectives, and principles of this Law</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. The main purposes of this Law are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) to regulate the status of migrants in the Republic of Kazakhstan, as well as to protect their rights, freedoms, and legitimate interests;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) regulating migration processes and combating illegal migration;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) creating conditions for the integration of migrants into Kazakhstani society;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) protecting the labor rights of migrants and combating labor exploitation. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. The main objectives of this Law are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) to organize the rational settlement of kandas, taking into account the interests of demographic and socio-economic development of the regions;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) to attract highly qualified foreign labor for employment in the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) to protect the domestic labor market by imposing quotas on the recruitment of foreign labor;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ensuring the integration of Kazakhstan into the international labor market;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) developing cooperation between the Republic of Kazakhstan and other states with a view to preventing and averting conflicts that could lead to mass migration of the population;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) optimizing internal migration flows and ensuring the rational settlement of migrants throughout the country;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) supporting and developing relations with former compatriots and ethnic Kazakhs living abroad, including in the field of cultural cooperation and information provision;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) facilitating the resettlement of ethnic Kazakhs to their historical homeland;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) international cooperation in the field of migration regulation, prevention, and suppression of illegal immigration.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. The main principles of this Law are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) recognition and guarantee of the rights and freedoms of migrants in accordance with the Constitution of the Republic of Kazakhstan, the laws of the Republic of Kazakhstan, and international treaties ratified by the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) protection of national interests and ensuring national security;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) balance of the interests of individuals, society, and the state;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) transparency in the regulation of migration processes based on the updating and multiple use of information;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) a differentiated approach by the state to the regulation of various types of immigration.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Article 4 as amended by the Law of the Republic of Kazakhstan dated 30.06.2025 № 203-VIII (shall be enforced ten calendar days after the day of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Article 4. Basic principles and tasks of state policy in the field of migration of population</w:t>
-[...305 lines deleted...]
-      10) international cooperation in the scope of regulation of migration processes, prevention and suppression of illegal migration.</w:t>
+        <w:t xml:space="preserve"> Article 5. Rights and obligations of immigrants</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Immigrants in the Republic of Kazakhstan shall have the right to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) use the rights and freedoms established for citizens of the Republic of Kazakhstan unless otherwise provided by the Constitution, Laws and international treaties;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) education, medical care and social assistance in the manner established by the legislation of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) free movement within the territory of the Republic of Kazakhstan opened for visiting of immigrants;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) free choice of the place of residence in the manner established by the legislation of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) go in court and state bodies for protection of property and personal non-property rights belonged to them;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) receipt of paid adaptation and integration services in adaptation and integration centres for oralmans, with the exception of oralmans and their family members receiving these services on a gratuitous basis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Immigrants in the Republic of Kazakhstan shall:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) bear obligations established for citizens of the Republic of Kazakhstan, unless otherwise provided by the Constitution, Laws and international treaties;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) be obliged to comply with the Constitution and legislation of the Republic of Kazakhstan, as well as with established procedure for entry, leave and stay in the territory of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) provide copies of identification documents to protect national interests and ensure the national security of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...212 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 5 as amended by the Law of the Republic of Kazakhstan dated 11.12.2023  № 44-VIII (shall come into effect upon expiration of sixty calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Article 5 as amended by the Law of the Republic of Kazakhstan dated 11.12.2023 № 44-VIII (shall come into effect upon expiration of sixty calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -2070,72 +2246,108 @@
       Immigrants who have a visa or temporary residence permit shall be obliged to leave the Republic of Kazakhstan before expiry of their validity term or to extend their stay before its expiry in accordance with the procedure established by the legislation of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Registration of immigrants is carried out by the internal affairs bodies on the basis of information from the host persons, as well as the National Security Committee of the Republic of Kazakhstan, coming from checkpoints across the State border of the Republic of Kazakhstan. Host persons are obliged to inform the internal affairs bodies about immigrants staying with them within three working days from the date of their arrival.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Immigrants entering the Republic of Kazakhstan for a period exceeding thirty calendar days shall be obliged to register with the internal affairs authorities of the Republic of Kazakhstan no later than the thirtieth calendar day after crossing the state border of the Republic of Kazakhstan, unless otherwise provided by international treaties ratified by the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      If the address declared during registration changes, the immigrant must register at the new address within five working days.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 6 as amended by the Laws of the Republic of Kazakhstan dated 27.04.2012 № 15-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 13.06.2013 № 102-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 24.10.2015 № 421-V (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 04.07.2018 № 174-VІ (shall be enforced upon expiry of ten calendar days after its first official publication); dated 27.12.2019 № 292-VІ (the order of enforcement see Article 2); dated 16.11.2020 № 375-VI (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 16.05.2024 № 82-VIII (enacted  ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 6 as amended by the Laws of the Republic of Kazakhstan dated 27.04.2012 № 15-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 13.06.2013 № 102-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 24.10.2015 № 421-V (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 04.07.2018 № 174-VІ (shall be enforced upon expiry of ten calendar days after its first official publication); dated 27.12.2019 № 292-VІ (the order of enforcement see Article 2); dated 16.11.2020 № 375-VI (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 16.05.2024 № 82-VIII (enacted  ten calendar days after the date of its first official publication); dated 17.07.2025 № 213-VIII (shall be enforced ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -2265,79 +2477,79 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) local executive bodies - immigrants who arrived for the purpose of carrying out entrepreneurial activities in accordance with the legislation of the Republic of Kazakhstan (business immigrants).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      In this case, the immigrant shall be liable for living outside the place of temporary stay (residence) indicated by the host party when applying for a temporary residence permit or visa, as established by the laws of the Republic of Kazakhstan.</w:t>
+      At the same time, immigrants shall not reside outside the place of temporary stay (residence) specified by the host party when applying for a temporary residence permit or visa, or outside the place specified when registering as an immigrant.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Chapter 1 is supplemented with article 6-1 in accordance with the Law of the Republic of Kazakhstan dated 27.12.2019 № 292-VІ (the order of enforcement see article 2); as amended by the Law of the Republic of Kazakhstan dated 16.05.2024 № 82-VIII (enacted  ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Chapter 1 is supplemented with article 6-1 in accordance with the Law of the Republic of Kazakhstan dated 27.12.2019 № 292-VІ (the order of enforcement see article 2); as amended by the Law of the Republic of Kazakhstan dated 16.05.2024 № 82-VIII (enacted ten calendar days after the date of its first official publication); dated 17.07.2025 № 213-VIII (shall be enforced ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -2641,89 +2853,95 @@
       Internal affairs bodies shall:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) implement state policy in the field of migration of population within the competence;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...16 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      2) excluded by the Law of the Republic of Kazakhstan dated 30.06.2025 № 203-VIII (shall be enforced ten calendar days after the day of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>      2-1) is excluded by the Law of the Republic of Kazakhstan dated 27.12.2019 № 292-VІ (the order of enforcement see Article 2);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2748,51 +2966,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) issue, annul, restore visas of the Republic of Kazakhstan, also extend and reduce their validity term in accordance with the legislation of the Republic of Kazakhstan, make decisions on denial of visas of the Republic of Kazakhstan to foreigners and stateless persons entering and staying in the territory of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4-1) make out invitations to entry of foreigners into the Republic of Kazakhstan on private affairs, accept and agree on invitations of the accepting persons on issue of visas of the Republic of Kazakhstan;</w:t>
+      4-1) issue invitations for foreigners to enter the Republic of Kazakhstan for private purposes, accept and approve invitations from host persons for the issuance of visas of the Republic of Kazakhstan, and refuse to issue invitations for foreigners to enter the Republic of Kazakhstan if there are grounds for refusal provided for in Article 48 of this Law;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) keep records of foreigners and stateless persons;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -2982,50 +3200,68 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6-3) exercise, within their competence, state supervision in the population migration;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      6-4) determine the procedure for registering immigrants;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       7) take measures on suppression of illegal immigration;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7-1) ensure the fulfillment of obligations arising from international treaties on readmission, ratified by the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -3228,51 +3464,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) carry out accounting and registration of citizens of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15) carry out registration at the place of residence and deregistration of citizens of the Republic of Kazakhstan;</w:t>
+      15) register citizens of the Republic of Kazakhstan at their place of residence and deregister them, including registration at their place of residence, as well as register citizens of the Republic of Kazakhstan arriving at their place of temporary stay (residence) in the capital, taking into account the standards for registration at the place of residence and place of temporary stay (residence) in the capital, approved by the local representative body of the capital in accordance with the Law of the Republic of Kazakhstan “On the Status of the Capital of the Republic of Kazakhstan”;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) carry out registration of the citizens of the Republic of Kazakhstan arriving to the place of temporary stay (accommodation);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -3306,79 +3542,97 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      16-2) develop and approve normative legal acts in the field of population migration in accordance with the purposes and objectives of this Law and the legislation of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       17) carry out other powers provided by this Law, other Laws of the Republic of Kazakhstan, acts of the President of the Republic of Kazakhstan and Government of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 9 is in the wording of the Law of the Republic of Kazakhstan dated 13.06.2013 № 102-V (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by the Law of the Republic of Kazakhstan dated 10.12.2013 № 153-V (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 24.11.2015 № 421-V (shall be enforced upon ten calendar days after day of its first official publication); dated 22.12.2016 № 28-VI (shall be enforced ten calendar days after day of its first official publication); dated 16.04.2018 № 147-VІ (shall be enforced upon expiry of ten calendar days after its first official publication); dated 27.12.2019 № 292-VІ (the order of enforcement see Article 2); dated 13.05.2020 № 327-VІ (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 30.04.2021 № 34-VII (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated December 30, 2021 № 95-VII (shall come into effect upon the expiration of ten calendar days after the day of its first official publication); dated 19.04.2023 № 223-VII (shall be enforced ten calendar days after the date of its first official publication); dated 16.05.2024 № 82-VIII (enactment procedure, see Art.2); dated 21.05.2024 № 86-VIII (enacted sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 9 is in the wording of the Law of the Republic of Kazakhstan dated 13.06.2013 № 102-V (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by the Law of the Republic of Kazakhstan dated 10.12.2013 № 153-V (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 24.11.2015 № 421-V (shall be enforced upon ten calendar days after day of its first official publication); dated 22.12.2016 № 28-VI (shall be enforced ten calendar days after day of its first official publication); dated 16.04.2018 № 147-VІ (shall be enforced upon expiry of ten calendar days after its first official publication); dated 27.12.2019 № 292-VІ (the order of enforcement see Article 2); dated 13.05.2020 № 327-VІ (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 30.04.2021 № 34-VII (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated December 30, 2021 № 95-VII (shall come into effect upon the expiration of ten calendar days after the day of its first official publication); dated 19.04.2023 № 223-VII (shall be enforced ten calendar days after the date of its first official publication); dated 16.05.2024 № 82-VIII (enactment procedure, see Art.2); dated 21.05.2024 № 86-VIII (enacted sixty calendar days after the date of its first official publication); dated 30.06.2025 № 203-VIII (shall be enforced ten calendar days after the day of its first official publication); dated 17.07.2025 № 213-VIII (shall be enforced ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -4986,51 +5240,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      5) is excluded by the Law of the Republic of Kazakhstan dated 27.12.2019 № 292-VІ (the order of enforcement see Article 2); </w:t>
+        <w:t>      5) is excluded by the Law of the Republic of Kazakhstan dated 27.12.2019 № 292-VІ (the order of enforcement see Article 2);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -6135,183 +6389,184 @@
         <w:t xml:space="preserve"> Article 19. Commission on inclusion of immigration of oralmans to quota</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Footnote. Article 19 is excluded by the Law of the Republic of Kazakhstan dated 10.12.2013 № 153-V (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Article 19-1. Regional quota of kandas reception</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The regional quota of reception of kandas is established for the forthcoming year by the authorized body concerning the migration of population on the basis of proposals from local executive bodies of regions, cities of republican significance, the capital and applications received through foreign institutions of the Republic of Kazakhstan from ethnic Kazakhs and kandases who wish to move to the regions, determined by the Government of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Chapter 3 is supplemented with Article 19-1 according to the Law of the Republic of Kazakhstan dated 24.11.2015 № 421-V (shall be enforced upon expiry of ten calendar days after day of its first official publication); as amended by the Law of the Republic of Kazakhstan dated 13.05.2020 № 327-VІ (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...18 lines deleted...]
-      The regional quota of reception of kandas is established for the forthcoming year by the authorized body concerning the migration of population on the basis of proposals from local executive bodies of regions, cities of republican significance, the capital and applications received through foreign institutions of the Republic of Kazakhstan from ethnic Kazakhs and kandases who wish to move to the regions, determined by the Government of the Republic of Kazakhstan.</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Article 19-2. Commission for acceptance of candases </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      To consider applications from ethnic Kazakhs for kandas status, and in regions of settlement, additionally for inclusion in the regional quota for the admission of kandas, local executive bodies of regions, cities of republican significance, and the capital shall establish the Commission for the Admission of Kandas (hereinafter referred to as the Commission) on issues of social protection and employment of the population).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Chapter 3 is supplemented with Article 19-1 according to the Law of the Republic of Kazakhstan dated 24.11.2015 № 421-V (shall be enforced upon expiry of  ten calendar days after day of its first official publication); as amended by the Law of the Republic of Kazakhstan dated 13.05.2020 № 327-VІ (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
-[...76 lines deleted...]
-        <w:t>      Footnote. Chapter 3 is supplemented with Article 19-2 according to the Law of the Republic of Kazakhstan dated 24.11.2015 № 421-V (becomes effective after ten calendar days after day of its first official publication); as amended by the Law of the Republic of Kazakhstan dated 19.04.2023 № 223-VII (shall be enforced ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Chapter 3 is supplemented with Article 19-2 according to the Law of the Republic of Kazakhstan dated 24.11.2015 № 421-V (becomes effective after ten calendar days after day of its first official publication); as amended by the Law of the Republic of Kazakhstan dated 19.04.2023 № 223-VII (shall be enforced ten calendar days after the date of its first official publication); dated 17.07.2025 № 213-VIII (shall be enforced ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -8259,286 +8514,125 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Footnote. Article 27 as amended by the Law of the Republic of Kazakhstan dated 13.05.2020 № 327-VІ (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 16.05.2024 № 82-VIII (enacted ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Article 28. Procedure for obtaining an entry visa to the Republic of Kazakhstan for the purpose of family reunification</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Issuance of an entry visa to the Republic of Kazakhstan for the purpose of family reunification shall be carried out in accordance with the procedure, determined by the Ministry of Foreign affairs of the Republic of Kazakhstan and the Ministry of Internal Affairs of the Republic of Kazakhstan. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Immigrants entitled to reside in the Republic of Kazakhstan for the purpose of family reunification, in cases where the circumstances underlying the issuance of temporary residence permits cease to exist (attainment of majority, death of the person who requested reunification, dissolution or annulment of the marriage on the basis of which reunification was effected), shall have their permits extended by the internal affairs bodies, upon their application, for a period of up to six months, subject to confirmation of the availability of sufficient financial means to support each family member on a monthly basis in an amount not less than the subsistence minimum established for the relevant financial year by the law on the republican budget.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...212 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 28 as amended by the Law of the Republic of Kazakhstan dated 13.06.2013 № 102-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 26.12.2018 № 203-VI (shall be enforced from 01.01.2019); dated 16.05.2024 № 82-VIII (enacted ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 28 as amended by the Law of the Republic of Kazakhstan dated 30.06.2025 № 203-VIII (shall be enforced ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -10522,51 +10616,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. The acceptance of the necessary documents, as well as the issuance or extension of permits to employers to attract foreign labor, shall be carried out by the local executive body in accordance with the procedure determined by the authorized body on migration issues, including in electronic form through the information system of permits and notifications.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. The number of foreign labor attracted by the employer under permits must correspond to the percentage ratio to the number of Kazakhstani personnel determined by the authorized body on migration issues, taking into account the employees of the sending party engaged in labor activities under the contract for provision of personnel.</w:t>
+      6. The number of foreign labors attracted by the employer under permits must correspond to the percentage ratio to the number of Kazakhstani personnel determined by the authorized body on migration issues, taking into account the employees of the sending party engaged in labor activities under the contract for provision of personnel.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -11444,51 +11538,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) register commercial organization in the Republic of Kazakhstan or join to composition of participants (shareholders) of commercial organizations carrying out activity in the territory of the Republic of Kazakhstan in accordance with civil legislation of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) contribute sum of money to the second tier bank of the Republic of Kazakhstan no less than minimal amount established by the legislation of the Republic of Kazakhstan upon registration of legal entity for formation its charter capital.</w:t>
+      2) contribute sum of money to the second-tier bank of the Republic of Kazakhstan no less than minimal amount established by the legislation of the Republic of Kazakhstan upon registration of legal entity for formation its charter capital.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       In case of non-fulfillment of obligations established by this Law by business-immigrants, internal affairs bodies shall take decision on reduction of the duration of stay of business-immigrants to the term required for their voluntary leave on the basis of application of local executive bodies.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -11565,2846 +11659,2817 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Footnote. Article 40 as amended by the Laws of the Republic of Kazakhstan dated 10.07.2012 № 36-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 13.06.2013 № 102-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 16.05.2024 № 82-VIII (enacted ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Article 41. Conditions for the recruitment, entry and stay of seasonal foreign employees</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Seasonal foreign employees may be engaged in certain sectors of the economy in accordance with international treaties ratified by the Republic of Kazakhstan or on the basis of permits for the engagement of foreign labor issued to employers by local executive bodies within the quota, under the conditions and in the manner determined by the authorized body for population migration issues.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Employers engaging seasonal foreign employees shall be obliged to provide them with temporary housing that complies with sanitary-epidemiological, technical and other mandatory requirements in accordance with the legislation of the Republic of Kazakhstan on housing relations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Entry visas for seasonal foreign employees shall be issued by the foreign institutions of the Republic of Kazakhstan on the basis of permits for the engagement of foreign labor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Temporary residence permits for seasonal foreign employees arriving from the states that have concluded agreements with the Republic of Kazakhstan on visa-free entry and stay shall be issued by the internal affairs bodies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Seasonal foreign employees shall be obliged to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) be of legal age;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) present a medical certificate confirming the absence of diseases preventing employment;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) possess medical insurance covering primary health care and specialised inpatient emergency medical care, under the conditions determined by agreement of the parties, subject to the minimum requirements established by the laws of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Article 41 as amended by the Law of the Republic of Kazakhstan dated 30.06.2025 № 203-VIII (shall be enforced ten calendar days after the day of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Article 41. Conditions for entry and stay of seasonal foreign employees</w:t>
-[...71 lines deleted...]
-      1) be adult;</w:t>
+        <w:t xml:space="preserve"> Article 42. Conditions for engagement of seasonal foreign employees</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. Article 42 was excluded by the Law of the Republic of Kazakhstan dated 30.06.2025 № 203-VIII (shall be enforced ten calendar days after the day of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Article 43. Main rights and obligations of immigrants arrived for the purpose of carrying out of labour activity</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Immigrants arrived for the purpose of carrying out of labour activity shall:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) incur obligations provided by the Laws of the Republic of Kazakhstan in respect of immigrants arriving to the territory of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) be obliged to leave the Republic of Kazakhstan upon completion of the term of permits, if there are no legal grounds for the further stay.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Foreign employee arrived to the Republic of Kazakhstan except for seasonal employee shall have the right to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      2) Excluded by the Law of the Republic of Kazakhstan dated 24.11.2015 № 421-V (shall be enforced dated 01.01.2017); </w:t>
+        <w:t>      1) Excluded by the Law of the Republic of Kazakhstan dated 24.11.2015 № 421-V (shall be enforced dated 01.01.2017);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) represent medical certificate confirming the absence of diseases impeding the labour activity;</w:t>
-[...17 lines deleted...]
-      4) have medical insurance covering primary health care and specialized medical care in inpatient conditions in an emergency form on the terms determined by the agreement of the parties, in compliance with the minimum requirements established by the laws of the Republic of Kazakhstan.</w:t>
+      2) engaged by the employer to perform labor activities, shall apply for extension of the work permit before expiry of the permit term.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 41 as amended by the Law of the Republic of Kazakhstan dated 13.06.2013 № 102-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 16.11.2015 № 406-V (shall be enforced dated 01.01.2018); of 24.11.2015 № 421-V (shall be enforced dated 01.01.2017); dated 19.04.2023 № 223-VII (shall be enforced ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. The article with the aamendment made by the Law of the Republic of Kazakhstan dated 24.11.2015 № 421-V (01.01.2017); dated 16.05.2024 № 82-VIII (enacted ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Article 42. Conditions for engagement of seasonal foreign employees</w:t>
-[...35 lines deleted...]
-      2. The employers involving seasonal foreign workers are obliged to provide them the temporary accommodation meeting sanitary and epidemiologic, technical and other mandatory requirements according to the legislation of the Republic of Kazakhstan on the housing relations.</w:t>
+        <w:t xml:space="preserve"> Article 43-1. Conditions for entry and stay of labour immigrants</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Labor immigrants must comply with the following requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) be the citizens of countries with which the Republic of Kazakhstan concluded agreements on free-visa procedure for entry and stay providing possibility of stay in the Republic of Kazakhstan without visas for the term of no less than three months;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) be adult;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 42 with the amendments made by the Law of the Republic of Kazakhstan dated 29.12.2014 № 269-V (shall be enforced dated 01.01.2015); dated 13.05.2020 № 327-VІ (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      3) excluded by the Law of the Republic of Kazakhstan dated 24.11.2015 № 421-V (shall be enforced upon expiry of expiry of ten calendar days after day of its first official publication);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) represent confirmation of existence or absence of record of conviction;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) represent medical certificate confirming the absence of diseases impeding the labour activity on elected specialty;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) have medical insurance covering primary health care and specialized medical care in inpatient conditions in an emergency form on the terms determined by the agreement of the parties, in compliance with the minimum requirements established by the laws of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) to undergo fingerprint registration in accordance with legislation of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Permit for temporary residence to labour immigrants shall be issued and extended by internal affairs bodies in the manner established by the Government of the Republic of Kazakhstan for the term of validity to labour immigrant.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Maximal term of continuous temporary residence of labour immigrant in the Republic of Kazakhstan may not exceed twelve months.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. The Law is supplemented by Article 43-1 in accordance with the Law of the Republic of Kazakhstan dated 10.12.2013 № 153-V (shall be enforced upon expiry of ten calendar days after the date of its first official publication); with the amendments made by the Republic of Kazakhstan dated 16.11.2015 № 406-V (shall be enforced dated 01.01.2018); dated 24.11.2015 № 421-V (shall be enforced upon expiry of expiry of ten calendar days after day of its first official publication); dated 30.12.2016 № 41-VI (shall be enforced from 01.01.2021); dated 19.04.2023 № 223-VII (shall be enforced ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Article 43. Main rights and obligations of immigrants arrived for the purpose of carrying out of labour activity</w:t>
-[...71 lines deleted...]
-      2. Foreign employee arrived to the Republic of Kazakhstan except for seasonal employee shall have the right to:</w:t>
+        <w:t xml:space="preserve"> Article 43-2. Procedure for issuing permit to labour immigrant</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. A permit shall be issued to a labor immigrant for the term indicated in the application for the permit and may range from one to twelve months.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Maximal term of permit to labour immigrant may not exceed twelve months.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      A new permit shall be issued to a labor immigrant before expiry of the previous permit.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Permit to labour immigrant shall be issued upon representing the documents confirming legality of its locating in the territory of the Republic of Kazakhstan, as well as payment of preliminary payment on individual income tax for the period mentioned in application on receipt of permit.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Upon application of labor immigrant, permit to labor immigrant shall be extended repeatedly for the term mentioned in the application and may constitute one, two and three months.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Permit to labour immigrant shall be extended upon representing documents confirming performance of works (rendering of services) of employers – individuals in home economics for the previous period, as well as payment of preliminary payment on individual income tax for the period on which the permit to labour immigrant is extended.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. The procedure for issuing, extending and revoking a permit for a labour immigrant shall be determined by the authorized body on issues of population migration.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      1) Excluded by the Law of the Republic of Kazakhstan dated 24.11.2015 № 421-V (shall be enforced dated 01.01.2017);</w:t>
+        <w:t>      3-1. Valid until 01.01.2024 in accordance with the Law of the Republic of Kazakhstan dated 29.06.2021 № 58-VII.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) engaged by the employer to perform labor activities, shall apply for extension of the work permit before expiry of the permit term.</w:t>
+      4. Permit to labour immigrant is the ground for conclusion of labour agreement on performance of works (rendering of services) of employers – individuals in home economics.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Conclusion of labour agreements on performance of works (rendering of services) in home economics by one employer – individual with more than five labour immigrants simultaneously shall not be allowed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Permit to labour immigrant shall grant the right to labour immigrant to perform the works (render services) in home economics of employer – individual in the territory of administrative-territorial entity in which it is issued.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. The article with the aamendment made by the Law of the Republic of Kazakhstan dated 24.11.2015 № 421-V (01.01.2017); dated 16.05.2024 № 82-VIII (enacted ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. The Law is supplemented by Article 43-2 in accordance with the Law of the Republic of Kazakhstan dated 10.12.2013 № 153-V (shall be enforced upon expiry of ten calendar days after the date of its first official publication); as amended by the laws of the Republic of Kazakhstan dated 30.12.2016 № 41-VI (shall be enforced from 01.01.2021); as amended by the Law of the Republic of Kazakhstan dated 27.12.2019 № 292-VІ (the order of enforcement see Article 2); dated 29.06.2021 № 58-VII (the order of enforcement see Art. 2); dated 30.12.2021 № 95-VII (shall come into effect upon the expiration of ten calendar days after the day of its first official publication); dated 16.05.2024 № 82-VIII (enacted ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Article 43-1. Conditions for entry and stay of labour immigrants</w:t>
-[...53 lines deleted...]
-      2) be adult;</w:t>
+        <w:t xml:space="preserve"> Chapter 7. IMMIGRATION ON HUMANITARIAN AND POLITICAL MOTIVES Article 44. Categories of immigrants arriving on humanitarian motives</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Immigrants arriving on humanitarian motives shall include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) voluntary servants – immigrants arriving to the Republic of Kazakhstan for rendering of services in the scope of education, health care service and social assistance without compensation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) immigrants arriving to the Republic of Kazakhstan under the terms of international treaties ratified by the Republic of Kazakhstan for the purpose of rendering of beneficent, humanitarian assistance and provision of grants.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Article 45. Immigrants arriving on political motives</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Immigrants arriving on political motives shall include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) refugees;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) persons being provided by political asylum;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Article 46. Conditions for entry and issuance of entry visas to immigrants arriving on humanitarian motives</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Entry visas to immigrants arriving to the Republic of Kazakhstan on humanitarian motives shall be issued for the term up to one year by foreign establishments of the Republic of Kazakhstan on the basis of application of representative of international organization accredited in the Republic of Kazakhstan, or foreign non-government social organization (fund) registered officially in the country of its residence in accordance with the legislation of this state.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Immigrants arriving on humanitarian motives shall not have the right to engage in activity not provided by the purposes of entry in the territory of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      3) excluded by the Law of the Republic of Kazakhstan dated 24.11.2015 № 421-V (shall be enforced upon expiry of expiry of ten calendar days after day of its first official publication);</w:t>
+        <w:t>      Footnote. The article 46 with the amendments made by the Republic of Kazakstan dated 24.11.2015 № 421-V (shall be enforced upon expiry of expiry of ten calendar days after day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...106 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...6 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Article 47. Conditions for entry and stay on political motives</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Conditions for entry and stay of persons searching for asylum, relations on provision of asylum to foreign persons and stateless persons and assigning them a status of refugee, legal status of refugees in the territory of the Republic of Kazakhstan shall be regulated by the legislation of the Republic of Kazakhstan on refugees.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Procedure for provision of political asylum shall be determined by the President of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chapter 8. COMMON GROUNDS FOR REFUSAL TO A FOREIGNER AND A STATELESS PERSON IN ENTRY INTO REPUBLIC OF KAZAKHSTAN AND IN RECEIPT OF PERMIT FOR PERMANENT RESIDENCE IN THE REPUBLIC OF KAZAKHSTAN</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. The Law is supplemented by Article 43-1 in accordance with the Law of the Republic of Kazakhstan dated 10.12.2013 № 153-V (shall be enforced upon expiry of ten calendar days after the date of its first official publication); with the amendments made by the Republic of Kazakhstan dated 16.11.2015 № 406-V (shall be enforced dated 01.01.2018); dated 24.11.2015 № 421-V (shall be enforced upon expiry of expiry of ten calendar days after day of its first official publication); dated 30.12.2016 № 41-VI (shall be enforced from 01.01.2021); dated 19.04.2023 № 223-VII (shall be enforced ten calendar days after the date of its first official publication).</w:t>
+        <w:t>
+      Footnote. The heading of Chapter 8 as amended by the Law of the Republic of Kazakhstan dated 13.05.2020 № 327-VІ (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Article 48. Grounds for refusal to immigrant in entry into Republic of Kazakhstan</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Immigrant shall be prohibited to enter the Republic of Kazakhstan:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) in behalf of national security protection, protection of public order and health of population;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) if his (her) actions are directed to forcible change of constitutional order;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) if he (she) acts against sovereignty and independence of the Republic of Kazakhstan, calls to violation of unity and integrity of its territory;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) if it kindles international, interfaith and religious strife;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) if it is required for protection of rights and legal interests of citizens of the Republic of Kazakhstan and other persons;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) if the national security bodies of the Republic of Kazakhstan have information about his involvement in extremist or terrorist activities or involvement in an organization recognized as extremist or terrorist in the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-1) if the court recognizes in his actions a recidivism of crimes or dangerous recidivism of crimes;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) if he has not executed an administrative penalty for committing an administrative offense imposed on him/her during his/her previous stay in the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-1) if he has not executed or served the penalty for a criminal offense imposed on him/her during his/her previous stay in the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-2) if he has a leading position in an organized group (criminal organization);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-3) if he has committed a grave or especially grave crime on the territory of the Republic of Kazakhstan and was transferred to the State of his nationality in accordance with international treaties ratified by the Republic of Kazakhstan on the transfer of convicted persons or the agreement of the Prosecutor General of the Republic of Kazakhstan with the competent authorities and officials of a foreign state reached on the basis of the principle of reciprocity;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) if during the previous stay in the Republic of Kazakhstan he (she) didn’t represent declaration on individual income tax in the case when representation of the declaration is provided by the legislation of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) if he (she) didn’t represent confirmation on existence of funds required for stay and leave from the Republic of Kazakhstan in the manner determined by the Government of the Republic of Kazakhstan with the exception of ethnic Kazakhs, persons born or being previously in citizenship of the Republic of Kazakhstan or Kazakh Soviet Socialist Republic and their family members;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) if he (she) informed false details or didn’t represent required documents within the term established by the legislation of the Republic of Kazakhstan upon applying on entry;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-1) if he/she refused to undergo the identity verification procedure based on fingerprint information when crossing the State Border of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) in existence of diseases being contraindication for entry into Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) if he has previously forfeited the citizenship of the Republic of Kazakhstan on the grounds provided for in subparagraph 8) of part one of Article 21 of the Law of the Republic of Kazakhstan "On Citizenship of the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) if he has been previously deprived of citizenship of the Republic of Kazakhstan on the grounds provided for in Article 20-1 of the Law of the Republic of Kazakhstan "On Citizenship of the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) if he has committed a crime against sexual inviolability of a minor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Immigrants previously expelled from the Republic of Kazakhstan, returned by way of readmission, shall be prohibited from entering the Republic of Kazakhstan for five years from the date of execution of the court ruling on expulsion, exit by way of readmission.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Applications of host persons for inviting foreigners to the Republic of Kazakhstan are not considered if, within twelve consecutive calendar months prior to the submission of such an application, the host persons were held accountable two or more times for untimely informing the internal affairs bodies about immigrants staying with them, failure to take measures to draw up documents for the right of their stay in the Republic of Kazakhstan and to ensure their departure from the Republic of Kazakhstan upon expiration of a certain period of stay.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Article 48 is in the wording of the Law of the Republic of Kazakhstan dated 10.12.2013 № 153-V (shall be enforced upon expiry of ten calendar days after the date of its first official publication); with the changes made by Laws of the Republic of Kazakhstan dated 03.11.2014 № 244-V (shall be enforced dated 02.01.2015); dated 24.11.2015 № 421-V (shall be enforced upon expiry of ten calendar days after day of its first official publication); dated 22.12.2016 № 28-VI (shall be enforced upon expiry of ten calendar days after day of its first official publication); dated 30.12.2016 № 41-VI (shall be enforced from 01.01.2021); dated 11.07.2017 № 91-VI (shall be enforced upon expiry of ten calendar days after day of its first official publication); dated 27.12.2019 № 292-VІ (the order of enforcement see Article 2); dated 13.05.2020 № 327-VІ (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 16.05.2024 № 82-VIII (enacted ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Article 43-2. Procedure for issuing permit to labour immigrant</w:t>
-[...125 lines deleted...]
-      3. The procedure for issuing, extending and revoking a permit for a labour immigrant shall be determined by the authorized body on issues of population migration.</w:t>
+        <w:t xml:space="preserve"> Article 49. Grounds for refusal in issuing or annulling permit for permanent residence in the Republic of Kazakhstan to foreigners and stateless persons</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. The heading of Article 49 as amended by the Law of the Republic of Kazakhstan dated 13.05.2020 № 327-VІ (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Issuance of permit for permanent residence in the Republic of Kazakhstan shall be refused to foreigners and stateless persons or previously issued permit shall be annulled:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) to those arrived illegally, as well as those persecuted for commission of crimes according to the legislation of countries the natives of which they are;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) to those released from the places of deprivation of freedom, the permanent place of residence of which was beyond the boundaries of the Republic of Kazakhstan before conviction;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) to those committed crimes against mankind;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1) who have committed a crime against sexual inviolability of a minor;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) who have not provided proof of their solvency in the manner and amounts determined by the Ministry of Internal Affairs of the Republic of Kazakhstan, with the exception of ethnic Kazakhs, former compatriots born or who previously held citizenship of the Kazakh Soviet Socialist Republic or the Republic of Kazakhstan, as well as persons entitled to obtain citizenship of the Republic of Kazakhstan in a simplified manner on the basis of international treaties of the Republic of Kazakhstan, and their family members, foreigners with in-demand professions, the list of which is approved by the authorized body on migration issues;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) repeatedly violating the law on a legal status of foreigners in the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) kindling international, interfaith and religious strife;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) the actions of which are oriented to forcible change of the constitutional order;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) to those acting against the sovereignty and independence of the Republic of Kazakhstan, calling to violation of unity and integrity of its territory;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) having not removed or unspent conviction for crime;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-1) if the national security authorities of the Republic of Kazakhstan have information about their involvement in extremist or terrorist activities or involvement in an organization recognized as extremist or terrorist in the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) to those represented false documents or informed false details about themselves upon applying on permit for permanent residence in the Republic of Kazakhstan or that didn’t represent required documents within the term established by the legislation of the Republic of Kazakhstan without reasonable excuse;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-1) for those, who have not passed fingerprint registration in accordance with legislation of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) to those deported from the Republic of Kazakhstan within five years to the moment of issuance of permit for permanent residence in the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) if it is required for protection of rights and legal interests of citizens of the Republic of Kazakhstan and other persons;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) who received a permanent residence permit and resided in the territory of the Republic of Kazakhstan for less than one hundred eighty-three calendar days within any consecutive twelve-month period from the date of issuance of the permanent residence permit, except for cases provided for by Article 38 of the Law of the Republic of Kazakhstan “On Citizenship of the Republic of Kazakhstan”;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      3-1. Valid until 01.01.2024 in accordance with the Law of the Republic of Kazakhstan dated 29.06.2021 № 58-VII.</w:t>
+        <w:t>      13-1) excluded by the Law RK of 24.11.2015 № 421-V (becomes effective after ten calendar days after day of its first official publication);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Permit to labour immigrant is the ground for conclusion of labour agreement on performance of works (rendering of services) of employers – individuals in home economics.</w:t>
-[...35 lines deleted...]
-      6. Permit to labour immigrant shall grant the right to labour immigrant to perform the works (render services) in home economics of employer – individual in the territory of administrative-territorial entity in which it is issued.</w:t>
+      13-2) who received a permanent residence permit on the basis of in-demand professions list approved by the authorized body on population migration and who have not worked in the occupation on the said list for one hundred eighty-three calendar days within any consecutive twelve-month period from the date of issuance of the permanent residence permit;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) having entered into marriage with citizens of the Republic of Kazakhstan, which has served as the basis for obtaining a residence permit, in the event that this marriage is declared invalid by a court decision that has entered into force;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14-1) within one year brought to administrative liability for administrative offenses in the field of population migration, tax and labor legislation of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14-2) to the interests of national security creating threat;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) to those having diseases being contraindication for entry into Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) if they lost citizenship of the Republic of Kazakhstan on the bases provided by Subparagraph 8) of part one of Article 21 of the Law of the Republic of Kazakhstan of December 20, 1991 "On citizenship of the Republic of Kazakhstan" earlier;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) if they are earlier deprived of citizenship of the Republic of Kazakhstan on the bases provided by Article 20-1 of the Law of the Republic of Kazakhstan of December 20, 1991 "On citizenship of the Republic of Kazakhstan".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Refusal in issuance of residence permit or certificate of stateless person may be appealed in the manner established by the legislation of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Issuance of a permit to foreigners and stateless persons for permanent residence in the Republic of Kazakhstan without the positive approval of the national security authorities shall be prohibited.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The provision of subparagraph 15) of part one of this article shall not apply to incapacitated persons.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      In relation to ethnic Kazakhs and members of their families, stateless persons recognized as such due to the lack of identity documents, or on the basis of a USSR passport of the 1974 model, women subject to the Law of the Republic of Kazakhstan “On the accession of the Republic of Kazakhstan to the Convention on the Citizenship of a Married Woman”, the validity of subparagraphs 13) and 14-1) of part one of this article shall not apply.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. The Law is supplemented by Article 43-2 in accordance with the Law of the Republic of Kazakhstan dated 10.12.2013 № 153-V (shall be enforced upon expiry of ten calendar days after the date of its first official publication); as amended by the laws of the Republic of Kazakhstan dated 30.12.2016 № 41-VI (shall be enforced from 01.01.2021); as amended by the Law of the Republic of Kazakhstan dated 27.12.2019 № 292-VІ (the order of enforcement see Article 2); dated 29.06.2021 № 58-VII (the order of enforcement see Art. 2); dated 30.12.2021 № 95-VII (shall come into effect upon the expiration of ten calendar days after the day of its first official publication); dated 16.05.2024 № 82-VIII (enacted ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 49 as amended by the Law of the Republic of Kazakhstan dated 10.12.2013 № 153-V (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 03.11.2014 № 244-V (shall be enforced upon expiry of ten calendar days after day of its first official publication); dated 24.11.2015 № 421-V (shall be enforced upon expiry of ten calendar days after day of its first official publication); dated 22.12.2016 № 28-VI (shall be enforced upon expiry of ten calendar days after day of its first official publication); dated 11.07.2017 № 91-VI (shall be enforced upon expiry of ten calendar days after day of its first official publication); dated 30.12.2016 № 41-VI (shall be enforced from 01.01.2021); dated 13.05.2020 № 327-VІ (shall be enforced upon expiry of ten calendar days after the date of its first official publication; dated 30.04.2021 № 34-VII (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 26.12.2022 № 168-VII (shall come into effect upon the expiration of sixty calendar days after the day of its first official publication); dated 19.04.2023 № 223-VII (shall be enforced ten calendar days after the date of its first official publication); dated 16.05.2024 № 82-VIII (enacted ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Chapter 7. IMMIGRATION ON HUMANITARIAN AND POLITICAL MOTIVES Article 44. Categories of immigrants arriving on humanitarian motives</w:t>
-[...53 lines deleted...]
-      2) immigrants arriving to the Republic of Kazakhstan under the terms of international treaties ratified by the Republic of Kazakhstan for the purpose of rendering of beneficent, humanitarian assistance and provision of grants.</w:t>
+        <w:t xml:space="preserve"> Chapter 9. INTERNAL MIGRANTS IN THE REPUBLIC OF KAZAKHSTAN Article 50. Internal migrants resettled in an orderly manner and independently resettling internal migrants</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. The headline of the article 50 in the wording of the Law of the Republic of Kazakhstan dated 24.11.2015 № 421-V (shall be enforced upon expiry of ten calendar days after day of its first official publication).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Internal migrants in the Republic of Kazakhstan shall be divided in:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1)voulnteerly resettling in the regions in accordance with the Government of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) resettling independently at own will expression.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. The article 50 with the amendments made by the Law of the Republic of Kazakhstan dated 24.11.2015 № 421-V (shall be enforced upon expiry of ten calendar days after day of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Article 45. Immigrants arriving on political motives</w:t>
-[...53 lines deleted...]
-      2) persons being provided by political asylum;</w:t>
+        <w:t xml:space="preserve"> Article 51. Main rights and obligations in internal migrants</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Internal migrants shall have the right to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) freedom of movement in the territory of the Republic of Kazakhstan, free choice of the place of residence except for the cases preconditioned by the Law of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) protection against compulsory movement from the residence or the place of temporary stay (accommodation);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1) participation in active measures to promote employment in accordance with the Social Code of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-2) primary accommodation in temporary accommodation centres in accordance with the procedure and within the terms, determined by the authorized body on migration of population, in case of resettlement within the framework of the regional quota for the reception of immigrants;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) provision of assistance in employment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Compulsory movement of individuals on the grounds not provided by the Law of the Republic of Kazakhstan shall not be allowed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Internal migrants shall be obliged:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) register at the place of residence and the place of temporary stay (residence) on the territory of the Republic of Kazakhstan in accordance with the procedure determined by the internal affairs bodies;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Registration at the place of residence and place of temporary stay (residence) in the capital shall be carried out in accordance with the standards for registration at the place of residence and place of temporary stay (residence) in the capital, approved by the local representative body of the capital in accordance with the Law of the Republic of Kazakhstan “On the Status of the Capital of the Republic of Kazakhstan.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Registration in the capital in excess of the established standards shall not be permitted, except in cases of registration by the owner of the dwelling of a spouse, relatives, close relatives, their spouses and children, persons under his or her guardianship or custody, as well as students studying full-time in the capital, provided that there are no persons already registered in this dwelling who do not belong to the above categories;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) upon receipt of a referral to a temporary accommodation center, settle in it within three calendar days and vacate the provided premises after the end of the period of stay established by the authorized body on migration of population, in case of resettlement within the regional quota for the reception of migrants;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) prematurely repay in full the measures of state support received by them, provided for the participants of active measures to promote employment in accordance with the Social Code of the Republic of Kazakhstan, in cases of internal migration on their own will outside the regions determined by the Government of the Republic of Kazakhstan, within five years.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...50 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. The article 46 with the amendments made by the Republic of Kazakstan dated 24.11.2015 № 421-V (shall be enforced upon expiry of expiry of ten calendar days after day of its first official publication).</w:t>
-[...1547 lines deleted...]
-        <w:t>      Footnote. Article 51 with the amendments made by laws of the Republic of Kazakhstan dated 24.11.2015 № 421-V (shall be enforced upon expiry of ten calendar days after day of its first official publication); dated 22.12.2016 № 28-VI (shall be enforced upon expiry of ten calendar days after day of its first official publication); dated 13.05.2020 № 327-VІ (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 19.04.2023 № 223-VII (shall be enforced ten calendar days after the date of its first official publication); dated 20.04.2023 № 226-VII (shall be enforced from 01.07.2023).</w:t>
+        <w:t>      Footnote. Article 51 with the amendments made by laws of the Republic of Kazakhstan dated 24.11.2015 № 421-V (shall be enforced upon expiry of ten calendar days after day of its first official publication); dated 22.12.2016 № 28-VI (shall be enforced upon expiry of ten calendar days after day of its first official publication); dated 13.05.2020 № 327-VІ (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 19.04.2023 № 223-VII (shall be enforced ten calendar days after the date of its first official publication); dated 20.04.2023 № 226-VII (shall be enforced from 01.07.2023); dated 17.07.2025 № 213-VIII (shall be enforced ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -15233,51 +15298,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Article 56. Grounds for refusal in provision of permit to citizen of the Republic of Kazakhstan for leave from the country for permanent place of residence</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Citizen of the Republic of Kazakhstan shall temporary refuse in leave from the Republic of Kazakhstan for permanent place of residence in cases, if he (she):</w:t>
+      Citizen of the Republic of Kazakhstan shall temporarily refuse in leave from the Republic of Kazakhstan for permanent place of residence in cases, if he (she):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) have details constituting state and other secrets protected by the Law, and didn’t notify the relevant authorized bodies on the fact of his (her) leave beyond the boundaries of the Republic of Kazakhstan – before termination of actions of these circumstances;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -16173,51 +16238,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       absence of the documents specified in paragraph 7 of this Article;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      assigning the inspection  to persons who do not have the appropriate authority to conduct it;</w:t>
+      assigning the inspection to persons who do not have the appropriate authority to conduct it;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       indication in one act on appointment of the inspection of several control entities subject to inspection;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -16245,51 +16310,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       appointment of an inspection of the control entity which has been previously inspected on the same subject matter over the same period;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      appointment of inspection for a period  beyond the time specified in the application (notification);</w:t>
+      appointment of inspection for a period beyond the time specified in the application (notification);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) not to submit documents and information if they are unrelated to the inspection subject matter;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -16497,51 +16562,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The inspection appointment act shall specify:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) date and registration number  in the log of acts on appointment of inspections;</w:t>
+      1) date and registration number in the log of acts on appointment of inspections;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) name of the territorial internal affairs body;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -16587,51 +16652,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) name of the control entity, its location, identification number, list of objects of control.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      In the event of  inspection of a branch and (or) representative office of a legal entity, the act on appointment of the inspection shall indicate its name and location;</w:t>
+      In the event of inspection of a branch and (or) representative office of a legal entity, the act on appointment of the inspection shall indicate its name and location;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) the subject matter of the inspection;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -17830,51 +17895,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. This Law enters into force upon expiry of ten calendar days after its first official publication, with the exception of subparagraph 3) of Article 8, subparagraph 1) of Article 50 and chapter 10 that enters into force from 1 January 2015.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1-1. Suspend till January 1, 2024 the validity of  subparagraph 7) of paragraph 1 of Article 43-1, subparagraph 10-1) of part one of Article 48, subparagraph 10-1) of part one of Article 49 of this Law.</w:t>
+      1-1. Suspend till January 1, 2024 the validity of subparagraph 7) of paragraph 1 of Article 43-1, subparagraph 10-1) of part one of Article 48, subparagraph 10-1) of part one of Article 49 of this Law.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. The Law of the Republic of Kazakhstan dated 13 December 1997 “On migration of population” shall be deemed to have lost force (Bulletin of the Parliament of the Republic of Kazakhstan, 1997, № 24, Article 341; 2001, № 8, Article 50; № 21-22, Article 285; № 24, Article 338; 2002, № 6, Article 76; 2004, № 23, Article 142; 2007, № 3, Article 23; № 15, Article 106; № 20, Article 152; 2008, № 23, Article 114; 2009, № 23, Article 117; 2010, № 24, Article 149).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -18017,55 +18082,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -18391,31 +18456,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>