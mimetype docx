--- v1 (2025-11-17)
+++ v2 (2026-03-07)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="34a1902" w14:textId="34a1902">
+    <w:p w14:paraId="6d4d3eb" w14:textId="6d4d3eb">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -131,83 +131,79 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>The Law of the Republic of Kazakhstan dated 22 July 2011 No. 477-IV.</w:t>
+        <w:t>The Law of the Republic of Kazakhstan dated 22 July 2011 № 477-IV.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Unofficial translation</w:t>
       </w:r>
-    </w:p>
-[...11 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Footnote. Throughout the text: the words “to oralmans”, “oralman”,“oralmans”,“oralmans”,“oralman”, “by oralmans”,”Oralmans”, “oralmans”, “to Oralmans” and “by oralman” are replaced by words “to kandases”, “kandas”, “kandases”, “kandases”, “kandas”, “by kandases”, “Kandases”, “kandases”, “to Kandases” and “by kandas” correspondingly, in accordance with the Law of the Republic of Kazakhstan dated 13.05.2020 № 327-VI (shall be enforced after the date of entry into force of the relevant amendments and additions to the Code of the Republic of Kazakhstan "On Taxes and Other Obligatory Payments to the Budget" (Tax Code)).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       This Law regulates public relations in the field of migration of population, determines legal, economic and social basis of migration processes.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2113,51 +2109,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. The procedure for entry, departure and stay of immigrants in the territory of the Republic of Kazakhstan shall be determined by the legislation of the Republic of Kazakhstan. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The specifics of the entry, departure and stay of immigrants for carrying out of activities in the international technology park "Astana Hub", including exercise of labor activities, shall be determined by the Law of the Republic of Kazakhstan "On informatization".</w:t>
+      The specifics of entry, exit, and stay of immigrants to pursue activities in the Astana Hub autonomous cluster fund and among Astana Hub participants, including the performance of labor activities, shall be determined by the Law of the Republic of Kazakhstan “On the Astana Hub Innovative Cluster”.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Immigrants arrived from the states that concluded the agreements with the Republic of Kazakhstan on visa-free procedure for entry and stay, shall enter according to valid passports or documents substituting them in compliance with conditions established by international treaties of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2303,51 +2299,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 6 as amended by the Laws of the Republic of Kazakhstan dated 27.04.2012 № 15-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 13.06.2013 № 102-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 24.10.2015 № 421-V (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 04.07.2018 № 174-VІ (shall be enforced upon expiry of ten calendar days after its first official publication); dated 27.12.2019 № 292-VІ (the order of enforcement see Article 2); dated 16.11.2020 № 375-VI (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 16.05.2024 № 82-VIII (enacted  ten calendar days after the date of its first official publication); dated 17.07.2025 № 213-VIII (shall be enforced ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Article 6 as amended by the Laws of the Republic of Kazakhstan dated 27.04.2012 № 15-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 13.06.2013 № 102-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 24.10.2015 № 421-V (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 04.07.2018 № 174-VІ (shall be enforced upon expiry of ten calendar days after its first official publication); dated 27.12.2019 № 292-VІ (the order of enforcement see Article 2); dated 16.11.2020 № 375-VI (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 16.05.2024 № 82-VIII (enacted  ten calendar days after the date of its first official publication); dated 17.07.2025 № 213-VIII (shall be enforced ten calendar days after the day of its first official publication); dated 27.09.2025, № 220-VIII (effective ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -10121,51 +10117,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) provided for by the list of persons determined by the Government of the Republic of Kazakhstan, for whom permits of local executive bodies are not required to attract foreign labor to carry out labor activities;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) working in the Astana Hub International Technology Park or with participants of the Astana Hub International Technology Park as managers and specialists with higher education.</w:t>
+      9) employed with the Astana Hub autonomous cluster fund or with Astana Hub participants in executive positions and as specialists with higher education.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. The provisions of this Law on the annual quota for foreign labor do not apply to foreigners or stateless persons engaged in labor activity on the territory of the Republic of Kazakhstan within the framework of intra-corporate transfer.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -10293,51 +10289,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Chapter 6 is supplemented by Article 36-1 in accordance with the Law of the Republic of Kazakhstan dated 20.04.2023 № 226-VII (shall be enforced from 01.07.2023).</w:t>
+        <w:t>      Footnote. Chapter 6 is supplemented by Article 36-1 in accordance with the Law of the Republic of Kazakhstan dated 20.04.2023 № 226-VII (shall be enforced from 01.07.2023); dated 27.09.2025, № 220-VIII (effective ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -17970,51 +17966,50 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12000"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12000" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
@@ -18082,55 +18077,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>