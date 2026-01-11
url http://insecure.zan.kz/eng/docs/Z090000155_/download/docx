--- v0 (2025-10-05)
+++ v1 (2026-01-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ebd1cea" w14:textId="ebd1cea">
+    <w:p w14:paraId="2d18048" w14:textId="2d18048">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -832,50 +832,68 @@
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z276" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) a fixed-term contract - a contract for unconditional or conditional sale and purchase of the underlying asset with delayed execution, it includes futures, options;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12-1) impeccable business record – evidence of professionalism and integrity, including absence of committed unlawful acts (omissions) that led to insolvency resulting in compulsory liquidation of a financial institution or to classification of a bank as insolvent, absence of unexpunged or outstanding criminal record, including absence of legally binding court order imposing criminal penalty in the form of deprivation of the right to hold an executive position in a financial institution, banking and/or insurance holding company, and to be a major participant (major shareholder) in a financial institution for life, also absence of relationships with third parties (control and influence of third parties) whose actions contributed to legalization (laundering) of proceeds from crime, financing of terrorism, and financing of the proliferation of weapons of mass destruction, based on information from the financial monitoring authority;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1311,51 +1329,51 @@
         </w:rPr>
         <w:t>21) is excluded by the Law of the Republic of Kazakhstan dated 27.10.2015 № 364-V (shall be enforced from 01.01.2017).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 1, as amended by the Laws of the Republic of Kazakhstan dated 10.07.2012 № 36-V (shall be enforced upon expiry of ten calendar days after its first official publication), dated 06.03.2013 № 81-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 16.05.2014 № 203-V (shall be enforced upon expiry of six months after its first official publication); dated 27.10.2015 № 364-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 02.04.2019 № 241-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 30.12.2021 № 96-VII (effective sixty calendar days after the date of its first official publication); dated 30.12.2024 № 149-VIII (shall be enforced upon expiry of six months after the date of its first official publication);</w:t>
+        <w:t>      Footnote. Article 1, as amended by the Laws of the Republic of Kazakhstan dated 10.07.2012 № 36-V (shall be enforced upon expiry of ten calendar days after its first official publication), dated 06.03.2013 № 81-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 16.05.2014 № 203-V (shall be enforced upon expiry of six months after its first official publication); dated 27.10.2015 № 364-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 02.04.2019 № 241-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 30.12.2021 № 96-VII (effective sixty calendar days after the date of its first official publication); dated 30.12.2024 № 149-VIII (shall be enforced upon expiry of six months after the date of its first official publication); dated 19.09.2025 № 219-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z291" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2842,97 +2860,97 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) carry out licensing of activities in commodity exchanges in the manner established by the legislation of the Republic of Kazakhstan on permits and notifications;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) exercise state control over observance by commodity exchanges of the legislation of the Republic of Kazakhstan in combating legalization (laundering) of proceeds from crime and financing of terrorism;</w:t>
+      7) exercises state control over compliance by commodity exchanges with the legislation of the Republic of Kazakhstan on combating legalization (laundering) of proceeds from crime, financing of terrorism and financing of the proliferation of weapons of mass destruction;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) exercise other powers provided for by this Law, other laws of the Republic of Kazakhstan, acts of the President of the Republic of Kazakhstan and the Government of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Chapter 2 shall be supplemented by Article 4-3 in accordance with the Law of the Republic of Kazakhstan dated 02.01.2021 № 399-VI (effective ten calendar days after the date of its first official publication).</w:t>
+        <w:t xml:space="preserve">      Footnote. Chapter 2 shall be supplemented by Article 4-3 in accordance with the Law of the Republic of Kazakhstan dated 02.01.2021 № 399-VI (effective ten calendar days after the date of its first official publication); as amended by the Law of the Republic of Kazakhstan dated 19.09.2025 № 219-VIII (effective sixty calendar days after the date of its first official publication). </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Article 5 is provided for in the wording of the Law of the Republic of Kazakhstan dated 30.12.2024 № 149-VIII (shall enter into force on 01.01.2026).</w:t>
       </w:r>
@@ -7853,50 +7871,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Exchange commodities from transactions cancelled by the commodity exchange shall be re-listed for trading during the next and/or additional trading session in compliance with the requirements of this Law.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. The broker, dealer and market maker shall be obliged to comply with the requirements established by this Law, other legislative acts of the Republic of Kazakhstan, regulatory legal acts of the authorized body, and internal documents of the commodity exchange.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      A person who does not have an impeccable business record may not be a broker or a dealer.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z374" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. The relations between the broker and its clients shall arise on the basis of the contract on rendering brokerage services to which norms of the civil legislation of the Republic of Kazakhstan are applied.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
     <w:bookmarkStart w:name="z375" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -8008,51 +8044,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 19 as amended by the Law of the Republic of Kazakhstan dated 16.05.2014 № 203-V (shall be enforced upon expiry of six months after its first official publication); dated 02.04.2019 № 241-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 30.12.2021 № 96-VII (effective sixty calendar days after the date of its first official publication); dated 30.12.2024 № 149-VIII (shall be enforced upon expiry of six months after the date of its first official publication); dated 19.05.2025 № 188-VIII (effective from 01.07.2025).</w:t>
+        <w:t>      Footnote. Article 19 as amended by the Law of the Republic of Kazakhstan dated 16.05.2014 № 203-V (shall be enforced upon expiry of six months after its first official publication); dated 02.04.2019 № 241-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 30.12.2021 № 96-VII (effective sixty calendar days after the date of its first official publication); dated 30.12.2024 № 149-VIII (shall be enforced upon expiry of six months after the date of its first official publication); dated 19.05.2025 № 188-VIII (effective from 01.07.2025); dated 19.09.2025 № 219-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -8194,51 +8230,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       In case of change of the head and (or) change of the staff of members (participants), the self-regulatory organization updates the list within three working days.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z382" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Control of the self-regulatory organization over the activities of its members (participants) shall be carried out in the manner and on the grounds,   established by the Law of the Republic of Kazakhstan "On Self-regulation".</w:t>
+      6. Control of the self-regulatory organization over the activities of its members (participants) shall be carried out in the manner and on the grounds, established by the Law of the Republic of Kazakhstan "On Self-regulation".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       At the same time, the procedure for organizing and conducting inspections of members (participants) of the self-regulatory organization shall be determined by the rules of a self-regulatory organization, agreed with the authorized body.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z383" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -9191,97 +9227,97 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-1) to state revenue bodies in accordance with the tax legislation of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) the authorized body for financial monitoring: for the purpose and in the manner, prescribed by the Law of the Republic of Kazakhstan “On counteraction to legalization (laundering) of criminally-obtained income, and the financing of terrorism”;</w:t>
+      6) to the financial monitoring authority: for the purposes and in the procedure under the Law of the Republic of Kazakhstan “On Combating Legalization (Laundering) of Proceeds from Crime, Financing of Terrorism and Financing of the Proliferation of Weapons of Mass Destruction”;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) to the antimonopoly authority: for the purposes and in the manner provided for by the Entrepreneur Code of the Republic of Kazakhstan, also upon request within its competence provided for by this Law.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 24, as amended by the Laws of the Republic of Kazakhstan dated 28.08.2009 № 192-IV (shall be enforced from 08.03.2010 ); dated 21.06.2012 № 19-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 15.01.2014 № 164-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 10.06.2014 № 206-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 29.09.2014 №239-V(shall be enforced upon expiry of ten calendar days after its first official publication); dated 28.12.2016 № 36-VI (shall be enforced upon expiry of two months after its first official publication); dated 24.05.2018 № 156-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 21.01.2019 № 217-VI (shall be enforced upon expiry of three months from the date of its first official publication); dated 18.11.2015 № 412-V (effective from 01.01.2021); dated 02.01.2021 № 399-VI (effective ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 24, as amended by the Laws of the Republic of Kazakhstan dated 28.08.2009 № 192-IV (shall be enforced from 08.03.2010 ); dated 21.06.2012 № 19-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 15.01.2014 № 164-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 10.06.2014 № 206-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 29.09.2014 №239-V(shall be enforced upon expiry of ten calendar days after its first official publication); dated 28.12.2016 № 36-VI (shall be enforced upon expiry of two months after its first official publication); dated 24.05.2018 № 156-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 21.01.2019 № 217-VI (shall be enforced upon expiry of three months from the date of its first official publication); dated 18.11.2015 № 412-V (effective from 01.01.2021); dated 02.01.2021 № 399-VI (effective ten calendar days after the date of its first official publication); dated 19.09.2025 № 219-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z400" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>