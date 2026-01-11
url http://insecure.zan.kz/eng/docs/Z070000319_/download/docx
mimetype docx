--- v0 (2025-10-05)
+++ v1 (2026-01-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="20ddbcb" w14:textId="20ddbcb">
+    <w:p w14:paraId="8f01326" w14:textId="8f01326">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -21475,62 +21475,86 @@
       10) organizations of additional education for children;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) organizations of additional adult education;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      12) educational and health-improving education organizations.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      12) excluded by the Law of the Republic of Kazakhstan dated 26.12.2025 № 242-VIII (effective from 31.12.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The nomenclature of educational organizations types shall be approved by the education authority, with the exception of higher and (or) postgraduate education organizations, the nomenclature of types of which shall be approved by the science and higher education authority.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -21694,51 +21718,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 40 as amended by the Laws of the Republic of Kazakhstan dated 19.01.2011 № 395-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 15.07.2011 № 461-IV(shall be enforced from 30.01.2012); dated 24.10.2011 № 487-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 16.05.2014 № 203-V (shall be enforced upon expiry of six months after its first official publication); dated 21.07.2015 № 337-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 13.11.2015 № 398-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 04.07.2018 № 171-VI (shall be enforced upon the expiration of ten calendar days after the day of its first official publication); dated 07.07.2020 № 361-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 03.05.2022 № 118-VII (shall be enforced upon expiry of ten calendar days after its first official publication); dated 19.04.2023 № 223-VII (shall be enforced ten calendar days after the date of its first official publication); dated 15.04.2024 № 72-VIII (effective from 01.01.2025); dated 30.12.2024 № 148-VIII (effective ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 40 as amended by the Laws of the Republic of Kazakhstan dated 19.01.2011 № 395-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 15.07.2011 № 461-IV(shall be enforced from 30.01.2012); dated 24.10.2011 № 487-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 16.05.2014 № 203-V (shall be enforced upon expiry of six months after its first official publication); dated 21.07.2015 № 337-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 13.11.2015 № 398-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 04.07.2018 № 171-VI (shall be enforced upon the expiration of ten calendar days after the day of its first official publication); dated 07.07.2020 № 361-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 03.05.2022 № 118-VII (shall be enforced upon expiry of ten calendar days after its first official publication); dated 19.04.2023 № 223-VII (shall be enforced ten calendar days after the date of its first official publication); dated 15.04.2024 № 72-VIII (effective from 01.01.2025); dated 30.12.2024 № 148-VIII (effective ten calendar days after the date of its first official publication); dated 26.12.2025 № 242-VIII (effective from 31.12.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -37750,51 +37774,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. The period of validity of a license and (or) an annex to a license, established by part two of paragraph 3-1 of Article 57 of this Law, shall not apply to licenses and (or) attachments to a license issued to organizations of higher and (or) postgraduate education before the entry into force of this norms.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. The validity period of a license to engage in educational activities and (or) annexes to the license issued for educational programs of technical and vocational, post-secondary education, in connection with a change in the name of the subtype (subtypes) of activity, extends to the period of training of persons admitted before January 1, 2024 .</w:t>
+      4. The validity period of a license to engage in educational activities and (or) annexes to the license issued for educational programs of technical and vocational, post-secondary education, in connection with a change in the name of the subtype (subtypes) of activity, extends to the period of training of persons admitted before January 1, 2024.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. In case of re-issuance of a license to engage in educational activities and (or) annexes to the license issued for educational programs of technical and vocational, post-secondary education, in connection with a change in the name of the subtype (subtypes) of activity, the organization of technical and vocational, post-secondary education has the right to issue a document on education according to qualifications for persons enrolled in them before January 1, 2024.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -38042,97 +38066,97 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. If violations identified in inspection and/or state certification are not corrected by education organizations implementing general education programs for preschool education and training, state education organizations and education organizations with a placed state education order implementing education programs of additional education for children, the territorial subdivision of the authorized education body shall exclude education organizations from the state electronic register of permits and notifications on preschool education and training and additional education for children.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2-2. To suspend until January 1, 2026, the effect of subparagraph 12) of part one of paragraph 4 of Article 40 of this Law.</w:t>
+      2-2. Excluded by the Law of the Republic of Kazakhstan dated 26.12.2025 № 242-VIII (effective from 31.12.2025).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Shall be considered to have lost force the Law of the Republic of Kazakhstan dated 7 June, 1999 “On Education” (Bulletin of the Parliament of the Republic of Kazakhstan, 1999, № 13, Article 429; № 23, Article 927; 2001, № 13-14, Article 173; № 24, Article 338; 2004, № 18, Article 111; № 23, Article 142; 2006, № 1, Article 5; № 3, Article 22; № 12, Article 71; № 15, Article 92; 2007, № 2, Article 18; № 9, Article 67).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 68 as amended by the Law of the Republic of Kazakhstan dated 24.10.2011 № 487-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 30.12.2024 № 148-VIII (effective sixty calendar days after the date of its first official publication); dated 15.03.2025 № 172-VIII (shall come into force from 01.01.2025).</w:t>
+        <w:t>      Footnote. Article 68 as amended by the Law of the Republic of Kazakhstan dated 24.10.2011 № 487-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 30.12.2024 № 148-VIII (effective sixty calendar days after the date of its first official publication); dated 15.03.2025 № 172-VIII (shall come into force from 01.01.2025); dated 26.12.2025 № 242-VIII (effective from 31.12.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -38229,55 +38253,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>