--- v0 (2025-10-03)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b9bef68" w14:textId="b9bef68">
+    <w:p w14:paraId="1618b15" w14:textId="1618b15">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -131,51 +131,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>The Law of the Republic of Kazakhstan dated 28 February, 2007 No.234.</w:t>
+        <w:t>The Law of the Republic of Kazakhstan dated 28 February, 2007 № 234.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Unofficial translation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -380,51 +380,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6-1) subsidiary organization - an organization that, in accordance with international standards, is recognized as being under the control of the main organization and submits financial statements of the main organization for the preparation of consolidated financial statements in accordance with international standards;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z316" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) public interest organisations are financial organisations (excluding legal entities operating exclusively through exchange offices under a licence of the National Bank of the Republic of Kazakhstan for exchange operations with foreign currency in cash, credit partnerships and pawnshops established in the form of a business partnership, as well as microfinance organisations established in the form of a business partnership that do not provide unsecured microloans), specified in paragraph 3-1 of Article 4 of the Law of the Republic of Kazakhstan “On Microfinance Activities”), joint-stock companies ( excluding non-commercial ones), subsoil user organisations ( excluding organisations extracting commonly occurring minerals), bread receiving enterprises, state enterprises based under the right of economic management, entities of state monopoly, special right, as well as organisations in the charter capitals where the state has a share of participation, subsidiaries and other legal entities affiliated with them under the laws of the Republic of Kazakhstan;</w:t>
+      7) public interest organizations - financial organizations (except for legal entities operating exclusively through exchange offices on the basis of a license from the National Bank of the Republic of Kazakhstan for exchange operations with foreign currency in cash, credit unions and pawnshops created in the form of a business partnership, as well as microfinance organizations created in the form of a business partnership that do not provide unsecured microloans specified in paragraph 3-1 of Article 4 of the Law of the Republic of Kazakhstan "On Microfinance Activities"), endowment funds, joint-stock companies (except for non-profit companies), subsoil user organizations (except for organizations extracting common minerals), grain receiving enterprises, state enterprises founded on the right of economic management, entities of state monopoly, special law, as well as organizations in whose authorized capitals the state has a stake, and subsidiaries, dependent and other legal entities that are affiliated with them in accordance with the laws of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z317" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) professional accountant – a legal entity, having certificate of professional accountant, being a member of professional organization;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z318" w:id="11"/>
     <w:p>
@@ -589,51 +589,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 1 as amended by the Law of the Republic of Kazakhstan dated 28.12.2011 № 524-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 26.12.2012 № 61-V (shall be enforced from 01.01.2013); dated 16.05.2014 № 203-V (shall be enforced upon expiry of six months after its first official publication); dated 24.11.2015 № 422-V (shall be enforced from 01.01.2016); dated 09.04.2016 № 502-V (shall be enforced upon expiry of three months from the day of its first official publication); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); № 325-VI of 13.05.2020 (shall come into force six months after its first official publication); № 399-VI of 02.01.2021 (shall be enacted on 01.01.2021); № 75-VII of 24.11.2021 (shall take effect ten calendar days after its first official publication); dated 03.01.2022 № 101-VII (shall be enforced from 01.07.2022); dated 14.07.2022 № 141-VII (shall be enforced upon expiry of ten calendar days after the day of its first official publication); № 71-VIII of 06.04.2024 (shall enter into force sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 1 as amended by the Law of the Republic of Kazakhstan dated 28.12.2011 № 524-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 26.12.2012 № 61-V (shall be enforced from 01.01.2013); dated 16.05.2014 № 203-V (shall be enforced upon expiry of six months after its first official publication); dated 24.11.2015 № 422-V (shall be enforced from 01.01.2016); dated 09.04.2016 № 502-V (shall be enforced upon expiry of three months from the day of its first official publication); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); № 325-VI of 13.05.2020 (shall come into force six months after its first official publication); № 399-VI of 02.01.2021 (shall be enacted on 01.01.2021); № 75-VII of 24.11.2021 (shall take effect ten calendar days after its first official publication); dated 03.01.2022 № 101-VII (shall be enforced from 01.07.2022); dated 14.07.2022 № 141-VII (shall be enforced upon expiry of ten calendar days after the day of its first official publication); № 71-VIII of 06.04.2024 (shall enter into force sixty calendar days after the date of its first official publication); dated 30.06.2025 № 200-VIII (shall come into effect upon expiry of sixty calendar days after the date of its first official publication); dated 30.06.2025 № 204-VIII (shall come into effect upon expiry of sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z326" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -715,51 +715,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Individual entrepreneurs shall have a right not to carry out maintenance of accounting (except for the preparation and storage of primary documents) and preparation of financial reporting upon correspondence at the same time to the following conditions: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) apply special tax regimes for small businesses in obedience to the tax legislation of the Republic of Kazakhstan;</w:t>
+      1) apply, in accordance with the tax legislation of the Republic of Kazakhstan, a special tax regime based on a simplified declaration, and whose income for the calendar year does not exceed 135,000 times the monthly calculation indicator established by the law on the republican budget for the relevant financial year and in effect on January 1 of the relevant financial year;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) are not be registered on the value added tax;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1005,51 +1005,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 2 as amended by the Laws of the Republic of Kazakhstan dated 10.12.2008 № 101-IV (shall be enforced from 01.01.2009); dated 21.07.2011 №. 467-IV (shall be enforced from 01.01.2012); dated 26.12.2012 № 61-V (shall be enforced from 01.01.2013); dated 24.11.2015 № 422-V (shall be enforced from 01.01.2016); dated 28.12.2016 № 34-VI (shall be enforced from 01.01.2017); dated 02.07.2018 № 168-VI (shall be enforced upon expiration of ten calendar days from the date of its first official publication); dated 03.07.2019 № 262-VI (the order of enforcement see Art. 2); № 52-VII of 24.06.2021 (shall take effect on 01.01.2022); dated 12.07.2022 № 138-VII (shall be enforced upon expiry of sixty calendar days after the day of its first official publication); № 71-VIII of 06.04.2024 (shall be enacted sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 2 as amended by the Laws of the Republic of Kazakhstan dated 10.12.2008 № 101-IV (shall be enforced from 01.01.2009); dated 21.07.2011 №. 467-IV (shall be enforced from 01.01.2012); dated 26.12.2012 № 61-V (shall be enforced from 01.01.2013); dated 24.11.2015 № 422-V (shall be enforced from 01.01.2016); dated 28.12.2016 № 34-VI (shall be enforced from 01.01.2017); dated 02.07.2018 № 168-VI (shall be enforced upon expiration of ten calendar days from the date of its first official publication); dated 03.07.2019 № 262-VI (the order of enforcement see Art. 2); № 52-VII of 24.06.2021 (shall take effect on 01.01.2022); dated 12.07.2022 № 138-VII (shall be enforced upon expiry of sixty calendar days after the day of its first official publication); № 71-VIII of 06.04.2024 (shall be enacted sixty calendar days after the date of its first official publication); dated 18.07.2025 № 215-VIII (shall come into effect from 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z333" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4841,80 +4841,98 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) carry out other functions provided for by this Law, other laws of the Republic of Kazakhstan and acts of the President of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z379" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      6-1. The authorized body, together with the National Bank of the Republic of Kazakhstan, shall approve the procedure for determining the market exchange rate for currency.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       7. The Authorised Body for Regulation, Control and Supervision of the Financial Market and Financial Organisations shall exercise control over compliance with the accounting and financial reporting legislation of the Republic of Kazakhstan by financial organisations, (with the exception of legal entities operating exclusively through exchange bureaux under a licence of the National Bank of the Republic of Kazakhstan for foreign currency exchange operations, and legal entities the exclusive business of which is the collection of banknotes, coins and valuables), branches of non-resident banks of the Republic of Kazakhstan, branches of non-resident insurance (reinsurance) organisations of the Republic of Kazakhstan, branches of non-resident insurance brokers of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 20 as amended by the Laws of the Republic of Kazakhstan dated 04.12.2008 № 97-IV (shall be enforced from 01.01.2013); dated 17.07.2009 № 188 (the order of enforcement see Article 2); dated 19.03.2010 № 258-IV; dated 06.01.2011№ 378-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 05.07.2011 № 452-IV (shall be enforced from 13.10.2011); dated 28.12.2011 № 524-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 12.01.2012 № 539-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 05.07.2012 № 30-V(shall be enforced upon expiry of ten calendar days after its first official publication); dated 10.07.2012 № 36-V(shall be enforced upon expiry of ten calendar days after its first official publication); dated 26.11.2012 № 57-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 26.12.2012 № 61-V (shall be enforced from 01.01.2013); dated 13.01.2014 № 159-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 16.05.2014 № 203-V (shall be enforced upon expiry of six months after its first official publication); dated 29.09.2014 № 239-V(shall be enforced upon expiry of ten calendar days after its first official publication); dated 29.12.2014 № 269-V (shall be enforced from 01.01.2015); ;dated 24.11.2015 № 422-V (shall be enforced dated 01.01.2016); dated 02.07.2018 № 168-VI (shall be enforced upon the expiration of ten calendar days from the date of its first official publication); dated 03.07.2019 № 262-VI (the order of enforcement see Art. 2); № 399-VI of 02.01.2021 (shall come into force from 01.01.2021); № 75-VII of 24.11.2021 (shall be enacted ten calendar days after the date of its first official publication); № 71-VIII of 06.04.2024 (shall enter into force sixty calendar days after the date of its first official publication); dated 19.06.2024 № 97-VIII (shall come into effect on 01.07.2024); dated 01.07.2024 № 107-VIII (shall come into effect upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 20 as amended by the Laws of the Republic of Kazakhstan dated 04.12.2008 № 97-IV (shall be enforced from 01.01.2013); dated 17.07.2009 № 188 (the order of enforcement see Article 2); dated 19.03.2010 № 258-IV; dated 06.01.2011№ 378-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 05.07.2011 № 452-IV (shall be enforced from 13.10.2011); dated 28.12.2011 № 524-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 12.01.2012 № 539-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 05.07.2012 № 30-V(shall be enforced upon expiry of ten calendar days after its first official publication); dated 10.07.2012 № 36-V(shall be enforced upon expiry of ten calendar days after its first official publication); dated 26.11.2012 № 57-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 26.12.2012 № 61-V (shall be enforced from 01.01.2013); dated 13.01.2014 № 159-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 16.05.2014 № 203-V (shall be enforced upon expiry of six months after its first official publication); dated 29.09.2014 № 239-V(shall be enforced upon expiry of ten calendar days after its first official publication); dated 29.12.2014 № 269-V (shall be enforced from 01.01.2015); ;dated 24.11.2015 № 422-V (shall be enforced dated 01.01.2016); dated 02.07.2018 № 168-VI (shall be enforced upon the expiration of ten calendar days from the date of its first official publication); dated 03.07.2019 № 262-VI (the order of enforcement see Art. 2); № 399-VI of 02.01.2021 (shall come into force from 01.01.2021); № 75-VII of 24.11.2021 (shall be enacted ten calendar days after the date of its first official publication); № 71-VIII of 06.04.2024 (shall enter into force sixty calendar days after the date of its first official publication); dated 19.06.2024 № 97-VIII (shall come into effect on 01.07.2024); dated 01.07.2024 № 107-VIII (shall come into effect upon expiry of sixty calendar days after the date of its first official publication); dated 18.07.2025 № 215-VIII (shall come into effect from 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z227" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6600,55 +6618,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>