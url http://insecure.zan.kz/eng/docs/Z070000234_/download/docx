--- v1 (2025-11-26)
+++ v2 (2025-12-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1618b15" w14:textId="1618b15">
+    <w:p w14:paraId="c610c20" w14:textId="c610c20">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -5617,70 +5617,70 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) conclude agreements on interaction with one or several organizations on certification; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...18 lines deleted...]
-      7) inform the authorized body on financial monitoring on details on violation of the Law of the Republic of Kazakhstan “On counteraction of legalization (laundering) of incomes, received by illegal means and financing of terrorism” by the accounting organizations and professional accountants, carrying out entrepreneurial activity in the scope of accounting, being its members. </w:t>
+        <w:t>
+      6) require compliance by accounting organizations and professional accountants engaged in business activities in the field of accounting who are its members with the Law of the Republic of Kazakhstan “On Combating Legalization (Laundering) of Proceeds from Crime, Financing of Terrorism and Financing of the Proliferation of Weapons of Mass Destruction”;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) report to the financial monitoring authority information about violations by accounting organizations and professional accountants engaged in business activities in the field of accounting who are its members, of the Law of the Republic of Kazakhstan “On Combating Legalization (Laundering) of Proceeds from Crime, Financing of Terrorism and Financing of the Proliferation of Weapons of Mass Destruction”.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z390" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Organization on certification shall be obliged to:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -5756,51 +5756,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 21 as amended by the Laws of the Republic of Kazakhstan dated 05.07.2011 № 452-IV (shall be enforced from 13.10.2011); dated 28.12.2011 № 524-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 26.12.2012 № 61-V (shall be enforced from 01.01.2013); dated 16.05.2014 № 203-V (shall be enforced upon expiry of six months after its first official publication); dated 10.06.2014 № 206-V (shall be enforced upon expiry of six months after its first official publication); dated 12.11.2015 № 393-V (shall be enforced upon expiry of ten calendar days after the day its first official publication); № 325-VI of 13.05.2020 (shall come into force six months after the date of its first official publication); № 71-VIII of 06.04.2024 (shall be enforced sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 21 as amended by the Laws of the Republic of Kazakhstan dated 05.07.2011 № 452-IV (shall be enforced from 13.10.2011); dated 28.12.2011 № 524-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 26.12.2012 № 61-V (shall be enforced from 01.01.2013); dated 16.05.2014 № 203-V (shall be enforced upon expiry of six months after its first official publication); dated 10.06.2014 № 206-V (shall be enforced upon expiry of six months after its first official publication); dated 12.11.2015 № 393-V (shall be enforced upon expiry of ten calendar days after the day its first official publication); № 325-VI of 13.05.2020 (shall come into force six months after the date of its first official publication); № 71-VIII of 06.04.2024 (shall be enforced sixty calendar days after the date of its first official publication); dated 19.09.2025 № 219-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z391" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>