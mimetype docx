--- v0 (2025-10-12)
+++ v1 (2026-01-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9edfc8e" w14:textId="9edfc8e">
+    <w:p w14:paraId="9d6f5a9" w14:textId="9d6f5a9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -145,91 +145,177 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>The Law of the Republic of Kazakhstan dated January 12, 2007 № 219.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...36 lines deleted...]
-      Footnote. Preamble excluded by the Law of the Republic of Kazakhstan dated 08.07.2024 № 116-VIII (shall come into effect upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Unofficial translation</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. The words “by the organizer of gambling establishment”, “to the organizer of gambling establishment”, “the organizer of gambling establishment”, “by the organizers of gambling establishments”, “the organizer of gambling establishment” “the Organizer of gambling establishment”, shall be replaced in the text by the words “by the organizer of gambling industry”, “to the organizer of gambling industry”, “the organizer of gambling industry”, “by the organizers of gambling industry”, “the organizer of gambling industry”, “the Organizer of gambling industry” by the Law of the Republic of Kazakhstan dated 04.05.2009 № 157-IV (the order of enforcement see. Art. 2).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Preamble excluded by the Law of the Republic of Kazakhstan dated 08.07.2024 № 116-VIII (shall come into effect upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Note!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Throughout the text, the words "and financing of terrorism" are to be replaced, respectively, with the words "financing of terrorism and financing the proliferation of weapons of mass destruction" in accordance with the Law of the Republic of Kazakhstan dated 19.09.2025 № 219-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Article 1. The basic definitions, used in this Law</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2169,51 +2255,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) form and implement state policy in the sphere of gambling business;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) monitor the compliance of the organizers of gambling industry with the legislation of the Republic of Kazakhstan on gambling industry, as well as compliance with the legislation of the Republic of Kazakhstan concerning counteraction to legalization (laundering) of proceeds from crime and financing of terrorism;</w:t>
+      2) monitors compliance of gambling business organizers with the legislation of the Republic of Kazakhstan on gambling, as well as compliance with the legislation of the Republic of Kazakhstan on countering the legalization (laundering) of proceeds from crime, the financing of terrorism and the financing of the proliferation of weapons of mass destruction;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -3265,51 +3351,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. The bookmaker's office or totalizator shall accept bets through the relevant cash desk of the bookmaker's office or totalizator and (or) the electronic cash desk of the bookmaker's office or totalizator. The bookmaker's office or totalizator shall have no right to accept bets using money not accounted for in the unified accounting system.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. The organizers of gambling industry shall comply with the requirements, established by the legislation of the Republic of Kazakhstan concerning counteraction to legalization (laundering) of proceeds from crime and terrorist financing.</w:t>
+      13. Gambling business organizers are obliged to comply with the requirements established by the legislation of the Republic of Kazakhstan on countering the legalization (laundering) of proceeds from crime, financing of terrorism and financing the proliferation of weapons of mass destruction.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. A gambling organizer operating a betting shop shall accept bets based on the odds calculated by the hardware and software system and only on upcoming real events taking place in sports competitions organised by accredited sports federations or under the auspices of international sports organisations, federations and committees.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3390,116 +3476,134 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Organizer of a gambling business cannot act (directly and (or) indirectly to own, use, dispose and manage shares (shares in the authorized capital) the legal entity):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...18 lines deleted...]
-      2) a legal entity, the founder, participant, or beneficial owner of which is a person who was the founder, participant, or beneficial owner of a legal entity that has a tax debt or has been declared bankrupt.</w:t>
+        <w:t>
+      1) a legal entity, the founder, participant or beneficial owner of which is a person who has an outstanding or outstanding criminal record for a crime committed in the field of economic activity or for intentional crimes of moderate severity, serious crimes, grave crimes, including in the presence of a judicial act that has entered into force against him on the application of criminal punishment in the form of deprivation of the right to hold the position of a senior employee of a financial institution, of a banking and (or) insurance holding company and be a major participant (major shareholder) of a financial institution for life;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) a legal entity, the founder, participant, or beneficial owner of which is a person who was the founder, participant, or beneficial owner of a legal entity that has a tax debt or has been declared bankrupt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) a legal entity, the founder, participant or beneficial owner of which is a person with close relatives, whose actions contributed to the legalization (laundering) of proceeds from crime, financing of terrorism and financing the proliferation of weapons of mass destruction.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. The person specified in the subparagraph 1) of point 16 of this article can't be appointed to an executive position in a gambling institution.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 12, as amended by the Laws of the Republic of Kazakhstan dated 04.05.2009 № 157-IV (the order of enforcement see Art. 2); dated 28.08.2009 № 192-IV (shall be enforced from 08.03.2010); dated 26.11.2010 № 356-IV (shall be enforced from 01.01.2011); dated 10.06.2014 № 206-V (shall be enforced upon expiry of ten calendar days after its first official publication); from 24.04.2015 № 310-V (an order of enforcement see Art. 2); № 356-VI of 02.07.2020 (see Art. 2 for the enactment procedure); dated 01.07.2022 № 131-VII (shall be enforced upon expiry of sixty calendar days after the day of its first official publication); dated 08.07.2024 № 116-VIII (shall come into effect upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 12, as amended by the Laws of the Republic of Kazakhstan dated 04.05.2009 № 157-IV (the order of enforcement see Art. 2); dated 28.08.2009 № 192-IV (shall be enforced from 08.03.2010); dated 26.11.2010 № 356-IV (shall be enforced from 01.01.2011); dated 10.06.2014 № 206-V (shall be enforced upon expiry of ten calendar days after its first official publication); from 24.04.2015 № 310-V (an order of enforcement see Art. 2); № 356-VI of 02.07.2020 (see Art. 2 for the enactment procedure); dated 01.07.2022 № 131-VII (shall be enforced upon expiry of sixty calendar days after the day of its first official publication); dated 08.07.2024 № 116-VIII (shall come into effect upon expiry of sixty calendar days after the date of its first official publication); dated 19.09.2025 № 219-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -3557,51 +3661,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. A gambling company operating a bookmaker or a totalizator office must use a hardware and software system to calculate winning odds for betting options, record bets accepted, calculate winnings based on betting results, record winnings and payouts thereon.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. The hardware and software system must ensure interaction with bookmaker and/or totalizator offices, as well as to collect and provide information allowing the authorized body to monitor compliance with the legislation of the Republic of Kazakhstan on combating the legalization (laundering) of proceeds of crime and the financing of terrorism.</w:t>
+      3. The hardware and software complex must ensure interaction with the bookmaker's offices and (or) betting shops and collect and provide information that allows the authorized body to monitor compliance with the legislation of the Republic of Kazakhstan on countering the legalization (laundering) of proceeds from crime, the financing of terrorism and the financing of the proliferation of weapons of mass destruction.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Organizers of the gambling business, operating a bookmaker's office and (or) a totalizator, shall be obliged to ensure the integration of hardware and software systems with the information systems of state revenue agencies and the authorized body for financial monitoring to ensure automated interaction in the transfer of information.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4903,51 +5007,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 15 – as reworded by Law of the RK № 356-VI of 02.07.2020 (shall be enacted ten calendar days after the date of its first official publication); dated 08.07.2024 № 116-VIII (shall come into effect upon expiry of sixty calendar days after the date of its first official publication); dated 25.04.2025 No. 185-VIII (shall come into effect upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 15 – as reworded by Law of the RK № 356-VI of 02.07.2020 (shall be enacted ten calendar days after the date of its first official publication); dated 08.07.2024 № 116-VIII (shall come into effect upon expiry of sixty calendar days after the date of its first official publication); dated 25.04.2025 № 185-VIII (shall come into effect upon expiry of sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -5917,55 +6021,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>