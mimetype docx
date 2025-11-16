--- v0 (2025-10-02)
+++ v1 (2025-11-16)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="322e826" w14:textId="322e826">
+    <w:p w14:paraId="97b0acc" w14:textId="97b0acc">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2694,62 +2694,86 @@
       1) develop the main directions and ensures the implementation of state policy in the field of culture, creative industries, as well as international cultural relations;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1) approve the criteria for classifying subjects of private entrepreneurship as subjects of creative industries;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      1-2) approve the list of economic activities related to the creative industry;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1-2) excluded by Law of the Republic of Kazakhstan № 213-VIII of 17.07.2025 (shall come into force upon expiry of ten calendar days after the date of its first official publication);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-3) define the legal entity assisting the development of the creative industry;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3531,51 +3555,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-3) develop criteria for classifying subjects of private entrepreneurship as subjects of creative industries;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3-4) develop a list of economic activities related to the creative industry;</w:t>
+      3-4) draw up and approve a list of economic activities related to the creative industry;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-5) develop and approve the rules for providing state support and stimulation of the creative industry;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5455,51 +5479,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 7 as amended by the Laws of the Republic of Kazakhstan dated 27.05.2010 № 280-IV (shall be enforced from 03.12.2010); dated 12.01.2012 № 537-IV(shall be enforced upon expiry of ten calendar days after its first official publication); dated 10.07.2012 № 36-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 13.06.2013 № 102-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 03.07.2013 № 124-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 13.01.2014 № 159-V (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 29.09.2014 № 239-V (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 28.10.2015 № 368-V (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 05.05.2017 № 60-VI (shall be enforced upon expiry of ten calendar days after the day its first official publication); № 170-VІ as of 02.07.2018 (shall be enforced six months after its first official publication); № 213-VІ as of 03.01.2019 (shall be enforced ten calendar days after its first official publication); № 240-VI as of 01.04.2019 (shall be enforced ten calendar days after its first official publication); dated 02.11.2020 № 370-VI (shall come into effect upon the expiration of ten calendar days after the day of its first official publication); dated 30.12.2020 № 395-VI (shall come into effect from 01.05.2021); dated 29.09.2022 № 143 (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 30.12.2022 № 177-VII (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 19.04.2023 № 223-VII (shall be enforced ten calendar days after the date of its first official publication); dated 10.01.2025 №153-VIII (shall be enforced ten calendar days after its first official publication).</w:t>
+        <w:t>      Footnote. Article 7 as amended by the Laws of the Republic of Kazakhstan dated 27.05.2010 № 280-IV (shall be enforced from 03.12.2010); dated 12.01.2012 № 537-IV(shall be enforced upon expiry of ten calendar days after its first official publication); dated 10.07.2012 № 36-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 13.06.2013 № 102-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 03.07.2013 № 124-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 13.01.2014 № 159-V (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 29.09.2014 № 239-V (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 28.10.2015 № 368-V (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 05.05.2017 № 60-VI (shall be enforced upon expiry of ten calendar days after the day its first official publication); № 170-VІ as of 02.07.2018 (shall be enforced six months after its first official publication); № 213-VІ as of 03.01.2019 (shall be enforced ten calendar days after its first official publication); № 240-VI as of 01.04.2019 (shall be enforced ten calendar days after its first official publication); dated 02.11.2020 № 370-VI (shall come into effect upon the expiration of ten calendar days after the day of its first official publication); dated 30.12.2020 № 395-VI (shall come into effect from 01.05.2021); dated 29.09.2022 № 143 (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 30.12.2022 № 177-VII (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 19.04.2023 № 223-VII (shall be enforced ten calendar days after the date of its first official publication); dated 10.01.2025 №153-VIII (shall be enforced ten calendar days after its first official publication); № 213-VIII of 17.07.2025 (shall be enacted upon expiry of ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z184" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5651,55 +5675,73 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) establish, reorganize, liquidate the state culture organizations of the region, city of republican significance and the capital in the field of theatrical, circus, musical art and cinema, cultural and recreational activities and folk art, library and museum affairs in accordance with the legislation of the Republic of Kazakhstan, in agreement with the authorized body; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
     <w:bookmarkStart w:name="z190" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      2-1) promote the development of cultural ties with compatriots;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
       3) support and coordinate activities of state culture organizations of the region, city of republican significance, the capital for development of theatrical, circus, musical art and cinema, cultural and recreational activities and folk art, library and museum affairs, and provide the activities of institutions of the region, city of republican significance and the capital in the field of culture; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
     <w:bookmarkStart w:name="z191" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) organize conduct of oblast (regional) parades, festivals and competitions in various scopes of creative activity;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
     <w:bookmarkStart w:name="z597" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -5852,51 +5894,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) carry out management of community property in the field of culture within the competence;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
     <w:bookmarkStart w:name="z199" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10-1) appoint and dismiss the head of the Division of Culture of region, city of republican significance and the capital in agreement with the authorized authority;</w:t>
+      10-1) appoint and dismiss the head of the Department of Culture of the region, the city of national importance and the capital;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
     <w:bookmarkStart w:name="z200" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) act as a customer of construction, reconstruction and repair of objects of cultural designation of oblast, city of republican significance and the capital;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
     <w:bookmarkStart w:name="z201" w:id="85"/>
     <w:p>
@@ -6151,51 +6193,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 8 as amended by the Laws of the Republic of Kazakhstan dated 19.03.2010 № 258-IV; dated 27.05.2010 № 280-IV (shall be enforced from 03.12.2010); dated 05.07.2011 № 452-IV (shall be enforced from 13.10.2011); dated 10.07.2012 № 36-V(shall be enforced upon expiry of ten calendar days after its first official publication); dated 13.06.2013 № 102-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 03.07.2013 № 124-V(shall be enforced upon expiry of ten calendar days after its first official publication); dated 29.09.2014 № 239-V (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 28.10.2015 № 368-V (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 05.05.2017 № 60-VI (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 26.11.2019 № 273-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 02.11.2020 № 370-VI (shall come into effect upon the expiration of ten calendar days after the day of its first official publication); dated 30.12.2020 № 395-VI (shall come into effect from 01.05.2021); dated  10.01.2025 №153-VIII (shall be enforced ten calendar days after its first official publication).</w:t>
+        <w:t>      Footnote. Article 8 as amended by the Laws of the Republic of Kazakhstan dated 19.03.2010 № 258-IV; dated 27.05.2010 № 280-IV (shall be enforced from 03.12.2010); dated 05.07.2011 № 452-IV (shall be enforced from 13.10.2011); dated 10.07.2012 № 36-V(shall be enforced upon expiry of ten calendar days after its first official publication); dated 13.06.2013 № 102-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 03.07.2013 № 124-V(shall be enforced upon expiry of ten calendar days after its first official publication); dated 29.09.2014 № 239-V (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 28.10.2015 № 368-V (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 05.05.2017 № 60-VI (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 26.11.2019 № 273-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 02.11.2020 № 370-VI (shall come into effect upon the expiration of ten calendar days after the day of its first official publication); dated 30.12.2020 № 395-VI (shall come into effect from 01.05.2021); dated  10.01.2025 №153-VIII (shall be enforced ten calendar days after its first official publication); № 213-VIII of 17.07.2025 (shall be put into effect upon expiry of ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z210" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6436,116 +6478,206 @@
         <w:t>
       7) act as a customer of construction, reconstruction and repair of objects of cultural designation of a district, city of oblast significance;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
     <w:bookmarkStart w:name="z221" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) support and render assistance in material technical support of the state cultural organizations;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-1) promote the development of cultural ties with compatriots;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-3) ensure the execution of all stages and procedures for the placement, quality control and targeted development of the state creative order in electronic and publicly accessible formats;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-4) monitor the activities of cultural organisations located in the relevant territory and provides information, as well as statistical reports in the prescribed form, to the local executive body of the region, the city of national importance and the capital;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-5) organise the work on the preservation of historical and cultural heritage, promote the development of historical, national and cultural traditions and customs;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z222" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) award a status “Central” to one of the state libraries of a district, city of oblast significance;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
     <w:bookmarkStart w:name="z223" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10) exercise other powers in favor of local state management imposed on local executive bodies by the legislation of the Republic of Kazakhstan.</w:t>
+      10) exercise other powers in favor of local state management imposed on local executive bodies by the legislation of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-1) appoint and dismiss the head of the Department of Culture of the region, the city of national importance and the capital;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 9 as amended by the Laws of the Republic of Kazakhstan dated 27.05.2010 № 280-IV (shall be enforced from 03.12.2010); dated 05.07.2011 № 452-IV (shall be enforced from 13.10.2011); dated 28.10.2015 № 368-V (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 05.05.2017 № 60-VI (shall be enforced upon expiry of ten calendar days after the day its first official publication).</w:t>
+        <w:t>      Footnote. Article 9 as amended by the Laws of the Republic of Kazakhstan dated 27.05.2010 № 280-IV (shall be enforced from 03.12.2010); dated 05.07.2011 № 452-IV (shall be enforced from 13.10.2011); dated 28.10.2015 № 368-V (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 05.05.2017 № 60-VI (shall be enforced upon expiry of ten calendar days after the day its first official publication); № 213-VIII of 17.07.2025  (shall come into force upon expiration of six months from the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z722" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -8061,51 +8193,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Social protection and insurance of creative employees and employees of culture the activity of whom is linked with hazardous (especially hazardous) labour conditions, increased risk and threat of professional diseases, as well as their pension benefits shall be carried out in the manner and on conditions provided by the Laws of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="164"/>
     <w:bookmarkStart w:name="z735" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. For the purpose of state support for creative workers and workers of culture awarded with honorary titles and state awards of the Republic of Kazakhstan, as well as especially gifted young creative workers, a state scholarship in the field of culture shall be established in the manner determined by the Government of the Republic of Kazakhstan.</w:t>
+      2. For the purpose of the state support to creative and cultural workers who have been awarded honorary titles and state awards of the Republic of Kazakhstan, as well as particularly gifted young creative workers, a state scholarship in the field of culture shall be established under the procedure envisaged by the authorised body.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="165"/>
     <w:bookmarkStart w:name="z736" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Bodies of local government and self-government in order to support especially gifted young creative workers and workers of culture may establish grants from the funds of corresponding budgets and (or) other means not prohibited by the legislation of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="166"/>
     <w:bookmarkStart w:name="z737" w:id="167"/>
     <w:p>
@@ -8130,51 +8262,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 15 as amended by the Law of the Republic of Kazakhstan dated 05.05.2017 № 60-VI (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 04.07.2022 № 134-VII (shall be enforced upon expiry of sixty calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Article 15 as amended by the Law of the Republic of Kazakhstan dated 05.05.2017 № 60-VI (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 04.07.2022 № 134-VII (shall be enforced upon expiry of sixty calendar days after the day of its first official publication); № 213-VIII of 17.07.2025 (shall become effective upon expiry of ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z738" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -15877,55 +16009,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -16251,31 +16383,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>