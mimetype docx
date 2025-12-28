--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="764721b" w14:textId="764721b">
+    <w:p w14:paraId="e1f8407" w14:textId="e1f8407">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3469,51 +3469,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Society shall be prohibited to carry out transactions and conduct operations not provided by paragraphs 1 and 2 of this Article.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
     <w:bookmarkStart w:name="z140" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3-1. The Company shall be obliged to report on financial monitoring data and information in accordance with the Law of the Republic of Kazakhstan “On countering the legalization (laundering) of proceeds from crime and Terrorism Financing” to the authorized body</w:t>
+      3-1. The company is obliged to provide the financial monitoring authority with data and information in accordance with the Law of the Republic of Kazakhstan “On Combating Legalization (Laundering) of Proceeds from Crime and Financing of Terrorism”.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
     <w:bookmarkStart w:name="z141" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Participation of society in other legal entities shall not be allowed, with the exception of cases of uniting of societies on mutual insurance in associations (unions), as well as creation of consortium by them on the basis of the contract on joint economic activity.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
     <w:bookmarkStart w:name="z142" w:id="122"/>
     <w:p>
@@ -3568,51 +3568,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Footnote. Article 15 as amended by the Law of the Republic of Kazakhstan dated 30.12.2009 № 234-IV; dated 26.07.2016 № 12-VІ (shall be enforced from 01.07.2017).</w:t>
+        <w:t>Footnote. Article 15 as amended by the Law of the Republic of Kazakhstan dated 30.12.2009 № 234-IV; dated 26.07.2016 № 12-VІ (shall be enforced from 01.07.2017); dated 19.09.2025 № 219-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z145" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>