--- v0 (2025-10-01)
+++ v1 (2025-11-16)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f4e91d7" w14:textId="f4e91d7">
+    <w:p w14:paraId="438e574" w14:textId="438e574">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1397,51 +1397,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20-3) operational day - a calendar day starting at 00.00 and ending at 24.00 CET, during which the daily schedule of production and consumption of electrical energy is implemented;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20-4) unified state management system of the fuel and energy complex (hereinafter referred to as the information system of the authorized body) - information system of the authorized body in the field of electric power industry for monitoring and interaction with electric power industry entities;</w:t>
+      20-4) the unified state management system for the fuel and energy complex (hereinafter referred to as the information system of the authorised body) is an information system of the authorised body designed to collect, process, monitor and analyse data in the field of electric power industry via information interaction between individuals and legal entities with the authorised body and other government agencies;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) interregional and (or) interstate power transmission lines – power transmission lines with a voltage of 220 kV and more transferring electrical energy between regions and (or) states;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2863,51 +2863,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Footnote. Article 1 is in the wording of Law of the Republic of Kazakhstan dated 29.12.2008 № 116-IV (enforced from 01.01.2009), as amended by laws of the Republic of Kazakhstan dated 01.03.2011 № 414-IV (enforced from date of its first official publication); 22.07.2011 № 479-IV (enforced upon expiry of ten calendar days after first official publication); 04.07.2012 № 25-V (the order of enforcement see Art. 2); and 04.07.2013 № 128-V (enforced upon expiry of ten calendar days after first official publication); dated 15.06.2015 № 322-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 12.11.2015 № 394-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 28.12.2016 № 34-VI (shall be enforced from 01.01.2017); dated 11.07.2017 № 89-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 15.06.2015 № 322-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 12.11.2015 № 394-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 28.12.2016 № 34-VI (shall be enforced from 01.01.2017); dated 11.07.2017 № 89-VI (shall be enforced upon expiry of ten calendar days after its first official publication); </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 241-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> as of 02.04.2019 (shall be enforced ten calendar days after its first official publication); dated 26.12.2019 № 284-VІ (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 30.12.2019 № 297-VІ (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 07.12.2020 № 380-VI (see Article 2 for the entry into force); dated 03.01.2022 №101-VII (shall be enforced upon expiry of sixty calendar days after the date of its first official publication); dated 19.04.2023 № 223-VII (shall be enforced from 01.07.2023); dated 19.06.2024 № 96-VIII (shall enter into force upon expiry of ten calendar days after the date of its first official publication); dated 08.07.2024 № 121-VIII (see Article 2 for the entry into force); dated 18.07.2024 № 126-VIII (enacted sixty calendar days after the date of its first official publication); dated 12.06.2025 № 194-VIII (shall enter into force upon expiry of ten calendar days after the day of its first official publication); dated 24.06.2025 № 196-VIII (shall enter into force upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t xml:space="preserve"> as of 02.04.2019 (shall be enforced ten calendar days after its first official publication); dated 26.12.2019 № 284-VІ (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 30.12.2019 № 297-VІ (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 07.12.2020 № 380-VI (see Article 2 for the entry into force); dated 03.01.2022 №101-VII (shall be enforced upon expiry of sixty calendar days after the date of its first official publication); dated 19.04.2023 № 223-VII (shall be enforced from 01.07.2023); dated 19.06.2024 № 96-VIII (shall enter into force upon expiry of ten calendar days after the date of its first official publication); dated 08.07.2024 № 121-VIII (see Article 2 for the entry into force); dated 18.07.2024 № 126-VIII (enacted sixty calendar days after the date of its first official publication); dated 12.06.2025 № 194-VIII (shall enter into force upon expiry of ten calendar days after the day of its first official publication); dated 24.06.2025 № 196-VIII (shall enter into force upon expiry of ten calendar days after the day of its first official publication); № 213-VIII of 17.07.2025 (shall come into effect upon expiry of ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -4233,63 +4233,129 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      6) Excluded by the Law of the Republic of Kazakhstan dated 08.07.2024 № 121-VIII (enacted sixty calendar days after the date of its first official publication);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-1) draw up and approve the rules for the formation, maintenance and functioning of the unified state management system for the fuel and energy complex;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-2) designate the operator of the information and communication infrastructure in the field of the fuel and energy complex;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-3) establishe the procedure for ensuring information security in the field of fuel and energy complex;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-4) determine the industry information security center in the field of fuel and energy complex;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      7) Excluded by the Law of the Republic of Kazakhstan dated 08.07.2024 № 121-VIII (enacted sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -7439,51 +7505,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 5 is in the wording of the Law of the Republic of Kazakhstan dated 29.09.2014 № 239-V (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by the laws of the Republic of Kazakhstan dated 16.05.2014 № 203-V(shall be enforced upon expiry of six months after its first official publication); dated 12.2014 № 269-V (for the procedure of enforcement see Article 3); dated 12.11.2015 № 394-V (for the procedure of enforcement see Article 2); dated 29.03.2016 № 479-V (shall be enforced upon expiry of twenty-one calendar days after its first official publication); dated 11.07.2017 № 89-VI (shall be enforced upon expiry of ten calendar days after its first official publication); № 156-VI as of 24.05.2018 (shall be enforced ten calendar days after its first official publication); № 184-VI as of 05.10.2018 (shall be enforced ten calendar days after its first official publication); dated 19.04.2019 № 249-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 30.12.2019 № 297-VІ (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 29.06.2020 № 352-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 07.12.2020 № 380-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 03.01.2022 № 101-VII (shall be enforced upon expiry of sixty calendar days after the date of its first official publication); dated 30.06.2022 № 130-VII (shall come into effect upon the expiration of sixty calendar days after the day of its first official publication); dated 19.04.2023 № 223-VII (enforcement see Art.3); dated 06.04.2024 № 71-VIII (shall enter into force upon expiry of sixty calendar days after its first official publication); dated 19.06.2024 № 96-VIII (shall enter into force upon expiry of sixty calendar days after the day of its first official publication); dated 08.07.2024 № 121-VIII (enforcement see Art. 2).</w:t>
+        <w:t>      Footnote. Article 5 is in the wording of the Law of the Republic of Kazakhstan dated 29.09.2014 № 239-V (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by the laws of the Republic of Kazakhstan dated 16.05.2014 № 203-V(shall be enforced upon expiry of six months after its first official publication); dated 12.2014 № 269-V (for the procedure of enforcement see Article 3); dated 12.11.2015 № 394-V (for the procedure of enforcement see Article 2); dated 29.03.2016 № 479-V (shall be enforced upon expiry of twenty-one calendar days after its first official publication); dated 11.07.2017 № 89-VI (shall be enforced upon expiry of ten calendar days after its first official publication); № 156-VI as of 24.05.2018 (shall be enforced ten calendar days after its first official publication); № 184-VI as of 05.10.2018 (shall be enforced ten calendar days after its first official publication); dated 19.04.2019 № 249-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 30.12.2019 № 297-VІ (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 29.06.2020 № 352-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 07.12.2020 № 380-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 03.01.2022 № 101-VII (shall be enforced upon expiry of sixty calendar days after the date of its first official publication); dated 30.06.2022 № 130-VII (shall come into effect upon the expiration of sixty calendar days after the day of its first official publication); dated 19.04.2023 № 223-VII (enforcement see Art.3); dated 06.04.2024 № 71-VIII (shall enter into force upon expiry of sixty calendar days after its first official publication); dated 19.06.2024 № 96-VIII (shall enter into force upon expiry of sixty calendar days after the day of its first official publication); dated 08.07.2024 № 121-VIII (enforcement see Art. 2); № 213-VIII of 17.07.2025  (shall be enacted upon expiry of ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -16945,50 +17011,379 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Footnote. Chapter 3 is supplemented by Article 10-3 in accordance with the Law of the Republic of Kazakhstan dated 12.11.2015 № 394-V (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by the Law of the Republic of Kazakhstan dated 07.12.2020 № 380-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 19.04.2023 № 223-VII (shall be enforced ten calendar days after the date of its first official publication); dated 08.07.2024 № 121-VIII (enacted sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Article 10-4. Information system of the authorised body</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Individuals and legal entities engaged in the process of production, transmission of electric energy and supply of electric energy supply data via the information system of the authorised body on the quality and volume of electricity supply, modes of consumption of electric energy, the condition of equipment, electrical networks and other property, used for implementing activities, measures for modernisation, repair, reconstruction, replacement of the specified property, measures to increase energy efficiency and reduce losses of electric energy, measures to introduce technologies for the use of renewable energy sources, as well as other information in accordance with the laws of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Equipping electric power facilities involved in the process of production, transmission, consumption of electric energy and supply of electric energy with devices of the automated system of commercial metering of electric energy and ensuring their functioning shall be governed by the rules of operation of the automated system of commercial accounting of electric energy, approved by the authorised body.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. The objectives of the information system of the authorized body shall include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) collection and processing of information on the state and forecast of the development of the electric power industry;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ensuring the formation of a forecast for the development of the electric power industry;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ensuring the quality and accessibility of public services provided via the information system of the authorised body.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. The rules for the formation, maintenance and functioning of the unified state management system for the fuel and energy complex shall set out, inter alia:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) the procedure for data collection, processing, monitoring and analysis;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) requirements for electric power industry informatisation facilities;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) requirements for hardware and software complexes of automated commercial accounting systems for energy resources;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) requirements for automated process control systems;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) technical requirements for server equipment and operating system for the functioning of an automated commercial accounting system;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) requirements for information transmission technology in an intelligent electric power metering system;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) requirements for measuring instruments, other equipment and intangible assets that account for the electric power industry and enable the connection of metering devices.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Individuals and legal entities engaged in the process of production, transmission of electric energy and supply of electric energy shall be required to provide access and integrate their hardware and software complexes of the automated system of commercial accounting of electric energy with the information system of the authorised body.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Chapter 3 has been supplemented with Article 10-4 under Law of the Republic of Kazakhstan № 213-VIII of 17.07.2025 (shall become effective upon expiry of ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Article 11. Instructions concerning regime of production, transfer and consumption of electrical energy in carrying out centralized operational dispatch management</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -19407,61 +19802,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">3-6. The purchase of services for regulation of electric power, including from outside the Republic of Kazakhstan, shall be carried out in accordance with the concluded agreements at an agreed </w:t>
+        <w:t xml:space="preserve">3-6. The purchase of services for regulation of electric power, including from outside the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>price by the system operator from energy generating organizations, as well as from non-resident organizations whose main activities include the provision of this service.</w:t>
+        <w:t>Republic of Kazakhstan, shall be carried out in accordance with the concluded agreements at an agreed price by the system operator from energy generating organizations, as well as from non-resident organizations whose main activities include the provision of this service.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>