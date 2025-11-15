--- v0 (2025-10-01)
+++ v1 (2025-11-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="bbe967b" w14:textId="bbe967b">
+    <w:p w14:paraId="3e32f98" w14:textId="3e32f98">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -552,238 +552,362 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) consent of the credit record  subject - permission of the credit record  subject to the information providers specified in subparagraphs 1), 1-1), 2) and 4) of paragraph 1 of Article 18 of this Law to provide information about him/her to credit bureaus (except for a credit bureau with state participation) or permission of the credit record  subject to issue a credit report on him/her to other persons from the credit bureau, executed in accordance with the requirements established by the legislation of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z520" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13-1) information about the subject of a credit history (hereinafter referred to as Information) - information regarding the subjects of credit histories in electronic form and on paper, transmitted by participants in the system for the formation of credit histories and their use, if necessary, certified through an electronic digital signature;</w:t>
+      13-1) consent of the credit history subject for cross-border exchange is a permission of the credit history subject to disclose the data on him/her to the authorised organizations of a foreign state and/or to receive the data on him/her from the authorised organizations of a foreign state, formalized in writing or in the form of an electronic document certified by an electronic digital signature, with regard to the need to ensure the identification of the credit history subject under the laws of a foreign state or the laws of the Republic of Kazakhstan. The consent must be signed by the credit history subject in person or by other means equivalent to a handwritten signature under the laws of a foreign state or the laws of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z521" w:id="16"/>
-[...15 lines deleted...]
-      13-2) negative information about the subject of the credit history - a short form of the credit report on the subject of the credit history, containing information about the liquidation of the subject of the credit history, which is a legal entity, by a court decision or about the presence of the subject of the credit history overdue indebtedness for more than ninety calendar days, or on declaring a subject of a credit history bankrupt in accordance with the Law of the Republic of Kazakhstan "On the restoration of solvency and bankruptcy of citizens of the Republic of Kazakhstan;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-2) information on a subject of credit history (hereinafter referred to as information is information in electronic form and on paper concerning subjects of credit histories, transmitted by participants in the system for the formation and use of credit histories, certified, where appropriate, with an electronic digital signature;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-3) negative data on a credit history subject is a short form of a credit report on a credit history subject containing information on the liquidation of a credit history subject that is a legal entity by court decision or on the existence of overdue debt of a credit history subject exceeding ninety calendar days, or on the recognition of the credit history subject as bankrupt under the Law of the Republic of Kazakhstan “On the Restoration of Solvency and Bankruptcy of Citizens of the Republic of Kazakhstan”;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-4) credit history monitoring is an analysis of changes in the credit history of a credit history subject, performed by credit bureaus based on information and data available in the credit history database, other information systems, as well as the provision of information on identified changes to the credit history subject and/or recipients of credit reports;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z522" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) formation of credit history – an action or set of actions, carrying out by the credit bureau in relation of information, received by them from the information provider in accordance with this Law, on its storage, guarantee of confidentiality, monitoring, refining and updating;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z522" w:id="17"/>
-[...15 lines deleted...]
-      14) formation of credit history – an action or set of actions, carrying out by the credit bureau in relation of information, received by them from the information provider in accordance with this Law, on its storage, guarantee of confidentiality, monitoring, refining and updating;</w:t>
+    <w:bookmarkStart w:name="z523" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) participants of the system of formation of credit histories and their use – the subjects of credit histories, information providers, credit bureaus, recipients of credit reports;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z523" w:id="18"/>
-[...15 lines deleted...]
-      15) participants of the system of formation of credit histories and their use – the subjects of credit histories, information providers, credit bureaus, recipients of credit reports;</w:t>
+    <w:bookmarkStart w:name="z524" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) credit history database - electronic information resources of the credit bureau based on information systems and information processes that meet the requirements established by the legislation of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z524" w:id="19"/>
-[...15 lines deleted...]
-      16) credit history database - electronic information resources of the credit bureau based on information systems and information processes that meet the requirements established by the legislation of the Republic of Kazakhstan;</w:t>
+    <w:bookmarkStart w:name="z525" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16-1) credit history user is an information provider listed in sub-paragraph 1) of paragraph 1 of Article 18 hereof, as well as a legal entity registered in a foreign country that has obtained the consent of the credit history subject for cross-border exchange for the purpose of establishing credit relations and/or monitoring established credit relations;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z525" w:id="20"/>
-[...15 lines deleted...]
-      16-1) real-time mode - a period of time during which the action must be carried out immediately or within a period not exceeding one hour;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16-2) real-time mode is a period of time within which an action must be performed immediately or within a period not exceeding one hour;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16-3) an applicant is a legal entity that has filed documents with the authorised body to obtain a permit to operate a credit bureau and a certificate of compliance of the credit bureau with the requirements for credit bureaus in terms of protecting and ensuring the security of credit history databases, information systems and premises used (hereinafter referred to as the permit);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16-4) proactive services are services rendered by a credit bureau to notify credit history subjects of the issuance of a bank loan and/or microloan, as well as in cases envisaged by sub-paragraph 7) of paragraph 2 of Article 7 hereof;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16-5) cross-border exchange is the exchange of information regarding credit history subjects with authorised organisations of a foreign state and credit bureaus based on the relevant international agreement and agreement on cross-border exchange;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16-6) cross-border exchange agreement is an agreement that specifies the terms and conditions for cross-border exchange, as well as the procedure and terms for cooperation between authorised organisations of foreign states and credit bureaus in the implementation of cross-border exchange;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z526" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) an authorized body - a state body exercising state regulation, control and supervision of the financial market and financial organizations;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16-2) applicant - a legal entity that has submitted documents to the authorized body for the purpose of obtaining a permit for carrying out credit bureau activities and an act on the credit bureau’s compliance with the requirements imposed on a credit bureau for protection and safeguarding of the credit record database, information systems used and premises (hereinafter - permit);</w:t>
-[...18 lines deleted...]
-      17) an authorized body - a state body exercising state regulation, control and supervision of the financial market and financial organizations; </w:t>
+      17-1) authorised organisation is a legal entity that collects, processes, stores credit histories and files credit reports pursuant to the legislation of a foreign state;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z527" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) conditional and contingent liabilities - uncovered letters of credit, issued or approved guarantees, promissory notes and guarantees.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z527" w:id="22"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 1 as amended by the Laws of the Republic of Kazakhstan dated 27.07.2007 № 317 (shall be enforced upon expiry of 10 calendar days after its first official publication); dated 23.10.2008 № 72-IV (the order of enforcement see Article 2); dated 28.12.2011 № 524-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 05.07.2012 № 30-V(shall be enforced upon expiry of ten calendar days after its first official publication); dated 24.11.2015 № 419-V (shall be enforced from 01.01.2016); dated 24.11.2015 № 422-V (shall be enforced from 01.01.2016); dated 29.03.2016 № 479-V (shall be enforced upon expiry of twenty one calendar days after the day its first official publication); dated 06.05.2017 № 63-VI (shall be enforced upon expiry of twenty one calendar days after the day its first official publication); dated 24.05.2018 № 156-VI (shall be enforced upon the expiration of ten calendar days after the date of its first official publication); dated 02.07.2018 № 168-VI (shall be enforced dated 01.01.2019); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 29.06.2020 № 352-VI (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 14.07.2022 № 141-VII (shall come into effect ten calendar days after the day of its first official publication); dated 30.12.2022 № 179-VII (shall come into effect upon the expiration of sixty calendar days after the day of its first official publication); dated 19.06.2024 № 97-VIII (for enactment procedure see Art. 2).</w:t>
+        <w:t>      Footnote. Article 1 as amended by the Laws of the Republic of Kazakhstan dated 27.07.2007 № 317 (shall be enforced upon expiry of 10 calendar days after its first official publication); dated 23.10.2008 № 72-IV (the order of enforcement see Article 2); dated 28.12.2011 № 524-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 05.07.2012 № 30-V(shall be enforced upon expiry of ten calendar days after its first official publication); dated 24.11.2015 № 419-V (shall be enforced from 01.01.2016); dated 24.11.2015 № 422-V (shall be enforced from 01.01.2016); dated 29.03.2016 № 479-V (shall be enforced upon expiry of twenty one calendar days after the day its first official publication); dated 06.05.2017 № 63-VI (shall be enforced upon expiry of twenty one calendar days after the day its first official publication); dated 24.05.2018 № 156-VI (shall be enforced upon the expiration of ten calendar days after the date of its first official publication); dated 02.07.2018 № 168-VI (shall be enforced dated 01.01.2019); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 29.06.2020 № 352-VI (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 14.07.2022 № 141-VII (shall come into effect ten calendar days after the day of its first official publication); dated 30.12.2022 № 179-VII (shall come into effect upon the expiration of sixty calendar days after the day of its first official publication); dated 19.06.2024 № 97-VIII (for enactment procedure see Art. 2); № 205-VIII of 30.06.2025 (see Article 2 for the enactment procedure).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -908,55 +1032,258 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Footnote. Article 2 as amended by the Law of the Republic of Kazakhstan № 168-VI dated 02.07.2018 (shall be enforced upon expiration of ten calendar days from the date of its first official publication); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 02.01.2021 399-VI (shall be enforced from 16.12.2020).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Article 2-1. Main objectives, tasks and principles of state regulation in the field of credit bureau activities and credit history formation</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. The main objective of state regulation in the field of credit bureau activities and credit history formation shall be to establish the legal basis for credit bureau activities and credit history formation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. The main objectives of state regulation in the field of credit bureau activities and credit history formation shall be as follows:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ensuring the integrity and accuracy of information contained in the credit history database;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) protecting and ensuring the security of the credit history database.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. The main principles of state regulation in the field of credit bureau activities and credit history formation shall include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) efficient use of resources and regulatory tools;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) transparency of credit bureau activities;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) accountability of credit bureaus and information providers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Chapter 1 has been supplemented with Article 2-1 under Law of the Republic of Kazakhstan № 205-VIII of 30.06.2025 (shall enter into force upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Article 3. Principles of formation of credit histories and use of information</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Formation of credit histories and use of information shall be carried out in recognition of the following principles:</w:t>
       </w:r>
     </w:p>
@@ -1240,97 +1567,139 @@
       Employees of the authorized body shall bear responsibility for disclosure of details, received in the course of carrying out by them of supervisory functions, constituting official, commercial, banking or other legally protected secret in accordance with the Laws of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. The competence of the authorized body shall include:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      1) adoption of regulatory legal acts on issues of activity of credit bureau in accordance with this Law;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) excluded by Law of the Republic of Kazakhstan № 205-VIII of 30.06.2025 (shall be put into effect upon expiry of sixty calendar days after the date of its first official publication);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) issuing permits, except in the case provided for in this Law;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      2-1) approval of the draft agreement on cross-border exchange;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       3) conducting of verifications of activity of credit bureau on issues of observance of the legislation of the Republic of Kazakhstan on credit bureau and formation of credit histories;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) direction of written prescriptions to the credit bureau, banks, legal entities, having a license to conduct banking borrowing operations (hereinafter – organizations, carrying out the types of banking operations), on elimination of detected violations of the legislation of the Republic of Kazakhstan on credit bureau and formation of credit histories, as well as in the case of non-provision of information in the established terms;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1411,51 +1780,51 @@
         </w:rPr>
         <w:t>      3. Is excluded by the Law of the Republic of Kazakhstan dated 27.04.2015 № 311-V (shall be enforced upon expiry of ten calendar days after its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 4 as amended by the Laws of the Republic of Kazakhstan dated 31.01.2006 № 125; dated 27.07.2007 № 317 (shall be enforced upon expiry of 10 calendar days after its first official publication); dated 23.10.2008 № 72-IV (the order of enforcement see Article 2); dated 10.02.2011 № 406-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 05.07.2011 № 452-IV (shall be enforced from 13.10.2011); dated 28.12.2011 № 524-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 27.04.2015 № 311-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 29.03.2016 № 479-V (shall be enforced upon expiry of twenty one calendar days after the day its first official publication).</w:t>
+        <w:t>      Footnote. Article 4 as amended by the Laws of the Republic of Kazakhstan dated 31.01.2006 № 125; dated 27.07.2007 № 317 (shall be enforced upon expiry of 10 calendar days after its first official publication); dated 23.10.2008 № 72-IV (the order of enforcement see Article 2); dated 10.02.2011 № 406-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 05.07.2011 № 452-IV (shall be enforced from 13.10.2011); dated 28.12.2011 № 524-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 27.04.2015 № 311-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 29.03.2016 № 479-V (shall be enforced upon expiry of twenty one calendar days after the day its first official publication); № 205-VIII of 30.06.2025 (shall be put into effect upon expiry of sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -1477,159 +1846,159 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       A footnote. Title of Article 5 of the Law of the Republic of Kazakhstan dated 24.05.2018 № 156-VI shall be enforced upon the expiration of ten calendar days after the day of its first official publication); as amended by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The authorized body adopts the following normative legal acts on the activities of credit bureaus, formation of credit histories and their use:</w:t>
-[...107 lines deleted...]
-      4) on the conditions and procedure for issuing a permit, except for the case provided for by this Law;</w:t>
+      The authorised body shall:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) establish the conditions and minimum requirements for the procedure regarding the provision of information by information providers to credit bureaus (for information providers referred to in sub-paragraphs 1), 1-1), 2), 3) and 3-1) of paragraph 1 of Article 18 hereof);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) determine the list of information submitted by information providers to credit bureaus (for information providers specified in sub-paragraphs 1), 1-1) and 3-3) of paragraph 1 of Article 18 hereof);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) establish the procedure for obtaining the consent of credit history subjects to information providers mentioned in sub-paragraphs 1), 1-1), 2) and 4) of paragraph 1 of Article 18  hereof to provide data on them to credit bureaus (excluding a credit bureau with state participation), and for obtaining consent to issue a credit report on them to other persons from credit bureau;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) determine the conditions and procedure for filing a credit report;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1) determine the conditions and procedure for calculating credit scoring by the credit bureau;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) determine the conditions and procedure for issuing a permit, excluding the case envisaged hereunder;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -1645,97 +2014,97 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) on the requirements for the use of information and communication technologies and ensuring information security in organizing the activities of credit bureaus, information providers specified in subparagraphs 1) and 1-1) of paragraph 1 of Article 18 of this Law, and recipients of credit reports specified in subparagraph 1) of part one of paragraph 1 of Article 20 of this Law, also on the requirements imposed by credit bureaus on other information providers and recipients of credit reports in accordance with subparagraph 11) of paragraph 2 and subparagraph 9) of paragraph 3 of Article 27 of this Law.</w:t>
-[...17 lines deleted...]
-      The list, reporting forms, terms and procedure for its submission by the credit bureau to the National Bank of the Republic of Kazakhstan are established by the regulatory legal act of the National Bank of the Republic of Kazakhstan in agreement with the authorized body.</w:t>
+      6) set the requirements for the use of information and communication technologies and ensuring information security when organizing the activities of credit bureaus, information providers specified in sub-paragraphs 1) and 1-1) of paragraph 1 of Article 18 hereof, and recipients of credit reports specified in sub-paragraph 1) of part one of paragraph 1 of Article 20 hereof, as well as the requirements imposed by credit bureaus on other information providers and recipients of credit reports as per the sub-paragraph 11) of paragraph 2 and sub-paragraph 9) of paragraph 3 of Article 27 hereof;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) adopt regulatory legal acts binding on credit bureaus in the field of regulating the activities of credit bureaus and the formation of credit histories as per the purpose and objectives mentioned in paragraphs 1 and 2 of Article 2-1 of this Law and the legislation of the Republic of Kazakhstan. The list of subordinate regulatory legal acts shall be set out in the regulation on the authorised body.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 5 in the new wording of the Law of the Republic of Kazakhstan dated 29.03.2016 № 479-V (shall be enforced upon expiry of twenty one calendar days after the day its first official publication); as amended by the Law of the Republic of Kazakhstan dated 27.02.2017 № 49-VI (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 24.05.2018 № 156-VI (shall be enforced upon the expiration of ten calendar days after the date of its first official publication); dated 02.07.2018 № 168-VI (shall be enforced upon the expiration of ten calendar days from the date of its first official publication); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 29.06.2020 № 352-VI (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 19.06.2024 № 97-VIII (for enactment procedure see Art.).</w:t>
+        <w:t>      Footnote. Article 5 in the new wording of the Law of the Republic of Kazakhstan dated 29.03.2016 № 479-V (shall be enforced upon expiry of twenty one calendar days after the day its first official publication); as amended by the Law of the Republic of Kazakhstan dated 27.02.2017 № 49-VI (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 24.05.2018 № 156-VI (shall be enforced upon the expiration of ten calendar days after the date of its first official publication); dated 02.07.2018 № 168-VI (shall be enforced upon the expiration of ten calendar days from the date of its first official publication); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 29.06.2020 № 352-VI (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 19.06.2024 № 97-VIII (for enactment procedure see Art.); № 205-VIII of 30.06.2025 (shall come into effect upon expiry of sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -2031,87 +2400,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) provision of consulting services, related with information support of participants of the system of formation of credit histories and their use;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) provision of services on calculation of credit scoring of subjects of credit histories;</w:t>
+      4) provision of credit scoring services for subjects of credit histories, monitoring of credit histories;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-1) activities of the electronic trading floor operator on the sale of banking and microfinance assets (in the availability of a permit for the right to carry out activities of the electronic trading floor operator on sale of banking and microfinance assets);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) marketing and statistical researches;</w:t>
+      5) marketing, statistical and analytical research;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -2145,51 +2514,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) services of notifying credit record subjects about the recipients of credit reports who requested a credit report, changes in the credit record of a credit record subject in real time;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) services of notifying information providers specified in subparagraph 1) of paragraph 1 of Article 18 of this Law on establishment or withdrawal by an individual of a voluntary repudiation of bank loans, microloans in real time.</w:t>
+      8) services of notifying information providers specified in subparagraph 1) of paragraph 1 of Article 18 of this Law on establishment or withdrawal by an individual of a voluntary repudiation of bank loans, microloans in real time;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) provision of services in proactive mode;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) publication of marketing, statistical and analytical research on the Internet resource of the credit bureau.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1. Credit bureau with the state participation shall carry out formation and database maintenance on insurance in accordance with the Law of the Republic of Kazakhstan “On insurance activity”.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2206,139 +2611,175 @@
       2-2. For a credit bureau with state participation, the provision of credit scoring services is a core activity and is mandatory. Credit bureaus with state participation shall not be allowed to carry out activities referred to in subparagraph 4-1) of paragraph 2 of this Article.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Credit bureau shall not have a right to carry out the types of entrepreneurial activity, not provided by this Article.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. A credit bureau with state participation shall be entitled to send notifications free of charge to subjects of credit history on the issue of loans and (or) microloans, as well as in cases stipulated in sub-paragraph 7) paragraph 2 of Article 7 hereof, and (or) subjects of the unified insurance database in cases established by sub-paragraph 5) paragraph 6 of Article 79 of the Law of the Republic of Kazakhstan “On Insurance Activities”, by means of a short text message via a single number 1414.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 7 as amended by the Laws of the Republic of Kazakhstan dated 27.07.2007 № 317 (shall be enforced upon expiry of 10 calendar days after its first official publication); dated 28.12.2011 № 524-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 27.04.2015 № 311-V (shall be enforced upon expiry of ten calendar days after its first official publication); as of 24.05.2018 № 156-VI (shall be enforced upon ten calendar days after the day of its first official publication); dated 14.07.2022 № 141-VII (shall come into effect ten calendar days after the day of its first official publication); dated 19.06.2024 № 97-VIII (for enactment procedure see Art. 2).</w:t>
+        <w:t>      Footnote. Article 7 as amended by the Laws of the Republic of Kazakhstan dated 27.07.2007 № 317 (shall be enforced upon expiry of 10 calendar days after its first official publication); dated 28.12.2011 № 524-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 27.04.2015 № 311-V (shall be enforced upon expiry of ten calendar days after its first official publication); as of 24.05.2018 № 156-VI (shall be enforced upon ten calendar days after the day of its first official publication); dated 14.07.2022 № 141-VII (shall come into effect ten calendar days after the day of its first official publication); dated 19.06.2024 № 97-VIII (for enactment procedure see Art. 2); № 205-VIII of 30.06.2025 (shall take effect upon expiry of sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Article 7-1. Credit scoring</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Credit scoring shall be calculated independently by the credit bureau or information providers specified in subparagraphs 1) and 1-1) of paragraph 1 of Article 18 of this Law.</w:t>
-[...17 lines deleted...]
-      The procedure for provision of information on credit scoring calculated by the credit bureau shall be determined by the credit bureau independently.</w:t>
+      1. The credit scoring shall be calculated by the credit bureau or the information providers specified in sub-paragraphs 1) and 1-1) of paragraph 1 of Article 18 hereof independently.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The credit bureau may calculate credit scoring using the data of legal entities with which the credit bureau has concluded relevant agreements on calculating credit scoring as per the requirements established by the laws of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The procedure for submitting information on the credit scoring calculated by the credit bureau shall be determined by the credit bureau itself.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Information providers specified in subparagraphs 1) and 1-1) of paragraph 1 of Article 18 of this Law shall assess the creditworthiness of a credit record subject using credit scoring of the credit bureau and (or) the credit scoring calculated independently.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2394,51 +2835,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Chapter 3 was supplemented by Article 7-1 of the Law of the Republic of Kazakhstan dated 24.05.2018 № 156-VI (shall be enforced upon the expiration of ten calendar days after the day of its first official publication); as amended by the Law of the Republic of Kazakhstan dated 19.06.2024 № 97-VIII (enacted sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Chapter 3 was supplemented by Article 7-1 of the Law of the Republic of Kazakhstan dated 24.05.2018 № 156-VI (shall be enforced upon the expiration of ten calendar days after the day of its first official publication); as amended by the Law of the Republic of Kazakhstan dated 19.06.2024 № 97-VIII (enacted sixty calendar days after the date of its first official publication); № 205-VIII of 30.06.2025 (shall become effective upon expiry of sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -4513,51 +4954,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) Refuse to submit a credit report if the request for its submission is made in violation of the requirements established by the legislation of the Republic of Kazakhstan; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) to submit to the National Bank of the Republic of Kazakhstan, the reports, the list, forms, terms and procedure for submission of which are established by the National Bank of the Republic of Kazakhstan in agreement with the authorized body;</w:t>
+      7) to present reports to the National Bank of the Republic of Kazakhstan pursuant to the regulatory legal act of the National Bank of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) to apply to the information provider with a request to correct, supplement the received information, which is subject to re-registration or clarification on appropriate grounds; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4721,51 +5162,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 17 as amended by the Law of the Republic of Kazakhstan dated 24.05.2018 № 156-VI (shall be enforced upon the expiration of ten calendar days after the day of its first official publication); as amended by the Law of the Republic of Kazakhstan dated 02.07.2018 № 168-VI (shall be enforced upon the expiration of ten calendar days after its first official publication); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 24.05.2021 № 43-VII (shall be enforced from 01.08.2021); dated 19.06.2024 № 97-VIII (for enactment procedure see Art. 2).</w:t>
+        <w:t>      Footnote. Article 17 as amended by the Law of the Republic of Kazakhstan dated 24.05.2018 № 156-VI (shall be enforced upon the expiration of ten calendar days after the day of its first official publication); as amended by the Law of the Republic of Kazakhstan dated 02.07.2018 № 168-VI (shall be enforced upon the expiration of ten calendar days after its first official publication); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 24.05.2021 № 43-VII (shall be enforced from 01.08.2021); dated 19.06.2024 № 97-VIII (for enactment procedure see Art. 2); № 205-VIII of 30.06.2025 (shall come into effect upon expiry of sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -5043,51 +5484,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) require the use of provided information from the credit bureau in accordance with this Law; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) have other rights in accordance with the legislative acts of the Republic of Kazakhstan and (or) agreements on provision of information and (or) on reception of credit reports.</w:t>
+      2) have other rights in accordance with the legislative acts of the Republic of Kazakhstan and (or) agreements on provision of information and (or) on reception of credit reports;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) obtain information previously forwarded to them from the credit bureau.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Information providers specified in subparagraphs 1), 1-1), 2) and 4) of paragraph 1 of Article 18 of this Law shall:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5509,51 +5968,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 19 as amended by the Laws of the Republic of Kazakhstan dated 27.07.2007 № 317 (shall be enforced upon expiry of 10 calendar days after its first official publication); dated 23.10.2008 № 72-IV (the order of enforcement see Article 2); dated 10.02.2011 № 406-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 28.12.2011 № 524-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 27.04.2015 № 311-V (shall be enforced from 01.01.2015); dated 24.11.2015 № 419-V (shall be enforced from 01.01.2016); dated 27.02.2017 № 49-VI (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 02.07.2018 № 168-VI (shall be enforced upon the expiration of  ten calendar days from the date of its first official publication); dated 29.06.2020 № 352-VI (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 12.07.2022 № 138-VII (the order of enforcement see Art. 2); dated 21.05.2024 № 86-VIII (enacted sixty calendar days after the date of its first official publication); dated 19.06.2024 № 97-VIII (for enactment procedure see Art. 2).</w:t>
+        <w:t>      Footnote. Article 19 as amended by the Laws of the Republic of Kazakhstan dated 27.07.2007 № 317 (shall be enforced upon expiry of 10 calendar days after its first official publication); dated 23.10.2008 № 72-IV (the order of enforcement see Article 2); dated 10.02.2011 № 406-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 28.12.2011 № 524-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 27.04.2015 № 311-V (shall be enforced from 01.01.2015); dated 24.11.2015 № 419-V (shall be enforced from 01.01.2016); dated 27.02.2017 № 49-VI (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 02.07.2018 № 168-VI (shall be enforced upon the expiration of  ten calendar days from the date of its first official publication); dated 29.06.2020 № 352-VI (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 12.07.2022 № 138-VII (the order of enforcement see Art. 2); dated 21.05.2024 № 86-VIII (enacted sixty calendar days after the date of its first official publication); dated 19.06.2024 № 97-VIII (for enactment procedure see Art. 2); № 205-VIII of 30.06.2025 (shall take force upon expiry of sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -5611,51 +6070,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) individual entrepreneur or legal entity, selling the goods and services on credit or granting delay in payments, systematized features of which are determined by the Government of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) other persons on the basis of agreements on provision of information;</w:t>
+      3) other persons under agreements on the provision of information, as well as persons who are residents of the Republic of Kazakhstan, based on the consent of the credit history subject obtained pursuant to the regulatory legal act of the authorised body on the procedure for obtaining the consent of credit history subjects to information providers, listed in sub-paragraphs 1), 1-1), 2) and 4) of paragraph 1 of Article 18 hereof, to furnish information regarding them to credit bureaus (excluding credit bureaus with state participation), to formalise consent for the issuance of credit reports regarding them to other persons from credit bureaus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) the subject of the credit history;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-1) a person, for the benefit of whom the bank guarantee or surety is issued;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5719,51 +6196,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-5) microfinance ombudsman;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) an authorized body.</w:t>
+      4-6) the authorised state body in charge of managing tax and other mandatory payments to the budget;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) an authorized body;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) National Bank of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Recipients of credit report, specified in subparagraph 4) of this paragraph shall have a right to receive a credit report only about themselves.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5809,97 +6322,133 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Recipients of a credit report specified in subparagraph 4-3) of part one of this paragraph shall be entitled to receive a credit report only on a citizen of the Republic of Kazakhstan, in respect of whom a case has been initiated on the application of the procedure for restoring solvency or judicial bankruptcy, and also who has applied to the application of the procedure of out-of-court bankruptcy in accordance with the Law of the Republic of Kazakhstan "On the restoration of solvency and bankruptcy of citizens of the Republic of Kazakhstan".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      The recipients of credit reports referred to in sub-paragraphs 4-6) of part one of this paragraph shall be entitled to receive information from credit reports only on individuals who are required to file declarations of assets and liabilities, income and property, who have debts to collection and microfinance organisations, in the manner and form established by the authorised public body in charge of ensuring the collection of taxes and other mandatory payments to the budget, in agreement with the authorised body.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The provisions of part six of this paragraph shall not apply to data furnished to credit bureaus by banks and organisations engaged in certain types of banking operations for the purpose of establishing the credit history of individuals.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       Provision of credit reports to the persons, not specified in this paragraph shall not be allowed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Persons specified in sub-paragraphs 1), 2), 3), 4-2), 4-4) and 4-5) of the first part of paragraph 1 of this Article shall register with the credit bureau as recipients of credit reports after entering into an agreement on obtaining credit reports.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 20 is in the wording of the Law of the Republic of Kazakhstan dated 27.07.2007 № 317 (shall be enforced upon expiry of 10 calendar days after its first official publication); as amended by the Laws of the Republic of Kazakhstan dated 23.10.2008 № 72-IV (the order of enforcement see Article 2); dated 30.12.2009 № 234-IV; dated 28.12.2011 № 524-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 26.11.2012 № 57-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 06.05.2017 № 63-VI (shall be enforced upon expiry of twenty one calendar days after the day its first official publication); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 04.07.2022 № 133-VII (shall come into effect upon the expiration of sixty calendar days after the day of its first official publication); dated 30.12.2022 № 179-VII (shall come into effect upon the expiration of sixty calendar days after the day of its first official publication); dated 19.06.2024 № 97-VIII (enacted six months after the date of its fist official publication).</w:t>
+        <w:t>      Footnote. Article 20 is in the wording of the Law of the Republic of Kazakhstan dated 27.07.2007 № 317 (shall be enforced upon expiry of 10 calendar days after its first official publication); as amended by the Laws of the Republic of Kazakhstan dated 23.10.2008 № 72-IV (the order of enforcement see Article 2); dated 30.12.2009 № 234-IV; dated 28.12.2011 № 524-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 26.11.2012 № 57-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 06.05.2017 № 63-VI (shall be enforced upon expiry of twenty one calendar days after the day its first official publication); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 04.07.2022 № 133-VII (shall come into effect upon the expiration of sixty calendar days after the day of its first official publication); dated 30.12.2022 № 179-VII (shall come into effect upon the expiration of sixty calendar days after the day of its first official publication); dated 19.06.2024 № 97-VIII (enacted six months after the date of its fist official publication); № 205-VIII of 30.06.2025 (shall be enacted upon expiry of sixty calendar days after the date of its first official publication); № 207-VIII of 15.07.2025 (shall come into force upon expiry of sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -6465,79 +7014,79 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) apply to the information provider with requirement on correction of unreliable information;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) establish free of charge voluntary repudiation of bank loans, microloans or to withdraw it in the credit bureau or through the “e-government” web portal. The right provided by this subparagraph shall not apply to a credit record subject that is a legal entity.</w:t>
+      8) set up a voluntary waiver of bank loans and microloans free of charge, microloans, or withdraw it from the credit bureau via the e-government web portal or the IT systems of a bank, an organisation engaged in certain types of banking operations, or an organisation engaged in microfinance activities integrated with the services hosted on the e-government gateway.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 22 as amended by the Law of the Republic of Kazakhstan dated 28.12.2011 № 524-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 11.12.2023 № 44-VIII (shall be enforced upon expiration of sixty calendar days after the day of its first official publication); dated 21.05.2024 № 86-VIII (enacted sixty calendar days after the date of its first official publication); dated 19.06.2024 № 97-VIII (enacted from 01.09.2024).</w:t>
+        <w:t>      Footnote. Article 22 as amended by the Law of the Republic of Kazakhstan dated 28.12.2011 № 524-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 11.12.2023 № 44-VIII (shall be enforced upon expiration of sixty calendar days after the day of its first official publication); dated 21.05.2024 № 86-VIII (enacted sixty calendar days after the date of its first official publication); dated 19.06.2024 № 97-VIII (enacted from 01.09.2024); № 205-VIII of 30.06.2025 (shall come into effect upon expiry of sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -6716,72 +7265,90 @@
       5. The information suppliers, except for the information suppliers specified in subparagraph 3-1) of paragraph 1 of Article 18 of this Law, shall keep record of consents, received by them, of the subjects of credit histories for the provision of information about them to a credit bureau (except for the credit bureau with state participation).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. The consent of the subjects of credit records to submit information about them to credit bureaus on paper or in electronic form must be kept by the information provider for at least ten years from the date the latest information about them was submitted to the credit bureaus.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Based on an agreement concluded with the credit bureau, legal entities shall furnish data on credit history subjects that may be included in the credit report and/or receive analytical and/or statistical information from the credit bureau without disclosing personal data, as well as pursuant to the requirements established by the legislation of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 23, as amended by the Laws of the Republic of Kazakhstan dated 26.07.2007 № 311 (shall be enforced upon expiry of 10 calendar days after its first official publication); dated 27 July, 2007 № 317 (shall be enforced upon expiry of 10 calendar days after its first official publication); dated 25.03.2011 № 421-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 28.12.2011 № 524-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 27.02.2017 № 49-VI (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 24.05.2018 № 156-VI (shall be enforced upon the expiration of ten calendar days after the date of its first official publication); dated 02.07.2018 № 168-VI (shall be enforced upon the expiration of ten calendar days from the date of its first official publication); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 29.06.2020 № 352-VI (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 14.07.2022 № 141-VII (shall come into effect ten calendar days after the day of its first official publication); dated 19.06.2024 № 97-VIII (enacted sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 23, as amended by the Laws of the Republic of Kazakhstan dated 26.07.2007 № 311 (shall be enforced upon expiry of 10 calendar days after its first official publication); dated 27 July, 2007 № 317 (shall be enforced upon expiry of 10 calendar days after its first official publication); dated 25.03.2011 № 421-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 28.12.2011 № 524-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 27.02.2017 № 49-VI (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 24.05.2018 № 156-VI (shall be enforced upon the expiration of ten calendar days after the date of its first official publication); dated 02.07.2018 № 168-VI (shall be enforced upon the expiration of ten calendar days from the date of its first official publication); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 29.06.2020 № 352-VI (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 14.07.2022 № 141-VII (shall come into effect ten calendar days after the day of its first official publication); dated 19.06.2024 № 97-VIII (enacted sixty calendar days after the date of its first official publication); № 205-VIII of 30.06.2025 (shall take force upon expiry of sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -7909,115 +8476,493 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) risk assessment on other transactions with deferred payments;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) approval of validation of information, contained in the credit report.</w:t>
-[...17 lines deleted...]
-      3. Credit bureau shall have a right to use details, received from information providers for carrying out by them of marketing and statistical researches.</w:t>
+      4) approval of validation of information, contained in the credit report;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) risk assessments in the course of activities performed by recipients of credit reports referred to in sub-paragraph 3) of paragraph 1 of Article 20 hereof.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Credit bureaus may use information obtained from information providers to conduct marketing, analytical, and statistical research.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Credit bureau shall have a right to provide to the credit bureau of foreign states and receive from them information on existence and absence of credit history of subject in the existence of consent on change of information between the authorized body and relevant supervisory body of the foreign state.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Cross-border exchange shall be performed through interaction between authorised organisations of foreign states and credit bureaus under the terms of cross-border exchange agreements concluded between them and agreed with the authorised body.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. The cross-border exchange agreement shall contain the following terms and conditions for cross-border exchange:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) rules and regulations for information exchange;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) the language in which information is generated and transmitted;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) description of the formats and structures of electronic documents and information;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) list (composition) of identification data;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) procedure for settling disputes, including the procedure for challenging information included in credit histories by the subject of the credit history;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) financial conditions for granting access to information;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) requirements for organisational and technical support for information protection;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) other conditions required for cross-border exchange.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Cross-border exchange shall be effected subject to the consent of the credit history subject to cross-border exchange, which shall be valid for six months from the date of its submission.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The consent of the credit history subject for cross-border exchange shall be formalised as part of the credit history subject's application for the conclusion of a loan agreement or other transaction between the credit history user and the credit history subject.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Should a loan agreement or other transaction be concluded between the credit history user and the credit history subject within the period specified in the first part of this clause, the consent shall remain valid until the expiry of the agreement or other transaction.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. The data and other information subject to cross-border exchange shall include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) a request for a credit report;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) the consent of the credit history subject to cross-border exchange;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) a credit report;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) documents concerning the dispute of information included in credit histories.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Authorised organisations and credit history users engaged in cross-border exchanges must ensure the protection of data and information subject to cross-border exchange during its processing, storage and transfer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Information and data obtained through cross-border exchange may be used by the credit history user solely for the purposes of establishing credit relationships and/or monitoring established credit relationships.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 26 as amended by the Laws of the Republic of Kazakhstan dated 27.07.2007 № 317 (shall be enforced upon expiry of 10 calendar days after its first official publication); dated 28.12.2011 № 524-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 24.05.2018 № 156-VI (shall be enforced upon the expiration of ten calendar days after the date of its first official publication); dated 29.06.2020 № 352-VI (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated December 30, 2022 № 179-VII (shall come into effect upon the expiration of sixty calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Article 26 as amended by the Laws of the Republic of Kazakhstan dated 27.07.2007 № 317 (shall be enforced upon expiry of 10 calendar days after its first official publication); dated 28.12.2011 № 524-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 24.05.2018 № 156-VI (shall be enforced upon the expiration of ten calendar days after the date of its first official publication); dated 29.06.2020 № 352-VI (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated December 30, 2022 № 179-VII (shall come into effect upon the expiration of sixty calendar days after the day of its first official publication); № 205-VIII of 30.06.2025 (see Article 2 for the enactment procedure).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -8643,51 +9588,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) application on registration in the credit bureau;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) notarized copies of licenses, issued by the authorized body for carrying out of licensable types of activity (for organizations, carrying out the licensable types of activity);</w:t>
+      2) notarised copies of licences issued by the authorised body for the performance of licensed activities (for organisations performing licensed activities) or licences in electronic form;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) a copy of certification on the state registration as individual entrepreneur – for individual;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -8797,51 +9742,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 28 as amended by the Laws of the Republic of Kazakhstan dated 27.07.2007 № 317 (shall be enforced upon expiry of 10 calendar days after its first official publication); dated 28.12.2011 № 524-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 24.12.2012 № 60-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 19.06.2024 № 97-VIII (enacted six months after the date of its fist official publication).</w:t>
+        <w:t>      Footnote. Article 28 as amended by the Laws of the Republic of Kazakhstan dated 27.07.2007 № 317 (shall be enforced upon expiry of 10 calendar days after its first official publication); dated 28.12.2011 № 524-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 24.12.2012 № 60-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 19.06.2024 № 97-VIII (enacted six months after the date of its fist official publication); № 205-VIII of 30.06.2025 (shall become effective upon expiry of sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -8917,51 +9862,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) the request of recipient of credit report with approval on existence of the consent of subject of credit history for provision of credit report, except for the case, provided in paragraph 4 of Article 25 of this Law.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Requirements of this paragraph shall not be distributed to the case of presentation of credit report at the request of the authorized body.</w:t>
+      The requirements of this paragraph shall not apply to cases where a credit report is filed at the request of an authorised body and the National Bank of the Republic of Kazakhstan, as well as an authorised public body in charge of ensuring the collection of taxes and other mandatory payments to the budget, regarding the debts of individuals, who are required to file declarations of assets and liabilities, income and property with collection agencies and/or microfinance organisations.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Credit report shall maintain accounts of requests on provision of credit reports and accounts of provided credit reports.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -9025,51 +9970,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Provision by a credit bureau of a credit history subject of a credit report in respect of him/her shall be carried out based on a written request or an electronic request of a credit history subject. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Information about all facts of provision of credit reports on credit history of this subject with specification of the date of issuance, names and requisites of recipients, previously occurred for the subject of credit history shall be contained in the credit report.</w:t>
+      5. The credit report for a credit history subject must contain data on all instances of credit reports on the credit history of that subject being issued within one calendar year, indicating the date of issue, names and details of recipients.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-1. The credit report must show information on submission by the credit history subject – an individual – of an application for a bank loan agreement or microloan agreement within one month after the date of receipt of the information mentioned in the second indent of part two of paragraph 2 of Article 19 hereof.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. The credit bureau shall be obliged to specify all of information providers and the date of reception of this information by credit bureau upon provision of credit report.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -9107,51 +10070,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 29 as amended by the Laws of the Republic of Kazakhstan dated 27.07.2007 № 317 (shall be enforced upon expiry of 10 calendar days after its first official publication); dated 23.10.2008 № 72-IV (the order of enforcement see Article 2); dated 28.12.2011 № 524-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 14.07.2022 № 141-VII (shall come into effect ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Article 29 as amended by the Laws of the Republic of Kazakhstan dated 27.07.2007 № 317 (shall be enforced upon expiry of 10 calendar days after its first official publication); dated 23.10.2008 № 72-IV (the order of enforcement see Article 2); dated 28.12.2011 № 524-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020); dated 14.07.2022 № 141-VII (shall come into effect ten calendar days after the day of its first official publication); № 205-VIII of 30.06.2025 (shall come into effect upon expiry of sixty calendar days after the date of its first official publication); № 207-VIII of 15.07.2025 (shall be effective upon expiry of sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -10056,55 +11019,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>