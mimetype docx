--- v0 (2025-10-02)
+++ v1 (2025-12-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7caa3b8" w14:textId="7caa3b8">
+    <w:p w14:paraId="0b94e33" w14:textId="0b94e33">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -131,127 +131,117 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>The Law of the Republic of Kazakhstan dated 22 December, 2003 No.510.</w:t>
-[...27 lines deleted...]
-        <w:t>Unofficial translation</w:t>
+        <w:t>The Law of the Republic of Kazakhstan dated 22 December, 2003 № 510.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Unofficial translation</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z183" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       This Law shall determine the legal bases and principles of carrying out state legal statistics and maintaining special accounts, powers, and functions of the authorized body, subjects of legal statistics, and special accounts. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. The preamble as amended by the Law of the Republic of Kazakhstan dated 05.11.2022 No. 157-VII (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. The preamble as amended by the Law of the Republic of Kazakhstan dated 05.11.2022 № 157-VII (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z184" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -605,51 +595,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 1 as amended by the Laws of the Republic of Kazakhstan dated 15.01.2014 No. 164-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 03.07.2014 No. 227-V (shall be enforced from 01.01.2015); dated 24.11.2015 № 419-V (shall be enforced from 01.01.2016); dated 05.11.2022 No. 157-VII (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Article 1 as amended by the Laws of the Republic of Kazakhstan dated 15.01.2014 № 164-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 03.07.2014 № 227-V (shall be enforced from 01.01.2015); dated 24.11.2015 № 419-V (shall be enforced from 01.01.2016); dated 05.11.2022 № 157-VII (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z201" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -705,51 +695,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 2 as amended by the Law of the Republic of Kazakhstan dated 05.11.2022 No. 157-VII (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Article 2 as amended by the Law of the Republic of Kazakhstan dated 05.11.2022 № 157-VII (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z24" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1165,51 +1155,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      7) Is excluded by the Law of the Republic of Kazakhstan dated 03.07.2013 No. 124-V (shall be enforced upon expiry of ten calendar days after its first official publication);</w:t>
+        <w:t>      7) Is excluded by the Law of the Republic of Kazakhstan dated 03.07.2013 № 124-V (shall be enforced upon expiry of ten calendar days after its first official publication);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -1243,51 +1233,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      10) Is excluded by the Law of the Republic of Kazakhstan dated 03.07.2013 No. 124-V (shall be enforced upon expiry of ten calendar days after its first official publication);</w:t>
+        <w:t>      10) Is excluded by the Law of the Republic of Kazakhstan dated 03.07.2013 № 124-V (shall be enforced upon expiry of ten calendar days after its first official publication);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -1645,100 +1635,100 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 6 as amended by the Laws of the Republic of Kazakhstan dated 05.07.2011 No. 452-IV (shall be enforced from 13.10.2011); dated 03.07.2013 No. 124-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 29.12.2014 No. 269-V (shall be enforced from 01.01.2015); dated 24.11.2015 № 419-V (shall be enforced from 01.01.2016); dated 28.12.2016 № 36-VІ (shall be enforced upon expiry of two months after the day its first official publication); dated 03.07.2017 № 84-VI (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 24.05.2018 No. 156-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 05.11.2022 No. 157-VII (see Article 3 for the procedure of entry into force).</w:t>
+        <w:t>      Footnote. Article 6 as amended by the Laws of the Republic of Kazakhstan dated 05.07.2011 № 452-IV (shall be enforced from 13.10.2011); dated 03.07.2013 № 124-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 29.12.2014 № 269-V (shall be enforced from 01.01.2015); dated 24.11.2015 № 419-V (shall be enforced from 01.01.2016); dated 28.12.2016 № 36-VІ (shall be enforced upon expiry of two months after the day its first official publication); dated 03.07.2017 № 84-VI (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 24.05.2018 № 156-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 05.11.2022 № 157-VII (see Article 3 for the procedure of entry into force).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Article 7. Rights and obligations of the authorized body</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Footnote. The title of Article 7 as amended by the Law of the Republic of Kazakhstan dated 05.11. 2022 No. 157-VII (see Article 3 for the procedure of entry into force).</w:t>
+      Footnote. The title of Article 7 as amended by the Law of the Republic of Kazakhstan dated 05.11. 2022 № 157-VII (see Article 3 for the procedure of entry into force).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z206" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. The authorized body, within its powers, shall have the right to:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -1796,51 +1786,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      4) is excluded by the Law of the Republic of Kazakhstan dated 05.11.2022 No. 157-VII (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      4) is excluded by the Law of the Republic of Kazakhstan dated 05.11.2022 № 157-VII (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -2044,97 +2034,97 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) observance of rights and legal interests of person and citizen, legal entities and the state upon formation of the state legal statistics and maintaining of special accounts;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) presentation of details from their own information systems at the request of the authorized body on financial monitoring in accordance with the legislation of the Republic of Kazakhstan on counteraction to legitimization (laundering) of incomes, received by illegal means, and financing of terrorism;</w:t>
+      9) providing data from own information systems at the request of the financial monitoring authority in accordance with the legislation of the Republic of Kazakhstan on combating legalization (laundering) of proceeds from crime, financing of terrorism and financing of the proliferation of weapons of mass destruction;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) perform other duties provided for by the laws of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 7 as amended by the Laws of the Republic of Kazakhstan dated 28.08.2009 No. 192-IV (shall be enforced from 08.03.2010); dated 19.03.2010 No. 258-IV; dated 28.12.2011 No. 522-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 10.06.2014 No. 206-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 25.06.2020 No. 347-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 05.11.2022 No. 157-VII (see Article 3 for the procedure of entry into force).</w:t>
+        <w:t>      Footnote. Article 7 as amended by the Laws of the Republic of Kazakhstan dated 28.08.2009 № 192-IV (shall be enforced from 08.03.2010); dated 19.03.2010 № 258-IV; dated 28.12.2011 № 522-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 10.06.2014 № 206-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 25.06.2020 № 347-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 05.11.2022 № 157-VII (see Article 3 for the procedure of entry into force); dated 19.09.2025 № 219-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z207" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2338,51 +2328,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (shall be enforced from 01.01.2016); dated 28.12.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 36-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (shall be enforced upon expiry of two months after the day its first official publication); dated 25.06.2020 No. 347-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 05.11.2022 No. 157-VII (see Article 3 for the procedure of entry into force,).</w:t>
+        <w:t xml:space="preserve"> (shall be enforced upon expiry of two months after the day its first official publication); dated 25.06.2020 № 347-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 05.11.2022 № 157-VII (see Article 3 for the procedure of entry into force,).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z210" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2498,51 +2488,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 9 as amended by the Law of the Republic of Kazakhstan dated 05.11.2022 No. 157-VII (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Article 9 as amended by the Law of the Republic of Kazakhstan dated 05.11.2022 № 157-VII (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z216" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2576,51 +2566,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 10 as amended by the Law of the Republic of Kazakhstan dated 05.11.2022 No. 157-VII (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Article 10 as amended by the Law of the Republic of Kazakhstan dated 05.11.2022 № 157-VII (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z217" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2654,51 +2644,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 11 as amended by the Law of the Republic of Kazakhstan dated 05.11.2022 No. 157-VII (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Article 11 as amended by the Law of the Republic of Kazakhstan dated 05.11.2022 № 157-VII (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z218" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2936,51 +2926,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      6-1) is excluded by the Law of the Republic of Kazakhstan dated 05.11.2022 No. 157-VII (shall be enforced upon expiry of ten calendar days after the day of its first official publication);</w:t>
+        <w:t>      6-1) is excluded by the Law of the Republic of Kazakhstan dated 05.11.2022 № 157-VII (shall be enforced upon expiry of ten calendar days after the day of its first official publication);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -3146,51 +3136,51 @@
         </w:rPr>
         <w:t>      Note!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Subparagraph 12) is as amended by the Law of the Republic of Kazakhstan dated 03.01.2023 No. 188-VII (shall be enforced from 01.01.2027).</w:t>
+        <w:t>      Subparagraph 12) is as amended by the Law of the Republic of Kazakhstan dated 03.01.2023 № 188-VII (shall be enforced from 01.01.2027).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -3250,51 +3240,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) wanted persons, being the debtors on enforcement proceedings, defendants in the cases, presented in the interest of the state, as well as on recovery of alimony, compensation of damage, caused by injure or other injury to health, death of the wage earner;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16) persons, brought to the responsibility for commission of legitimization (laundering) of money and (or) other property, received by illegal means, and financing of terrorism;</w:t>
+      16) persons held liable for legalization (laundering) of money and/or other property obtained by criminal means, financing of terrorism and financing of the proliferation of weapons of mass destruction;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16-1) persons brought to criminal responsibility for committing criminal offenses against sexual inviolability of minors;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3304,139 +3294,139 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16-2) wanted persons who have lost contact with relatives;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16-3) persons who are not able to tell identity information about themselves ;</w:t>
-[...35 lines deleted...]
-      18) mutual legal assistance and other international requests, related with legitimization (laundering) of money and (or) other property, received by illegal means, and financing of terrorism;</w:t>
+      16-3) persons who are not able to tell identity information about themselves;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) amounts of confiscated property related to legalization (laundering) of money and/or other assets obtained through criminal means, financing of terrorism and financing of the proliferation of weapons of mass destruction, as well as amounts obtained through criminal means subject to return and returned to the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) mutual legal assistance and other international requests related to legalization (laundering) of money and/or other property obtained through criminal means, financing of terrorism and financing of the proliferation of weapons of mass destruction;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      19) is excluded by the Law of the Republic of Kazakhstan dated 24.05.2018 No. 156-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication);</w:t>
+        <w:t>      19) is excluded by the Law of the Republic of Kazakhstan dated 24.05.2018 № 156-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      20) is excluded by the Law of the Republic of Kazakhstan dated 24.05.2018 No. 156-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      20) is excluded by the Law of the Republic of Kazakhstan dated 24.05.2018 № 156-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z222" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3454,51 +3444,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Footnote. Article 12 as amended by the Laws of the Republic of Kazakhstan dated 23.02.2005 No. 33; dated 28.08.2009 No. 192-IV(shall be enforced from 08.03.2010); dated 06.01.2011 No. 379-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 28.12.2011 No. 522-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 15.01.2014 No. 164-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 10.06.2014 No. 206-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 03.07.2014 No. 227-V (shall be enforced from 01.01.2015); dated 04.07.2014 No. 233-V (shall be enforced from 01.01.2015); dated 03.11.2014 No. 244-V (the order of enforcement see Article 2); dated 29.12.2014 No. 269-V (shall be enforced from 01.01.2015); dated 29.10.2015 </w:t>
+        <w:t xml:space="preserve">      Footnote. Article 12 as amended by the Laws of the Republic of Kazakhstan dated 23.02.2005 № 33; dated 28.08.2009 № 192-IV(shall be enforced from 08.03.2010); dated 06.01.2011 № 379-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 28.12.2011 № 522-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 15.01.2014 № 164-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 10.06.2014 № 206-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 03.07.2014 № 227-V (shall be enforced from 01.01.2015); dated 04.07.2014 № 233-V (shall be enforced from 01.01.2015); dated 03.11.2014 № 244-V (the order of enforcement see Article 2); dated 29.12.2014 № 269-V (shall be enforced from 01.01.2015); dated 29.10.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 376-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (shall be enforced from 01.01.2016); dated 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -3554,51 +3544,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 03.07.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 84-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 24.05.2018 No. 156-VI (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 13.05.2020 No. 325-VІ (shall be enforced upon expiry of six months after the day of its first official publication); dated 05.11.2022 No. 157-VII (see Article 3 for the procedure of entry into force,).</w:t>
+        <w:t xml:space="preserve"> (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 24.05.2018 № 156-VI (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 13.05.2020 № 325-VІ (shall be enforced upon expiry of six months after the day of its first official publication); dated 05.11.2022 № 157-VII (see Article 3 for the procedure of entry into force,); dated 19.09.2025 № 219-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z141" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3918,51 +3908,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Footnote. Article 16 as amended by the Law of the Republic of Kazakhstan dated 19.03.2010 No. 258-IV.</w:t>
+        <w:t>Footnote. Article 16 as amended by the Law of the Republic of Kazakhstan dated 19.03.2010 № 258-IV.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z223" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3988,51 +3978,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. The information exchange system of law enforcement, special state, and other bodies is a confidential information system designed to provide employees and (or) employees of the authorized body for financial monitoring, law enforcement, special state and other bodies with electronic information resources from information systems of state, other bodies, and organizations, allowing to receive electronic information resources exclusively at their request in the framework of their activities in accordance with this Law.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The list of Internet resources and information systems integrated with the system of information exchange of law enforcement, special state and other bodies shall be determined by the Government of the Republic of Kazakhstan.</w:t>
+      The list of Internet resources and information systems integrated with the information exchange system of law enforcement, special state and other bodies shall be established by the Prosecutor General of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The procedure and grounds for obtaining information necessary to solve the tasks assigned to them by other bodies from the information exchange system of law enforcement, special state, and other bodies shall be determined by joint regulatory legal acts of the Prosecutor General of the Republic of Kazakhstan and the first heads of other bodies.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z225" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -4074,51 +4064,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. The Law is supplemented by Article 16-1 in accordance with the Law of the Republic of Kazakhstan dated 24.11.2015 № 419-V (shall be enforced from 01.01.2016); as amended by the Law of the Republic of Kazakhstan dated 22.12.2016 № 28-VI (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 05.11.2022 No. 157-VII (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. The Law is supplemented by Article 16-1 in accordance with the Law of the Republic of Kazakhstan dated 24.11.2015 № 419-V (shall be enforced from 01.01.2016); as amended by the Law of the Republic of Kazakhstan dated 22.12.2016 № 28-VI (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 05.11.2022 № 157-VII (shall be enforced upon expiry of ten calendar days after the day of its first official publication); № 213-VIII of 17.07.2025 (shall come into effect upon expiry of ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z227" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4259,51 +4249,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. The courts shall be provided with information in the framework of criminal, civil, administrative cases in accordance with the norms of the current legislation of the Republic of Kazakhstan and in compliance with the requirements of paragraph 3 of this article.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
     <w:bookmarkStart w:name="z232" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. The procedure and grounds for obtaining information necessary to counteract the legalization (laundering) of proceeds from crime and the financing of terrorism by the authorized financial monitoring body from the information exchange system of law enforcement, special state, and other bodies shall be determined by a joint regulatory legal act of the Prosecutor General of the Republic of Kazakhstan and the authorized body for financial monitoring.</w:t>
+      5. The procedure and grounds for the financial monitoring authority to obtain information from the information exchange system of law enforcement, special state and other bodies that is necessary for countering legalization (laundering) of proceeds from crime, financing of terrorism and financing of the proliferation of weapons of mass destruction shall be determined by the joint regulatory legal act of the Prosecutor General of the Republic of Kazakhstan and the financial monitoring authority.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -4328,51 +4318,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (shall be enforced from 01.01.2016); as amended by the Law of the Republic of Kazakhstan dated 22.12.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 28-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 25.06.2020 No. 347-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 05.11.2022 No. 157-VII (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t xml:space="preserve"> (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 25.06.2020 № 347-VI (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 05.11.2022 № 157-VII (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 19.09.2025 № 219-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z174" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4828,55 +4818,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -5202,31 +5192,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>