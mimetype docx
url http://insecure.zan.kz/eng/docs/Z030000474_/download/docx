--- v0 (2025-10-01)
+++ v1 (2026-01-02)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a81315e" w14:textId="a81315e">
+    <w:p w14:paraId="30e8dda" w14:textId="30e8dda">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -261,50 +261,106 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      From 01.01.2013 the words “unified register”, “of unified register”, “by unified register” respectively consider as the words “register”, “of register”, “by register” in accordance with the Law of the Republic of Kazakhstan dated 28.12.2011 № 524-IV.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Note!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Throughout the text, the words "and financing of terrorism" are to be replaced, respectively, with the words "financing of terrorism and financing the proliferation of weapons of mass destruction" in accordance with the Law of the Republic of Kazakhstan dated 19.09.2025 № 219-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       This Law regulates the public relations, related with carrying out of the state regulation, control and supervision of financial market and financial organizations, and directs to increasing of stability of financial system of the Republic of Kazakhstan and creation conditions on prevention of violation of rights and legal interests of consumers of financial services.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -716,99 +772,99 @@
         </w:rPr>
         <w:t>      3. Excluded by the Law of the Republic of Kazakhstan dated 19.06.2024 № 97-VIII (shall enter into force on 01.07.2024).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 2 is in the wording of the Law of the Republic of Kazakhstan dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262 (shall be enforced from 01.01.2020); dated 19.06.2024 № 97-VIII (shall enter into force on 01.07.2024)</w:t>
+        <w:t>      Footnote. Article 2 is in the wording of the Law of the Republic of Kazakhstan dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262 (shall be enforced from 01.01.2020); dated 19.06.2024 № 97-VIII (shall enter into force on 01.07.2024).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Article 3. Purposes, principles and tasks of the state regulation, control and supervision of financial market and financial organizations</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Footnote. The title of Article 3 is in the wording of the Law of the Republic of Kazakhstan dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication). </w:t>
+        <w:t>
+      Footnote. The title of Article 3 is in the wording of the Law of the Republic of Kazakhstan dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Purposes of the state regulation, control and supervision of financial market and financial organizations shall be:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1820,51 +1876,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) determine the priorities in the field of formation and development of the financial market;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) adopt normative legal acts regulating the activities of the financial market and financial organizations, as well as other persons, in accordance with this Law, other laws of the Republic of Kazakhstan and acts of the President of the Republic of Kazakhstan;</w:t>
+      2) adopt normative legal acts regulating the activities of the financial market and financial organizations, as well as other persons, in accordance with the purposes and objectives provided for by paragraphs 1 and 3 of Article 3 of this Law and the legislation of the Republic of Kazakhstan. The list of by-laws shall be determined in the regulations on the authorized body;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) determine the procedure for applying limited measures of influence to financial institutions and other individuals, supervisory response measures provided for by the Laws of the Republic of Kazakhstan, on issues within its competence;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1923,80 +1979,110 @@
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) approve the programs aimed at protecting interests of the consumers of financial services together with the National Bank of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...28 lines deleted...]
-      8) take a decision on creation of consultative and advisory bodies of the authorized body;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      7) excluded by the Law of the Republic of Kazakhstan dated 30.06.2025 № 205-VIII (shall be enforced sixty calendar days after the day of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      8) excluded by the Law of the Republic of Kazakhstan dated 30.06.2025 № 205-VIII (shall be enforced sixty calendar days after the day of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) consider, approve and submit the structure, total staffing of the authorized body and the Regulations on the authorized body, as well as amendments and additions to them for approval to the President of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2049,62 +2135,86 @@
       11) consider, accept and submit an annual report on the work of the authorized body for approval to the President of the Republic of Kazakhstan; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) approve the rules for appointment to a position and termination of an employment contract with employees of the authorized body;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      13) approve the regulations of the authorized body;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      13) excluded by the Law of the Republic of Kazakhstan dated 30.06.2025 № 205-VIII (shall be enforced sixty calendar days after the day of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) approve the rules for publication of financial statements by joint-stock companies and financial organizations, which determine the procedure for its publication, including the list of financial statements subject to publication and the terms of its publication;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2121,98 +2231,122 @@
       15) approve the rules for creating provisions (reserves) in accordance with international financial reporting standards and the requirements of the legislation of the Republic of Kazakhstan on accounting and financial reporting;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) approve the rules for the issuance and circulation of bank deposit certificates;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      17) approve regulatory legal acts regulating the activities of financial organizations on ensuring information security, in accordance with this Law and other laws of the Republic of Kazakhstan;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      17) excluded by the Law of the Republic of Kazakhstan dated 30.06.2025 № 205-VIII (shall be enforced sixty calendar days after the day of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18) develop and approve the rules for acquisition of services related to ensuring the stability of the financial system by the authorized body; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18-1) jointly with the National Bank of the Republic of Kazakhstan and the authorized body, management in the field of ensuring tax revenues and other mandatory payments to the budget, shall approve the rules for the withdrawal of cash from bank accounts by business entities, which determine, among other things, the conditions for businesses to withdraw cash from bank accounts in excess of the established maximum size, as well as the procedure for submitting to the authorized body that provides leadership in the field of ensuring tax revenues and other mandatory payments to the budget, and the authorized body of data and information on the withdrawal by business entities of cash from bank accounts in excess of the established maximum size, including forms, list and terms of their submission;</w:t>
+      18-1) together with the National Bank of the Republic of Kazakhstan and the authorized body exercising management in the area of ensuring the receipt of taxes and other mandatory payments to the budget, approve the rules for the withdrawal of cash from bank accounts by business entities;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18-2) approves the size of the targeted loss ratio, reliability factor and correction factors used to calculate the insurance bonus for compulsory civil liability insurance of vehicle owners in accordance with the Law of the Republic of Kazakhstan “On compulsory civil liability insurance of vehicle owners”;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2268,135 +2402,177 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 6-5 as amended by the Law of the RK dated 02.01.2021 № 399-VI (the order of entry into force see Article 2); dated 12.07.2022 № 138-VII (the order of entry into force see Article 2); dated 19.06.2024 № 97-VIII (shall enter into force on 01.07.2024).</w:t>
+        <w:t>      Footnote. Article 6-5 as amended by the Law of the RK dated 02.01.2021 № 399-VI (the order of entry into force see Article 2); dated 12.07.2022 № 138-VII (the order of entry into force see Article 2); dated 19.06.2024 № 97-VIII (shall enter into force on 01.07.2024); dated 30.06.2025 № 205-VIII (shall be enforced sixty calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Article 6-6. Composition of the Board of the authorized body</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The Board of the authorized body consists of six people.</w:t>
-[...17 lines deleted...]
-      The Board of the authorized body includes the Chairman of the authorized body, three officials of the authorized body, one representative from the President of the Republic of Kazakhstan and the National Bank of the Republic of Kazakhstan.</w:t>
+      The board of the authorized body shall consist of seven persons.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The Board of the authorized body shall include the Chairman of the authorized body, four officials of the authorized body, one representative from the President of the Republic of Kazakhstan and one representative from the National Bank of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Members of the Board of the authorized body from the President of the Republic of Kazakhstan, the National Bank of the Republic of Kazakhstan and the authorized body shall be appointed and dismissed, respectively, by the President of the Republic of Kazakhstan, the Chairman of the National Bank of the Republic of Kazakhstan and the Chairman of the authorized body.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Article 6-6 as amended by the Law of the Republic of Kazakhstan dated 30.06.2025 № 205-VIII (shall be enforced ten calendar days after the day of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Article 6-7. Meetings of the Board of the authorized body</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -2762,52 +2938,52 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Article 9. Functions and powers of the authorized body</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Footnote. The title of Article 9 is in the wording of the Law of the Republic of Kazakhstan dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication). </w:t>
+        <w:t>
+      Footnote. The title of Article 9 is in the wording of the Law of the Republic of Kazakhstan dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. For the purpose of state regulation, control and supervision over the activities of financial organizations, as well as other persons in accordance with this Law and other laws of the Republic of Kazakhstan, the authorized body shall:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2956,124 +3132,154 @@
       3-3) issue a permit for the right to carry out the activities of a credit bureau and an act on compliance of the credit bureau with the requirements for the credit bureau on protection and ensuring the safety of the database of credit histories, information systems used and premises;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-4) monitors and supervises compliance by second–tier banks, branches of non-resident banks of the Republic of Kazakhstan and the National Postal Operator with the requirements for the arrangement of premises;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...28 lines deleted...]
-      4) issues regulatory legal acts binding on financial institutions, branches of non-resident banks of the Republic of Kazakhstan, branches of insurance (reinsurance) non-resident organizations of the Republic of Kazakhstan, branches of non-resident insurance brokers of the Republic of Kazakhstan, consumers of financial services, other individuals and legal entities on the territory of the Republic of Kazakhstan;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3-5) excluded by the Law of the Republic of Kazakhstan dated 30.06.2025 № 205-VIII (shall be enforced ten calendar days after the day of its first official publication);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) adopt normative legal acts that are mandatory for execution by financial organizations, branches of non-resident banks of the Republic of Kazakhstan, branches of non-resident insurance (reinsurance) organizations of the Republic of Kazakhstan, branches of non-resident insurance brokers of the Republic of Kazakhstan, consumers of financial services, other individuals and legal entities in the territory of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) approve prudential standards and other mandatory standards and limit for financial institutions, branches of non-resident banks of the Republic of Kazakhstan, branches of insurance (reinsurance) non-resident organizations of the Republic of Kazakhstan, branches of non-resident insurance brokers of the Republic of Kazakhstan, including on a consolidated basis;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...16 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5-1) excluded by the Law of the Republic of Kazakhstan dated 30.06.2025 № 205-VIII (shall be enforced ten calendar days after the day of its first official publication);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      6) is excluded by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262 (shall be enforced from 01.01.2020);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -3313,75 +3519,75 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      12-1) is excluded by the Law of the Republic of Kazakhstan dated 29.03.2016 № 479-V (shall be enforced upon expiry of twenty one calendar days after the day its first official publication);</w:t>
+        <w:t>      12-1) is excluded by the Law of the Republic of Kazakhstan dated 29.03.2016 № 479-V (shall be enforced upon expiry of twenty-one calendar days after the day its first official publication);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      12-2) is excluded by the Law of the Republic of Kazakhstan dated 29.03.2016 № 479-V (shall be enforced upon expiry of twenty one calendar days after the day its first official publication).</w:t>
+        <w:t>      12-2) is excluded by the Law of the Republic of Kazakhstan dated 29.03.2016 № 479-V (shall be enforced upon expiry of twenty-one calendar days after the day its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -3394,62 +3600,86 @@
       13) applies a risk-oriented approach within the framework of control and supervision of the activities of banks, banking conglomerates, organizations engaged in certain types of banking operations, insurance (reinsurance) organizations, insurance groups, branches of non–resident banks of the Republic of Kazakhstan, branches of insurance (reinsurance) organizations – non-residents of the Republic of Kazakhstan, organizations engaged in brokerage and (or) dealer activities in the securities market, investment portfolio management activities, including the use of reasoned judgment in cases provided for in paragraph 2 of Article 13-5 of this Law;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) introduce a special regulatory regime in relation to financial organizations and (or) other legal entities and regulate their activities within the competence;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      15) establish the requirements for creation, operation and information security of information systems of the authorized body, integrated with the information systems of the National Bank of the Republic of Kazakhstan, which are not integrated with the objects of information and communication infrastructure of "electronic government";</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      15) excluded by the Law of the Republic of Kazakhstan dated 30.06.2025 № 205-VIII (shall be enforced ten calendar days after the day of its first official publication);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) performs the functions of the branch center for information security of the financial market and financial organizations, branches of non–resident banks of the Republic of Kazakhstan, branches of insurance (reinsurance) organizations – non-residents of the Republic of Kazakhstan, branches of insurance brokers – non-residents of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3693,51 +3923,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) assessing the objectivity of determining the value of financial instruments.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2-1. Within its competence, the authorized body exercise control and supervision over compliance by financial organizations, branches of non-resident banks of the Republic of Kazakhstan, branches of insurance (reinsurance) organizations of non-resident organizations of the Republic of Kazakhstan, branches of non-resident insurance brokers of the Republic of Kazakhstan, the National postal operator with the requirements of the legislation of the Republic of Kazakhstan on countering the legalization (laundering) of proceeds from crime and financing of terrorism.</w:t>
+      2-1. The authorized body shall, within its competence, monitor and supervise compliance by financial organizations, branches of non-resident banks of the Republic of Kazakhstan, branches of insurance (reinsurance) organizations of non-residents of the Republic of Kazakhstan, branches of insurance brokers of non-residents of the Republic of Kazakhstan, the National Postal Operator with the requirements of the legislation of the Republic of Kazakhstan on countering the legalization (laundering) of proceeds from crime, financing of terrorism and financing the proliferation of weapons of mass destruction.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-2. The authorized body shall have the right to have its representative in banks, branches of non-resident banks of the Republic of Kazakhstan, branches of insurance (reinsurance) organizations - non-residents of the Republic of Kazakhstan, bank holdings managing the investment portfolio, insurance (reinsurance) organizations, insurance holdings, an organization guaranteeing the implementation of insurance payments to policyholders (insured, beneficiaries) in case of liquidation of insurance organizations (hereinafter referred to as the representative), in order to carry out supervisory functions.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3883,51 +4113,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 9 as amended by the Laws of the Republic of Kazakhstan dated 11.06.2004 № 562; dated 23.12.2005 № 107 (the order of enforcement see Article 2 of the Law № 107); dated 31.01.2006 № 125; dated 05.05.2006 № 139 (the order of enforcement see Article 2 of the Law of the Republic of Kazakhstan №139); dated 19.02.2007 № 230 (the order of enforcement see Article 2); dated 28.08.2009 № 192-IV (shall be enforced from 08.03.2010); dated 19.03.2010 № 258-IV; dated 15.07.2010 № 338-IV (the order of enforcement see Article 2); dated 05.07.2011 № 452-IV (shall be enforced from 13.10.2011); dated 28.12.2011 № 524-IV(shall be enforced upon expiry of ten calendar days after its first official publication); dated 05.07.2012 № 30-V(shall be enforced upon expiry of ten calendar days after its first official publication); dated 21.06.2013 № 106-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 16.05.2014 № 203-V (shall be enforced upon expiry of six months after its first official publication); dated 10.06.2014 № 206-V (shall be enforced upon expiry of six months after its first official publication); dated 24.11.2015 № 422-V (shall enter into force from 16.12.2020);dated 29.03.2016 № 479-V (shall be enforced upon expiry of twenty one calendar days after the day its first official publication); dated 02.07.2018 № 166-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 02.07.2018 № 168-VІ (the order of enactment see Art. 2); dated 03.07.2019 № 262 (shall be enforced from 01.01.2020); dated 03.07.2020 № 359-VI (shall enter into force from 01.01.2021); dated 02.01.2021 № 399-VI (the order of the entry into force see Article.2); dated 14.07.2022 № 141-VII (shall enter into force upon expiry of ten calendar days after the day of its first official publication); dated 12.07.2022 № 138-VII (shall enter into force upon expiry of sixty calendar days after the day of its first official publication); dated 19.06.2024 № 97-VIII (shall come into force sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 9 as amended by the Laws of the Republic of Kazakhstan dated 11.06.2004 № 562; dated 23.12.2005 № 107 (the order of enforcement see Article 2 of the Law № 107); dated 31.01.2006 № 125; dated 05.05.2006 № 139 (the order of enforcement see Article 2 of the Law of the Republic of Kazakhstan №139); dated 19.02.2007 № 230 (the order of enforcement see Article 2); dated 28.08.2009 № 192-IV (shall be enforced from 08.03.2010); dated 19.03.2010 № 258-IV; dated 15.07.2010 № 338-IV (the order of enforcement see Article 2); dated 05.07.2011 № 452-IV (shall be enforced from 13.10.2011); dated 28.12.2011 № 524-IV(shall be enforced upon expiry of ten calendar days after its first official publication); dated 05.07.2012 № 30-V(shall be enforced upon expiry of ten calendar days after its first official publication); dated 21.06.2013 № 106-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 16.05.2014 № 203-V (shall be enforced upon expiry of six months after its first official publication); dated 10.06.2014 № 206-V (shall be enforced upon expiry of six months after its first official publication); dated 24.11.2015 № 422-V (shall enter into force from 16.12.2020);dated 29.03.2016 № 479-V (shall be enforced upon expiry of twenty one calendar days after the day its first official publication); dated 02.07.2018 № 166-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 02.07.2018 № 168-VІ (the order of enactment see Art. 2); dated 03.07.2019 № 262 (shall be enforced from 01.01.2020); dated 03.07.2020 № 359-VI (shall enter into force from 01.01.2021); dated 02.01.2021 № 399-VI (the order of the entry into force see Article.2); dated 14.07.2022 № 141-VII (shall enter into force upon expiry of ten calendar days after the day of its first official publication); dated 12.07.2022 № 138-VII (shall enter into force upon expiry of sixty calendar days after the day of its first official publication); dated 19.06.2024 № 97-VIII (shall come into force sixty calendar days after the date of its first official publication); dated 30.06.2025 № 205-VIII (shall be enforced ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -4190,62 +4420,86 @@
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) establish procedure of classification of assets and conditional obligations and creation provisions against them. Procedure of allocation of assets and conditional obligations to the category of doubtful and loss shall be determined by agreement with the state body, ensuring tax control of fulfilment of tax obligations before the state;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      7) maintain a register of banks, branches of non-resident banks of the Republic of Kazakhstan;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      7) excluded by the Law of the Republic of Kazakhstan dated 30.06.2025 № 205-VIII (shall be enforced ten calendar days after the day of its first official publication);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) determine the procedure for application and decide on the application of compulsory measures to the bank's affiliated individuals provided for by the Laws of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4337,51 +4591,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 10 as amended by the Laws of the Republic of Kazakhstan dated 23.12.2005 № 107 (the order of enforcement see Article 2 of the Law № 107); dated 05.05.2006 № 139 (the order of enforcement see Article 2 of the Law of the Republic of Kazakhstan № 139); dated 19.02.2007 № 230 (the order of enforcement see Article 2); dated 11.07.2009 № 185-IV (shall be enforced from 30.08.2009); dated 15.07.2010 № 337-IV (the order of enforcement see Article 2); dated 15.07.2010 № 338-IV (the order of enforcement see Article 2); dated 28.12.2011 № 524-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 05.07.2012 № 30-V(shall be enforced upon expiry of ten calendar days after its first official publication); dated 24.11.2015 № 422-V (shall enter into force from 16.12.2020); dated 02.01.2021 № 399-VI (shall enter into force from 16.12.2020).</w:t>
+        <w:t>      Footnote. Article 10 as amended by the Laws of the Republic of Kazakhstan dated 23.12.2005 № 107 (the order of enforcement see Article 2 of the Law № 107); dated 05.05.2006 № 139 (the order of enforcement see Article 2 of the Law of the Republic of Kazakhstan № 139); dated 19.02.2007 № 230 (the order of enforcement see Article 2); dated 11.07.2009 № 185-IV (shall be enforced from 30.08.2009); dated 15.07.2010 № 337-IV (the order of enforcement see Article 2); dated 15.07.2010 № 338-IV (the order of enforcement see Article 2); dated 28.12.2011 № 524-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 05.07.2012 № 30-V(shall be enforced upon expiry of ten calendar days after its first official publication); dated 24.11.2015 № 422-V (shall enter into force from 16.12.2020); dated 02.01.2021 № 399-VI (shall enter into force from 16.12.2020); dated 30.06.2025 № 205-VIII (shall be enforced sixty calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -4480,50 +4734,68 @@
       1) determine procedure of giving or refuse in giving the consent for acquisition of the status of major participant of insurance (reinsurance) organization and insurance holding companies by the individual and legal entities, permission for creation and acquisition of branch organization by insurance (reinsurance) organization and insurance holding companies, as well as permission for acquisition of significant participant in the capital of legal entities by insurance (reinsurance) organization and insurance holding companies, issue of specified consent and permission or refuse in its issuance; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) establish the requirements for the formation by insurance (reinsurance) organizations, branches of insurance (reinsurance) organizations-non-residents of the Republic of Kazakhstan of insurance reserves, the methodology for calculating insurance reserves and their structure;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1) approve requirements for the assessment and structure of insurance liabilities in accordance with international financial reporting standards and automation of their assessment, the methodology for assessing insurance liabilities, the procedure and terms for its approval;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      3) is excluded by the Law of the Republic of Kazakhstan dated 02.07.2018 № 166-VI (shall be enforced upon expiry of ten calendar days after its first official publication);</w:t>
       </w:r>
       <w:r>
         <w:br/>
@@ -4612,62 +4884,86 @@
       7) determine procedure and conditions of issuance of loans to its insured persons by the insurance organization, carrying out activity on endowment insurance;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) determine the procedure for accounting of insurance (reinsurance) organization, branch of insurance (reinsurance) organization non-resident of the Republic of Kazakhstan insurance and reinsurance contracts, including those executed by insurance (reinsurance) organization, branch of insurance (reinsurance) organization non-resident of the Republic of Kazakhstan in violation of the deadlines established (agreements or legislation of the Republic of Kazakhstan);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      9) maintain a register of insurance (reinsurance) organizations, insurance brokers, branches of insurance (reinsurance) organizations-non-residents of the Republic of Kazakhstan, branches of insurance brokers-non-residents of the Republic of Kazakhstan, actuaries;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      9) excluded by the Law of the Republic of Kazakhstan dated 30.06.2025 № 205-VIII (shall be enforced ten calendar days after the day of its first official publication);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) make, in cases established by the Laws of the Republic of Kazakhstan, a decision to deprive a license for the right to carry out insurance (reinsurance) activities and appoint a temporary administration (temporary administrator) of an insurance (reinsurance) organization, a liquidation commission forcibly terminating the activities of a branch of an insurance (reinsurance) non-resident organization of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4723,51 +5019,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 11 as amended by the Laws of the Republic of Kazakhstan dated 05.05.2006 № 139 (the order of enforcement see Article 2 of the Law of the Republic of Kazakhstan № 139); dated 19.02.2007 № 230 (the order of enforcement see Article 2); dated 15.07.2010 № 337-IV(the order of enforcement see Article 2); dated 28.12.2011 № 524-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 05.07.2012 № 30-V(shall be enforced upon expiry of ten calendar days after its first official publication); dated 02.07.2018 № 166-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 24.11.2015 № 422-V (shall enter into force from 16.12.2020); dated 02.01.2021 № 399-VI (shall enter into force from 16.12.2020).</w:t>
+        <w:t>      Footnote. Article 11 as amended by the Laws of the Republic of Kazakhstan dated 05.05.2006 № 139 (the order of enforcement see Article 2 of the Law of the Republic of Kazakhstan № 139); dated 19.02.2007 № 230 (the order of enforcement see Article 2); dated 15.07.2010 № 337-IV(the order of enforcement see Article 2); dated 28.12.2011 № 524-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 05.07.2012 № 30-V(shall be enforced upon expiry of ten calendar days after its first official publication); dated 02.07.2018 № 166-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 24.11.2015 № 422-V (shall enter into force from 16.12.2020); dated 02.01.2021 № 399-VI (shall enter into force from 16.12.2020); dated 30.06.2025 № 205-VIII (shall be enforced ten calendar days after the day of its first official publication); dated 18.07.2025 № 215-VIII (shall be enforced from 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -6353,51 +6649,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) upon expiration of the term or early termination of a contract on carrying out activities within the framework of a special regulatory regime;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) in other cases provided for by the civil legislation of the Republic of Kazakhstan or by the contract on carrying out activities within the framework of a special regulatory regime.</w:t>
+      3) in other cases, provided for by the civil legislation of the Republic of Kazakhstan or by the contract on carrying out activities within the framework of a special regulatory regime.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. The authorized body shall have the right to unilaterally terminate the contract on carrying out activities within the framework of a special regulatory regime in the event that the participant of the special regulatory regime fails to fulfill the obligations provided for by the contract, as well as if the participant of a special regulatory regime ceases to comply with the conditions established by the regulatory legal act of the authorized body.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -6753,51 +7049,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) assessing the quality of the risk management and internal control system in a bank and a banking conglomerate, an insurance (reinsurance) company and an insurance group, a professional participant in the securities market (with the exception of organizations carrying out transfer-agency activities) for the existence and implementation of effective internal policies and procedures corresponding to the nature, scale and complexity of the activity, as well as the size of the bank, banking conglomerate, insurance (reinsurance) company, insurance group, professional participant in the securities market;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) assessing the adequacy of provisions (reserves) of a bank, an insurance (reinsurance) company, a professional participant in the securities market (except for organizations engaged in transfer-agency activities), insurance reserves calculated by an actuary licensed to carry out actuarial activities in the insurance market, including for the conformity of methods for their formation to the risks of a bank, an insurance (reinsurance) company, a professional participant in the securities market, as well as the reliability of the information used to generate them;</w:t>
+      4) assessment of the adequacy of provisions (reserves) of a bank, insurance (reinsurance) organization, professional participant in the securities market (except for organizations engaged in transfer agent activities), insurance reserves and insurance obligations calculated by an actuary licensed to perform actuarial activities in the insurance market, including for compliance of the methods used to form them with the risks of the bank, insurance (reinsurance) organization, professional securities market participant, as well as the reliability of the information used to form them.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) definitions of individuals who shall have been (jointly) major participants of the bank, insurance (reinsurance) organization, banking, insurance holdings.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -7105,51 +7401,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. The Law is supplemented with Article 13-5 in accordance with the Law of the Republic of Kazakhstan dated 03.07.2019 № 262 (for the procedure of entry into force, see Article 2); as amended by the Law of the Republic of Kazakhstan dated 12.07.2022 № 138-VII (shall enter into force upon expiry of sixty calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. The Law is supplemented with Article 13-5 in accordance with the Law of the Republic of Kazakhstan dated 03.07.2019 № 262 (for the procedure of entry into force, see Article 2); as amended by the Law of the Republic of Kazakhstan dated 12.07.2022 № 138-VII (shall enter into force upon expiry of sixty calendar days after the day of its first official publication); dated 18.07.2025 № 215-VIII (shall be enforced from 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -7190,50 +7486,68 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) approve the procedure for assessing the level of protection against information security threats;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      1-1) adopts normative legal acts that are mandatory for financial organizations in the sphere of regulation of the activities of financial organizations to ensure information security in accordance with the purposes and objectives provided for in paragraphs 1 and 3 of Article 3 of this Law and the legislation of the Republic of Kazakhstan. The list of by-laws is determined in the regulation on the authorized body;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       2) approve the methodology for assessing information security risks, including the procedure for ranking financial institutions by the degree of exposure to information security risks;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) approve the requirements for the competencies of managers and employees of information security departments, including requirements for advanced training of persons responsible for ensuring information security;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -7290,51 +7604,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Chapter 2 as added by the Article 13-6 in accordance with the Law of the RK dated 03.07.2019 № 262-VI (shall enter into force from 01.01.2021).</w:t>
+        <w:t>      Footnote. Chapter 2 as added by the Article 13-6 in accordance with the Law of the RK dated 03.07.2019 № 262-VI (shall enter into force from 01.01.2021); as amended by the Law of the Republic of Kazakhstan dated 30.06.2025 № 205-VIII (shall be enforced ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -7375,97 +7689,97 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The authorized body shall provide the information specified in the second part of this Article to the National Bank of the Republic of Kazakhstan, including by providing it with access to the information systems of the authorized body.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      State bodies, financial and other organizations, their associations (unions), as well as individuals, branches of non-resident banks of the Republic of Kazakhstan, branches of non-resident insurance (reinsurance) organizations of the Republic of Kazakhstan, branches of non-resident insurance brokers of the Republic of Kazakhstan shall be obliged to provide documents, reports, including financial, and, if necessary, other additional information necessary for the authorized body to perform its functions.</w:t>
+      State bodies, financial and other organizations, their associations (unions), as well as individuals, branches of banks - non-residents of the Republic of Kazakhstan, branches of insurance (reinsurance) organizations - non-residents of the Republic of Kazakhstan, branches of insurance brokers - non-residents of the Republic of Kazakhstan shall be obliged to provide, at the request of the authorized body, including in electronic form and (or) through the information technology facilities of state bodies, documents, reports, including financial, and, if necessary, other additional information required for the authorized body to perform its functions.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Employees of the authorized body shall be responsible for disclosure of information obtained in the course of their control and supervisory functions constituting an official, commercial, banking or other secret protected by the Law in accordance with the Laws of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 14 in the wording of the Law of the RK dated 03.07.2019 № 262-VI (the procedure of entry into force see Article. 2).</w:t>
+        <w:t>      Footnote. Article 14 in the wording of the Law of the RK dated 03.07.2019 № 262-VI (the procedure of entry into force see Article. 2); as amended by the Law of the Republic of Kazakhstan dated 30.06.2025 № 205-VIII (shall be enforced twelve months after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -7599,51 +7913,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Article 15. Interaction of the authorized body with other state bodies of the Republic of Kazakhstan and bodies of other states, carrying out regulation, control and supervision of  financial markets and financial organizations</w:t>
+        <w:t xml:space="preserve"> Article 15. Interaction of the authorized body with other state bodies of the Republic of Kazakhstan and bodies of other states, carrying out regulation, control and supervision of financial markets and financial organizations</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Footnote. The title of Article 15 as amended by the Law of the Republic of Kazakhstan dated 03.07.2019 № 262 (shall be enforced from 01.01.2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -7717,51 +8031,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      3. Is excluded by the Law of the Republic of Kazakhstan dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication). </w:t>
+        <w:t>      3. Is excluded by the Law of the Republic of Kazakhstan dated 05.07.2012 № 30-V (shall be enforced upon expiry of ten calendar days after its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -7895,51 +8209,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Control and supervision over the financial market and financial organizations and in the field of financial legislation of the Republic of Kazakhstan shall be performed by the authorized body and the National Bank of the Republic of Kazakhstan (hereinafter for the purposes of this chapter - control and supervision bodies) within their competence.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Control and supervision in the field of financial legislation of the Republic of Kazakhstan provide for the implementation by control and supervision bodies within the competence of control and supervision over compliance by financial organizations, their branches and affiliates, the Development Bank of Kazakhstan, the Export Credit Agency of Kazakhstan, legal entities operating in the securities market, other entities in the securities market, issuers of securities, credit bureaus, operators of electronic trading platforms for the sale of banking and microfinance assets, banking holdings, banking conglomerates, major participants in banks, insurance holdings, insurance groups, major participants in insurance (reinsurance) organizations, an organization guaranteeing the implementation of insurance payments, actuaries licensed to carry out actuarial activities in the insurance market, special financial companies, Islamic special financial companies, investment funds, major participants in investment portfolio managers, persons possessing the characteristics of a major participant in a bank, an insurance (reinsurance) organization, an investment manager portfolio, banking holding, insurance holding, professional organizations, collection agencies, participants in the payment system, operators and operational centers of payment systems, including any other person authorized under an agreement with them to provide services for the functioning of the payment system, payment service providers, including any other person authorized under an agreement with them to perform functions for the provision of payment services, payment organizations, as well as persons carrying out foreign exchange transactions, temporary administrations (temporary administrators), liquidation commissions of banks, insurance (reinsurance) organizations, branches of banks - non-residents of the Republic of Kazakhstan, branches of insurance (reinsurance) organizations - non-residents of the Republic of Kazakhstan, liquidation commissions of branches of non-resident banks of the Republic of Kazakhstan, branches of non-resident insurance (reinsurance) organizations of the Republic of Kazakhstan, branches of insurance brokers - non-residents of the Republic of Kazakhstan (hereinafter referred to as the audited entity) of the requirements established by the banking, currency legislation of the Republic of Kazakhstan, the legislation of the Republic of Kazakhstan on insurance and insurance activities, payments and payment systems, social protection, the securities market, accounting and financial reporting, credit bureaus and the formation of credit histories, mail, the Development Bank of Kazakhstan, microfinance activities, collection activities, the Insurance Payments Guarantee Fund, counteracting the legalization (laundering) of proceeds from crime and the financing of terrorism, on joint-stock companies, investment and venture funds, this Law and other laws of the Republic of Kazakhstan, as well as the rules for the automation of accounting approved by the National Bank of the Republic of Kazakhstan, regulatory legal acts of the authorized body governing relations associated with the implementation of the activities of the operator of the electronic trading platform for the sale of banking and microfinance assets and the functioning of an electronic trading platform for the sale of banking and microfinance assets, identifying violations of the rights and legitimate interests of consumers of financial services, violations that pose a threat to the national and economic security of the Republic of Kazakhstan, the stability of its financial system, identifying deficiencies and (or) risks in the activities of financial organizations, banking conglomerates and (or) insurance groups.</w:t>
+      Control and supervision in the field of financial legislation of the Republic of Kazakhstan provides for the implementation by control and supervision bodies within the competence of control and supervision over compliance of financial organizations, their branches and affiliated persons, the Development Bank of Kazakhstan, the Export Credit Agency of Kazakhstan, legal entities operating in the securities market, other securities market entities, issuers of securities, credit bureaus, operators of electronic trading platforms for the sale of banking and microfinance assets, bank holding companies, banking conglomerates, major participants in banks, insurance holdings, insurance groups, major participants in insurance (reinsurance) organizations, an organization that guarantees insurance payments, actuaries licensed to carry out actuarial activities in the insurance market, special financial companies, Islamic special financial companies, investment funds, major participants in investment portfolio managers, individuals, having the characteristics of a major bank participant, insurance (reinsurance) organization, investment portfolio manager, bank holding company, insurance holding company, professional organizations, collection agencies, payment system participants, operators and operational centers of payment systems, including any other person authorized under an agreement with them to provide services for the operation of the payment system, payment service providers, including any other person authorized under the agreement with them, perform functions for the provision of payment services, payment organizations, as well as persons engaged in foreign exchange transactions, temporary administrations (temporary administrators), liquidation commissions of banks, insurance (reinsurance) organizations, branches of non–resident banks of the Republic of Kazakhstan, branches of insurance (reinsurance) organizations of non–residents of the Republic of Kazakhstan, liquidation commissions of branches of non-resident banks of the Republic of Kazakhstan, branches of insurance (reinsurance) organizations of non-residents of the Republic of Kazakhstan, branches of insurance brokers of non–residents of the Republic of Kazakhstan (hereinafter – the audited entity), with requirements established by the banking and currency legislation of the Republic of Kazakhstan, the legislation of the Republic of Kazakhstan on insurance and insurance activities, payments and payment systems, social protection, securities market, accounting and financial reporting, credit bureaus and credit record formation, post office, the Development Bank of Kazakhstan, microfinance activities, collection activities, insurance payment guarantee Fund, countering the legalization (laundering) of criminally obtained income, financing of terrorism and financing the proliferation of weapons of mass destruction, on joint-stock companies, investment and venture funds, this Law and other laws of the Republic of Kazakhstan, as well as accounting automation rules approved by the National Bank of the Republic of Kazakhstan, regulatory legal acts of the authorized body regulating relations, related to the activities of the operator of an electronic trading platform for the sale of banking and microfinance assets and the operation of an electronic trading platform for the sale of banking and microfinance assets, the identification of violations of the rights and legitimate interests of consumers of financial services, violations that pose a threat to the national and economic security of the Republic of Kazakhstan, the stability of its financial system, the identification of deficiencies and (or) risks in activities of financial organizations, banking conglomerates and (or) insurance groups.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Based on the control results, the control and supervision body in accordance with this Law and other Laws of the Republic of Kazakhstan and in the event that violations of the requirements of the legislation of the Republic of Kazakhstan, deficiencies and (or) risks in the activities of financial institutions, branches of non-resident banks of the Republic of Kazakhstan, branches of insurance (reinsurance) organizations - non-residents of the Republic of Kazakhstan, branches of insurance brokers - non-residents of the Republic of Kazakhstan, banking conglomerates and (or) insurance groups initiate administrative proceedings or apply other measures, including restrictive measures provided for by the Laws of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -10135,51 +10449,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) analysis and assessment of functioning of payment systems, as well as services provided by the providers of payment service;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) examination of the participants of systemically important payment systems for compliance with the requirements for organizational measures and software and hardware means,   providing the access to payment systems, as part of carrying out monitoring for systemically important payment systems;</w:t>
+      7) examination of the participants of systemically important payment systems for compliance with the requirements for organizational measures and software and hardware means, providing the access to payment systems, as part of carrying out monitoring for systemically important payment systems;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) maintaining the registers of payment systems, payment organizations, significant providers of payment services.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -10449,51 +10763,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The main objectives of the risk-oriented approach shall be to identify and prevent risks and deficiencies in the activities of the persons specified in the first part of this paragraph, in order to intervene early and take timely supervisory actions to ensure their financial stability and prevent an increase in risks in their activities.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The risk-oriented approach shall be based, among other things, on motivated judgment formed on the basis of quantitative and qualitative analysis of the activities of the persons specified in the first part of this paragraph, analysis of their risk management and internal control systems, including analysis and assessment of the business model, corporate governance, counteraction to legalization (laundering) of proceeds from crime and the financing of terrorism, capital level and liquidity to cover risks, an assessment of internal procedures for determining the required level of equity and liquidity, as well as an analysis and assessment taking into account the nature and scale of the activities of the persons specified in the first part of this paragraph.</w:t>
+      The risk-based approach is based, inter alia, on a motivated judgment formed on the basis of a quantitative and qualitative analysis of the activities of the persons specified in part one of this paragraph, an analysis of their risk management and internal control systems, including analysis and assessment of the business model, corporate governance, countering the legalization (laundering) of proceeds from crime, financing of terrorism and financing the proliferation of weapons of mass destruction, the level of capital and liquidity to cover risks, evaluation of internal procedures for determining the required level of equity and liquidity, as well as analysis and evaluation, taking into account the nature and scale of the activities of the persons specified in part one of this paragraph.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Risk-oriented approach within the framework of control and supervision over the activities of the persons specified in part one of paragraph 1 of this Article takes into account the principle of proportionality, which implies:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -10539,51 +10853,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       determination of frequency, depth and intensity of control and supervision.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. The authorized body, based on the results of control and supervision on the basis of a risk-oriented approach, shall notify the persons specified in part one of paragraph 1 of this Article, on the identified risks and deficiencies and apply  supervisory response measures and (or) sanctions in accordance with the laws of the Republic of Kazakhstan.</w:t>
+      3. The authorized body, based on the results of control and supervision on the basis of a risk-oriented approach, shall notify the persons specified in part one of paragraph 1 of this Article, on the identified risks and deficiencies and apply supervisory response measures and (or) sanctions in accordance with the laws of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. The procedure for applying the risk-oriented approach within the framework of control and supervision over the activities of the persons specified in part one of paragraph 1 of this Article shall be determined by the legal act of the authorized body, shall be the confidential information and not subject to publication in the media.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -11931,51 +12245,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) to receive, in the prescribed manner, the information and materials necessary for performance of official duties;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) to  visit organizations in the manner prescribed by the laws of the Republic of Kazakhstan for performance of official duties;</w:t>
+      4) to visit organizations in the manner prescribed by the laws of the Republic of Kazakhstan for performance of official duties;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) to demand the precise definition of the tasks and scope of official powers in accordance with the position held by the employees of the authorized body from the head;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -13664,52 +13978,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) if there is a court decision that has entered into legal force with respect to the applicant prohibiting the applicant from carrying out the operator's activities;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      4) failure to eliminate the comments of the authorized body on the submitted documents within the established time period.   </w:t>
+        <w:t>
+      4) failure to eliminate the comments of the authorized body on the submitted documents within the established time period.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. The reorganization and liquidation of the operator shall be carried out in the manner prescribed by the laws of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -14131,69 +14445,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The operator whose permit for the operator's right to operate has been suspended is obliged to fulfill the obligations assumed under previously concluded agreements on the electronic sales platform.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. The authorised body shall revoke the operator’s permit for carrying out activities on one of the following grounds:</w:t>
-[...17 lines deleted...]
-      1) failure to eliminate the reason for which the authorised body suspended the operator’s permit for carrying out activities;</w:t>
+      8. The authorized body shall revoke the operator’s permit for carrying out activities on one of the following grounds:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) failure to eliminate the reason for which the authorized body suspended the operator’s permit for carrying out activities;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) repeated (two or more times) suspension of the operator’s permit for carrying out activities over the past twelve months;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -14530,55 +14844,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -14904,31 +15218,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>