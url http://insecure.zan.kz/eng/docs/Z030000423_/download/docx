--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d56558a" w14:textId="d56558a">
+    <w:p w14:paraId="973eb00" w14:textId="973eb00">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -131,51 +131,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>The Law of the Republic of Kazakhstan dated 3 June 2003 No. 423.</w:t>
+        <w:t>The Law of the Republic of Kazakhstan dated 3 June 2003 № 423.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Unofficial translation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -302,51 +302,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) reserve for damages - a reserve formed at the expense of initial one-time contributions, additional contributions and penalties for non-fulfilment or untimely fulfilment by insurance organizations-participants of obligations to pay initial one-time contributions, additional contributions, as well as at the expense of investment income received from investing the funds of the reserve, and reduced by the negative investment income received from investing the funds of the reserve, and reduced by the costs associated with investing the reserve, including the commission fee of the Insurance Payments Guarantee Fund and the amount of relevant taxes and other obligatory payments to the budget. The reserve for compensation of harm shall be used exclusively for compensation of harm to the life, and health of the victim and (or) burial expenses in cases provided for by this Law;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z609" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3-1) investment committee - a collegial body of the Insurance Payments Guarantee Fund, which makes investment decisions concerning the  assets of the Insurance Payments Guarantee Fund, the funds of insurance payments guarantee reserves and the damage compensation reserve;</w:t>
+      3-1) investment committee - a collegial body of the Insurance Payments Guarantee Fund, which makes investment decisions concerning the assets of the Insurance Payments Guarantee Fund, the funds of insurance payments guarantee reserves and the damage compensation reserve;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z459" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) an advisory committee - a collegial consultative and advisory body representing the interests of insurance organizations, branches of non-resident insurance organizations of the Republic of Kazakhstan that are participants in the system of guaranteeing insurance payments;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z460" w:id="7"/>
     <w:p>
@@ -553,72 +553,52 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) guaranteed types of insurance - types of insurance, in respect of which this Law provides for mandatory participation in the Insurance Payments Guarantee Fund;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z469" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> of the</w:t>
+        <w:t>
+      13) guarantee payment for compulsory types of insurance - the amount of money paid by the Insurance Payments Guarantee Fund in the manner and on the terms provided for by this Law to a policyholder (an insured person, a beneficiary) in case of insured events that have occurred under an insurance contract of a forcibly liquidated insurance organization, that forcibly terminating the activities of a branch of an insurance organization - a non-resident of the Republic of Kazakhstan, in cases provided for by the Law of the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Republic of Kazakhstan "On Insurance Activities";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z470" w:id="16"/>
@@ -1320,51 +1300,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Footnote. Article 3 is in the wording of Law of the Republic of Kazakhstan № 234-IV dated 30.12.2009; as amended by Law of the Republic of Kazakhstan № 30-V dated 05.07.2012 (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by Law of the Republic of Kazakhstan </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 422-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> dated 24.11.2015 (shall be enforced from 01.01.2016); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2732,61 +2712,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>An impeccable business reputation</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> means the presence of facts confirming professionalism and integrity, including the absence of any facts of unlawful actions (or inaction) committed by a person that resulted in insolvency leading to the compulsory liquidation of a financial organization, or to a bank being classified as insolvent; the absence of an unexpunged or outstanding conviction, including the absence of a court ruling that has entered into legal force on the application of a criminal penalty in the form of disqualification from holding the position of an executive of a financial organization, a banking and/or insurance holding, and from being a major participant (major shareholder) of a financial organization for life;</w:t>
+        <w:t xml:space="preserve">Spotless business record is evidence of professionalism and integrity, including absence of committed unlawful acts (omissions) that led to insolvency resulting in compulsory liquidation of a financial institution or to classification of a bank as insolvent, absence of unexpunged or outstanding criminal record, including absence of legally binding court order imposing criminal penalty in the form of deprivation of the right to hold an executive position in a financial institution, banking and/or insurance holding company, and to be a major participant (major shareholder) in a financial institution for life, also absence of relationships with third parties (control and influence of third parties) whose </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>actions contributed to legalization (laundering) of proceeds from crime, financing of terrorism and financing of the proliferation of weapons of mass destruction, based on information from the financial monitoring authority;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) whose consent to the appointment (election) to the position of an executive employee was revoked and (or) who was suspended from performing official duties in this and (or) in another financial organization, banking, insurance holding, the branch of a bank - a non-resident of the Republic of Kazakhstan, a branch of an insurance (reinsurance) company - a non-resident of the Republic of Kazakhstan, a branch of an insurance broker - a non-resident of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3628,62 +3608,52 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       receipt of facts confirming the infliction of damage to a third party (third parties) as a result of the transaction by the authorized body;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z511" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...10 lines deleted...]
-        <w:t>Article 259</w:t>
+        <w:t>
+      8) availability of information from the authorized body that the candidate was an employee of a financial organization, a branch of a non-resident bank of the Republic of Kazakhstan, in respect of which the authorized body applied supervisory response measures and (or) on which an administrative penalty was imposed for an administrative offense provided for in Article 259</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>of the Code of the Republic of Kazakhstan on Administrative Offenses, for concluding a transaction recognized as made for the purpose of manipulating the securities market, and (or) by an employee of a financial organization, a branch of a non-resident bank of the Republic of Kazakhstan, whose actions caused damage to a financial organization, a branch of a non-resident bank of the Republic Kazakhstan and (or) a third party (third parties) participating in the transaction.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:p>
@@ -4057,51 +4027,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Chapter 2 is supplemented by Article 4-1 in accordance with Law of the Republic of Kazakhstan № 422-V dated 24.11.2015 (shall be enforced from 01.01.2016); as amended by Law of the Republic of Kazakhstan № 122-VI dated 25.12.2017 (shall be enforced since 01.01.2018); № 168-VІas of 02.07.2018 (see Art. 2 for the enforcement procedure); dated 02.01.2021 № 399-VI (shall be enforced from 16.12.2020); dated 12.07.2022 № 138-VII (shall come into effect upon the expiration of sixty calendar days after the day of its first official publication); dated 30.06.2025 № 205-VIII (for the procedure of enactment see Art. 2).</w:t>
+        <w:t>      Footnote. Chapter 2 is supplemented by Article 4-1 in accordance with Law of the Republic of Kazakhstan № 422-V dated 24.11.2015 (shall be enforced from 01.01.2016); as amended by Law of the Republic of Kazakhstan № 122-VI dated 25.12.2017 (shall be enforced since 01.01.2018); № 168-VІas of 02.07.2018 (see Art. 2 for the enforcement procedure); dated 02.01.2021 № 399-VI (shall be enforced from 16.12.2020); dated 12.07.2022 № 138-VII (shall come into effect upon the expiration of sixty calendar days after the day of its first official publication); dated 30.06.2025 № 205-VIII (for the procedure of enactment see Art. 2); dated 19.09.2025 № 219-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z515" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>