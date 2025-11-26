--- v0 (2025-10-05)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="82267ce" w14:textId="82267ce">
+    <w:p w14:paraId="d0e0c60" w14:textId="d0e0c60">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2275,80 +2275,70 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>is</w:t>
+        <w:t xml:space="preserve">is excluded by the Law of the Republic of Kazakhstan dated 10.07.2012 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> excluded by the Law of the Republic of Kazakhstan dated 10.07.2012 </w:t>
+        <w:t>№</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> 34-V (shall be enforced from the date of its first official publication);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) protection of territory of the Republic of Kazakhstan from importation and spread contagious and exotic animal diseases from other states;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -6218,50 +6208,68 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17-6) selective selection of products (means) and attributes for identification of farm animals during their supply to determine compliance with the requirements established by the legislation of the Republic of Kazakhstan in the field of veterinary medicine;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17-7) formation of a stock of products (means) and attributes for identification of farm animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17-8) conducting epizootic monitoring;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) carrying out of other powers in behalf of local public administration, imposed on local executive bodies by the legislation of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -7423,50 +7431,68 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32-6) formation of a stock of products (means) and attributes for identification of farm animals;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      32-7) conducting epizootic monitoring;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       33) carrying out of other powers in behalf of the local public administration imposed on local executive bodies by the legislation of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Competence of local executive body of district, city of oblast significance shall include:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -8399,51 +8425,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 10 is in the wording of the Law of the Republic of Kazakhstan dated 24.07.2009 № 190 (the order of enforcement see Article 2); as amended by the Laws of the Republic of Kazakhstan dated 24.03.2011 № 420-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 05.07.2011 № 452-IV (shall be enforced from 13.10.2011); dated 12.01.2012 № 540-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 27.04.2012 № 15-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 13.06.2013 № 102-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 17.01.2014 № 165-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 16.05.2014 №203-V (shall be enforced upon expiry of six months after the date of its first official publication); dated 29.09.2014 № 239-V-V (enforced upon expiration of 90 calendar days after the day of its first publication); dated 28.10.2019 № 268-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 05.01.2021 № 408-VI (effective ten calendar days after the date of its first official publication); dated 30.12.2021 № 98-VII (shall be enforced sixty calendar days after the date of its first official publication); dated 19.04.2023 № 223-VII (shall be enforced from 01.01.2024).</w:t>
+        <w:t>      Footnote. Article 10 is in the wording of the Law of the Republic of Kazakhstan dated 24.07.2009 № 190 (the order of enforcement see Article 2); as amended by the Laws of the Republic of Kazakhstan dated 24.03.2011 № 420-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 05.07.2011 № 452-IV (shall be enforced from 13.10.2011); dated 12.01.2012 № 540-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 27.04.2012 № 15-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 13.06.2013 № 102-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 17.01.2014 № 165-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 16.05.2014 №203-V (shall be enforced upon expiry of six months after the date of its first official publication); dated 29.09.2014 № 239-V-V (enforced upon expiration of 90 calendar days after the day of its first publication); dated 28.10.2019 № 268-VI (shall be enforced upon expiry of ten calendar days after its first official publication); dated 05.01.2021 № 408-VI (effective ten calendar days after the date of its first official publication); dated 30.12.2021 № 98-VII (shall be enforced sixty calendar days after the date of its first official publication); dated 19.04.2023 № 223-VII (shall be enforced from 01.01.2024); № 213-VIII of 17.07.2025 (shall be effective six months after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -20725,55 +20751,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -21099,31 +21125,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>