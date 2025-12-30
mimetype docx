--- v0 (2025-10-03)
+++ v1 (2025-12-30)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4fc4368" w14:textId="4fc4368">
+    <w:p w14:paraId="d60abc6" w14:textId="d60abc6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -829,61 +829,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>is</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> excluded by the Law of the Republic of Kazakhstan dated 18.01.2012 </w:t>
+        <w:t xml:space="preserve">is excluded by the Law of the Republic of Kazakhstan dated 18.01.2012 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 547-IV (shall be enforced upon expiry of ten calendar days after its first official publication);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -1373,80 +1363,70 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>is</w:t>
+        <w:t xml:space="preserve">is excluded by the Law of the Republic of Kazakhstan dated 18.01.2012 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> excluded by the Law of the Republic of Kazakhstan dated 18.01.2012 </w:t>
+        <w:t>№</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> 547-IV (shall be enforced upon expiry of ten calendar days after its first official publication);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) carry out the other powers, imposed on him (her) by this Law, the other regulatory legal acts of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1787,51 +1767,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. The Bodies of Justice in solving their tasks interact with central and local government agencies, including law enforcement and regulatory as well as with officials.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The Bodies of Justice upon request of the authorized body on financial monitoring information are from their own information systems in accordance with the laws of the Republic of Kazakhstan on countering the legalization (laundering) of proceeds from crime and terrorist financing.</w:t>
+      At the financial monitoring authority’s request the justice authorities shall provide data from their own information systems in accordance with the legislation of the Republic of Kazakhstan on combating legalization (laundering) of proceeds from crime, financing of terrorism and financing of the proliferation of weapons of mass destruction.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. State bodies, organizations and officials are obliged to assist the judicial authorities in the performance of functional tasks and protection of the rights, freedoms and civil rights, legal entities and state interests.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1919,61 +1899,81 @@
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Footnote. Article 12 as amended by the Laws of the Republic of Kazakhstan dated 29.12.2004 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 25; dated 28.08.2009 N 192-IV (shall be enforced from 08.03.2010); dated 18.01.2012 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 547-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 10.06.2014 № 206-V (shall be enforced upon expiry of ten calendar days after its first official publication).</w:t>
+        <w:t xml:space="preserve"> 25; dated 28.08.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 192-IV (shall be enforced from 08.03.2010); dated 18.01.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 547-IV (shall be enforced upon expiry of ten calendar days after its first official publication); dated 10.06.2014 № 206-V (shall be enforced upon expiry of ten calendar days after its first official publication); dated 19.09.2025 № 219-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Article 12-1. Public control over the legitimate rights and interests of persons in institutions of penal system</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7557,55 +7557,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -7931,31 +7931,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>