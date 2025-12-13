--- v0 (2025-11-13)
+++ v1 (2025-12-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="040b523" w14:textId="040b523">
+    <w:p w14:paraId="df38505" w14:textId="df38505">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2174,51 +2174,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) stock exchanges, established in accordance with the legislation of the Republic of Kazakhstan on the equity market;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) commercial joint-stock companies into autonomous educational organizations in accordance with the Law of the Republic of Kazakhstan "On the status of Nazarbayev University", "Nazarbayev Intellectual Schools" and "Nazarbayev Foundation", as well as into the autonomous cluster fund in accordance with the Law of the Republic of Kazakhstan "On Innovative Cluster "Park of innovative technologies";</w:t>
+      2) commercial joint-stock companies into autonomous educational organizations in accordance with the Law of the Republic of Kazakhstan "On the Status of Nazarbayev University, Nazarbayev Intellectual Schools, and the Nazarbayev Foundation," as well as into an autonomous cluster fund in accordance with the Law of the Republic of Kazakhstan “On the Astana Hub Innovative Cluster”;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1) organizations of higher and (or) postgraduate education, established as commercial organizations;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2274,51 +2274,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 16 as amended by Law of the Republic of Kazakhstan № 309 dated 21.07.2007; № 395-IV dated 19.01.2011 (shall be enforced upon expiry of ten calendar days after its first official publication); № 524-IV dated 28.12.2011 (shall be enforced upon expiry of ten calendar days after its first official publication); № 106-V dated 21.06.2013 (shall be enforced upon expiry of ten calendar days after its first official publication); № 208-V dated 10.06.2014 (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 04.07.2018 № 171-VI (shall be enforced upon the expiration of ten calendar days after the day of its first official publication); dated 09.06.2020 № 341-VI (shall enter into force from 01.07.2020); dated 30.06.2025 № 204-VIII (shall come into effect upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 16 as amended by Law of the Republic of Kazakhstan № 309 dated 21.07.2007; № 395-IV dated 19.01.2011 (shall be enforced upon expiry of ten calendar days after its first official publication); № 524-IV dated 28.12.2011 (shall be enforced upon expiry of ten calendar days after its first official publication); № 106-V dated 21.06.2013 (shall be enforced upon expiry of ten calendar days after its first official publication); № 208-V dated 10.06.2014 (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 04.07.2018 № 171-VI (shall be enforced upon the expiration of ten calendar days after the day of its first official publication); dated 09.06.2020 № 341-VI (shall enter into force from 01.07.2020); dated 30.06.2025 № 204-VIII (shall come into effect upon expiry of sixty calendar days after the date of its first official publication); dated 27.09.2025 № 220-VIII (effective ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -2726,51 +2726,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Non-profit organization in the legal form of a non-profit joint stock company or institution may be established as a result of the transformation of the organization of higher and (or) postgraduate education, established as a commercial organization.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      A non-profit organization in the organizational and legal form of an autonomous cluster fund may be created as a result of the transformation of a joint-stock company in the case provided for by the Law of the Republic of Kazakhstan "On Innovative Cluster "Park of Innovative Technologies".</w:t>
+      A non-profit organization in the organizational and legal form of an autonomous cluster fund may be created by transformation of a joint-stock company in the case provided for by the Law of the Republic of Kazakhstan “On the Astana Hub Innovative Cluster”.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Creation of a non-commercial organization (with the exception of public and religious associations) through its formation shall be carried out by the decision of the founders (founder).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2826,51 +2826,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 19 as amended by Law of the Republic of Kazakhstan № 395-IV dated 19.01.2011 (shall be enforced upon expiry of ten calendar days after its first official publication); № 484-IV dated 11.10.2011 (shall be enforced upon expiry of ten calendar days after its first official publication); № 537-IV dated 12.01.2012 (shall be enforced upon expiry of ten calendar days after its first official publication); № 208-V dated 10.06.2014 (shall be enforced upon expiry of ten calendar days after the day its first official publication); № 212-V dated 27.06.2014 (shall be enforced upon expiry of ten calendar days after the day its first official publication); № 171-VI dated 04.07.2018 (shall be enforced upon the expiration of ten calendar days after the date of its first official publication); dated 21.12.2023 № 49-VIII (shall be enforced ten calendar days after the date of its first official publication); dated 01.07.2024 № 104-VIII (comes into force sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 19 as amended by Law of the Republic of Kazakhstan № 395-IV dated 19.01.2011 (shall be enforced upon expiry of ten calendar days after its first official publication); № 484-IV dated 11.10.2011 (shall be enforced upon expiry of ten calendar days after its first official publication); № 537-IV dated 12.01.2012 (shall be enforced upon expiry of ten calendar days after its first official publication); № 208-V dated 10.06.2014 (shall be enforced upon expiry of ten calendar days after the day its first official publication); № 212-V dated 27.06.2014 (shall be enforced upon expiry of ten calendar days after the day its first official publication); № 171-VI dated 04.07.2018 (shall be enforced upon the expiration of ten calendar days after the date of its first official publication); dated 21.12.2023 № 49-VIII (shall be enforced ten calendar days after the date of its first official publication); dated 01.07.2024 № 104-VIII (comes into force sixty calendar days after the date of its first official publication); dated 27.09.2025 № 220-VIII (effective ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -3003,70 +3003,70 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Article 21. Constitutive documents of a non-commercial organization </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...18 lines deleted...]
-      1) for an institution – the regulations (charter ) approved by an owner (owners) and decision of an owner (owners) on establishment; </w:t>
+        <w:t>
+      1. The constitutive documents of non-commercial organizations shall be:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) for an institution – the regulations (charter) approved by an owner (owners) and decision of an owner (owners) on establishment; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) for a fund, a consumer cooperative, a non-commercial joint-stock company, legal entities joined in the form of an alliance (union), other legal organizational forms –the charter approved by the founders and the memorandum; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -6192,72 +6192,90 @@
       5. Non-profit organizations established in the form of a private institution, public Association, non-profit joint stock company, public, corporate and private foundations, Association of legal entities in the form of an Association (Union), as well as branches and representative offices (separate units) of foreign and international non-profit organizations operating in the territory of the Republic of Kazakhstan, annually until March 31, submit to the authorized body in the field of interaction with non-governmental organizations information about their activities, including about the founders (participants), structure of property, sources of formation and the directions of expenditure of money, in the order determined by authorized body in the sphere of interaction with non-governmental organizations.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. A fund created in the form of an endowment fund shall annually, by March 31, submit to the authorized body in the area of interaction with non-governmental organizations a report on the use of the investment income of the endowment fund (endowment capital).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. The financial monitoring authority shall analyze and monitor suspicious transactions of non-profit organizations in order to identify risks of legalization (laundering) of proceeds from crime, financing of terrorism and financing of the proliferation of weapons of mass destruction, and other measures provided for by the Law of the Republic of Kazakhstan “On Combating Legalization (Laundering) of Proceeds from Crime, Financing of Terrorism and Financing of the Proliferation of Weapons of Mass Destruction”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Article 41 is in the wording of Law of the Republic of Kazakhstan № 67 dated 08.07.2005 (See Article 2 for the enactment procedure); as amended by Law of the Republic of Kazakhstan № 258-IV dated19.03.2010; № 248-V dated 07.11.2014 (shall be enforced upon expiry of ten calendar days after the day its first official publication); № 429-V dated 02.12.2015 (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 13.06.2018 № 160-VI (shall be enforced upon the expiration of ten calendar days after the day of its first official publication); dated 30.06.2025 № 200-VIII (shall come into effect upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Article 41 is in the wording of Law of the Republic of Kazakhstan № 67 dated 08.07.2005 (See Article 2 for the enactment procedure); as amended by Law of the Republic of Kazakhstan № 258-IV dated19.03.2010; № 248-V dated 07.11.2014 (shall be enforced upon expiry of ten calendar days after the day its first official publication); № 429-V dated 02.12.2015 (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 13.06.2018 № 160-VI (shall be enforced upon the expiration of ten calendar days after the day of its first official publication); dated 30.06.2025 № 200-VIII (shall come into effect upon expiry of sixty calendar days after the date of its first official publication); dated 19.09.2025 № 219-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>