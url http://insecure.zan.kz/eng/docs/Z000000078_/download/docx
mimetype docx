--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="dce5caa" w14:textId="dce5caa">
+    <w:p w14:paraId="cb38083" w14:textId="cb38083">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -131,51 +131,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>The Law of the Republic of Kazakhstan dated 5 July, 2000 No. 78.</w:t>
+        <w:t>The Law of the Republic of Kazakhstan dated 5 July, 2000 № 78.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Unofficial translation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1015,51 +1015,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Footnote. Article 3 as amended by the Law of the Republic of Kazakhstan dated 10 March 2004, № 532; dated 27.04.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 311-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 05.10.2018 № 184-VI (shall be enforced  upon expiration of ten calendar days after the day of its first official publication); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020).</w:t>
+        <w:t xml:space="preserve"> (shall be enforced upon expiry of ten calendar days after the day its first official publication); dated 05.10.2018 № 184-VI (shall be enforced upon expiration of ten calendar days after the day of its first official publication); dated 03.07.2019 № 262-VI (shall be enforced from 01.01.2020).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -2232,51 +2232,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) provide leasing subject to lessee upon the terms, specified by the lease agreement;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
     <w:bookmarkStart w:name="z85" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) inform the authorized body on financial monitoring in accordance with the Law of the Republic of Kazakhstan "On combating legalization (laundering) of proceeds from crime and financing of terrorism".</w:t>
+      4) report the data and information to the financial monitoring authority as required by Law of the Republic of Kazakhstan “On combating legalization (laundering) of proceeds from crime, financing of terrorism and financing of the proliferation of weapons of mass destruction”.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
     <w:bookmarkStart w:name="z86" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. The lease agreement may provide the other rights and obligations of a lessor, not inconsistent with legislative acts of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
@@ -2311,51 +2311,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Footnote. Article 11 as amended by the Law of the Republic of Kazakhstan dated 10 March 2004 № 532; dated 02.08.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 343-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (shall be enforced from 01.04.2016).</w:t>
+        <w:t xml:space="preserve"> (shall be enforced from 01.04.2016); dated 19.09.2025, № 219-VIII (effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>