--- v0 (2025-11-07)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="83ac6c6" w14:textId="83ac6c6">
+    <w:p w14:paraId="edccec8" w14:textId="edccec8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -131,111 +131,107 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Order of the Minister of Trade and Integration of the Republic of Kazakhstan dated May 13, 2021 No. 335-NҚ. Registered with the Ministry of Justice of the Republic of Kazakhstan on May 18, 2021 No. 22758</w:t>
-[...24 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:t>Order of the Minister of Trade and Integration of the Republic of Kazakhstan dated May 13, 2021 No. 335-NҚ. Registered with the Ministry of Justice of the Republic of Kazakhstan on May 18, 2021 No. 22758.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      Unofficial translation</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>      The Rule shall enter into force from July 1, 2022.</w:t>
-      </w:r>
-[...12 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       In accordance with paragraph 3 of Article 7-1 of the Law of the Republic of Kazakhstan "On accreditation in the field of conformity assessment," </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
@@ -982,230 +978,570 @@
         <w:t>
       Regulatory documents in these Rules shall mean standardization documents.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z26" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. For monitoring purposes, the accreditation body shall send a request to the accreditation entity for submission of documents and information on compliance with the accreditation criteria (hereinafter referred to as the documents).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z27" w:id="24"/>
-[...15 lines deleted...]
-      7. The accreditation entity shall submit the documents to the accreditation body within 7 (seven) working days from the date of receipt of the request.</w:t>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. The accreditation applicant shall, within seven (7) business days from the date of receipt of the request, submit the documents to the accreditation body.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z28" w:id="25"/>
-[...15 lines deleted...]
-      In cases of submission by the accreditation entity of an incomplete package of documents, the accreditation body shall send a notice of submission of missing documents within 3 (three) working days from the date of receipt of documents.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Upon request of the accreditation applicant, the deadline for submitting the documents to the accreditation body may be extended by five (5) business days.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 7 is in the wording of the order № 215-НҚ of the acting Minister of Trade and Integration of the Republic of Kazakhstan dated 23 July 2025 (shall be enforced upon expiry of ten calendar days after its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. The accreditation body shall analyse the submitted documents and, based on the results of such analysis, shall prepare a conclusion which shall indicate:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z29" w:id="26"/>
-[...15 lines deleted...]
-      The accreditation entity shall submit the missing documents within three (3) business days from the date of receipt of the notification.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) the date of preparation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) the last name, first name, patronymic (if indicated in the identity document) and the position of the person(s) who conducted the monitoring;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) the name of the accreditation applicant;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) the period during which the monitoring was conducted;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) the period of activity of the accreditation applicant subject to monitoring;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) information on the results of the monitoring, including any identified non-conformities;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) the signature of the person(s) who conducted the monitoring.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The accreditation body shall notify the accreditation applicant of the results of the monitoring within twenty (20) business days from the date of submission of the documents.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 8 is in the wording of the order № 215-НҚ of the acting Minister of Trade and Integration of the Republic of Kazakhstan dated 23 July 2025 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Monitoring shall not be carried out in cases of identification in documents of the accreditation entity of technical errors (descriptions, typos, grammatical errors) and (or) information not provided for by regulatory legal acts and regulatory documents that do not affect the quality and safety of products and related processes, works and services, and (or) traceability of the results of activities of the accreditation entity.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z30" w:id="27"/>
-[...15 lines deleted...]
-      8. The accreditation body shall analyze the submitted documents and shall notify the accreditation entity of the results of the analysis within 20 (twenty) working days from the date of submission of the documents.</w:t>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. In case of disagreement with the results of the analysis of documents, the accreditation entity submits a complaint to the accreditation body within 3 (three) working days from the date of receipt of the results.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z31" w:id="28"/>
-[...15 lines deleted...]
-      9. Monitoring shall not be carried out in cases of identification in documents of the accreditation entity of technical errors (descriptions, typos, grammatical errors) and (or) information not provided for by regulatory legal acts and regulatory documents that do not affect the quality and safety of products and related processes, works and services, and (or) traceability of the results of activities of the accreditation entity.</w:t>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Monitoring shall be carried out using the register of data of the state system of technical regulation.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z32" w:id="29"/>
-[...78 lines deleted...]
-    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. The accreditation body shall, on its official website, on a quarterly basis and no later than the tenth (10th) day of the month following the reporting quarter, publish a report on the results of the monitoring, which shall contain:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) statistical data on the number of accreditation applicants for whom monitoring was conducted and for whom non-conformities were and were not identified based on the results of the monitoring;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) the names of the accreditation applicants for whom monitoring was conducted, information on non-conformities with the accreditation criteria;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) information on the measures taken in relation to the accreditation applicants for whom non-conformities were identified.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 12 is in the wording of the order № 215-НҚ of the acting Minister of Trade and Integration of the Republic of Kazakhstan dated 23 July 2025 (shall be enforced upon expiry of ten calendar days after its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. If the identified non-conformities with the accreditation criteria contain elements of an administrative offence, the accreditation body, within three working days from the date of identification of such non-conformity, shall send a conclusion and the collected materials to the authorized body for the adoption of appropriate measures.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 13 is in the wording of the order № 215-НҚ of the acting Minister of Trade and Integration of the Republic of Kazakhstan dated 23 July 2025 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>