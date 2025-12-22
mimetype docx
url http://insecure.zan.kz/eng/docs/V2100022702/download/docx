--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1e29425" w14:textId="1e29425">
+    <w:p w14:paraId="fe0319b" w14:textId="fe0319b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -131,95 +131,69 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Order of the Minister of Justice of the Republic of Kazakhstan dated April 30, 2021 No. 357. Registered with the Ministry of Justice of the Republic of Kazakhstan on May 6, 2021 No. 22702</w:t>
-[...43 lines deleted...]
-        <w:t xml:space="preserve"> On approval of the Rules for the use of the Unified notarial information system</w:t>
+        <w:t>Order of the Minister of Justice of the Republic of Kazakhstan dated April 30, 2021 No. 357. Registered with the Ministry of Justice of the Republic of Kazakhstan on May 6, 2021 No. 22702.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Unofficial translation</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z0" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       In accordance with clause 6 of Article 4-1 of the Law of the Republic of Kazakhstan “On Notaries” </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
@@ -812,51 +786,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>dated April 30, 2021 No. 357</w:t>
+              <w:t>dated April 30, 2021 № 357</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rules for the use of the Unified notarial information system</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
@@ -910,51 +884,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Basic concepts used in these Rules are as follows:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z10" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) access – activities to create an account in UNIS.</w:t>
+      1) granting access to the Unified National Information System (UNIS) – activities related to creating a UNIS user account.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z11" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) UNIS user – notaries of the Republic of Kazakhstan, employees of the territorial bodies of justice, notarial chambers and the Republican Notarial Chamber registered with UNIS system for performance of particular functions;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z12" w:id="11"/>
     <w:p>
@@ -970,54 +944,96 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) user account – information about a user of UNIS: username, access rights to resources when working with UNIS;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z13" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) electronic digital signature (hereinafter referred to as the EDS) – set of electronic digital symbols created by means of electronic digital signature and confirming reliability of an electronic document, its belonging and invariability of its content;</w:t>
+      4) electronic digital signature (hereinafter referred to as the EDS) – set of electronic digital symbols created by means of electronic digital signature and confirming reliability of an electronic document, its belonging and invariability of its content.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 2 as amended by the order № 134 of the Minister of Justice of the Republic of Kazakhstan dated 22.05.2025 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z14" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 2. Procedure for the use of UNIS</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z15" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1028,54 +1044,96 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. To work in UNIS a user is required to have an EDS of an individual.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z16" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. To receive the access to UNIS, the User is required to write an application to the territorial notarial chamber (hereinafter referred to as the TNC). After appointment of the employee, TNC shall create a user account in UNIS.</w:t>
+      4. To gain access to the UNIS, the user shall submit an application to the territorial notary chamber (hereinafter - the TNC). Following review of the application, a TNC employee creates an account in the UNIS.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 4 is in the wording of the order of the Minister of Justice of the Republic of Kazakhstan dated 22.05.2025, № 134 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z17" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Grounds for termination of access to UNIS shall be:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1086,50 +1144,110 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) withdrawal or excluding a notary from membership of a territorial notarial chamber or termination of his license;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) dismissal of an employee of the territorial body of justice and the notary chamber and the Republican notary chamber.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-1. Access to the UNIS shall be suspended during the period of suspension of a notary’s license in accordance with Article 10 of the Law “On Notaries”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Chapter 2 has been supplemented with paragraph 5-1 in accordance with the order № 134 of the Minister of Justice of the Republic of Kazakhstan dated 22.05.2025 (shall be enforced upon expiry of ten calendar days after its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z18" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. To terminate access to UNIS on the grounds specified in clause 5 of the Rules, the user must send an application with supporting documents attached. Based on the application, the TNC employee shall perform blocking the user account.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z19" w:id="18"/>
     <w:p>
       <w:pPr>
@@ -1313,51 +1431,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) not to save or transfer EDS to others;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) in case of loss/compromise of the EDS password, it is necessary to revoke the EDS in accordance with the Rules for issuance, storage, revocation of registration certificates and confirmation of the ownership and validity of the public key of the electronic digital signature by the root certification center of the Republic of Kazakhstan, the certification center of state bodies and the national certification center of the Republic of Kazakhstan, approved by the order of the Acting Minister for Investment and Development of the Republic of Kazakhstan dated June 26 2015 No. 727 (registered with the Ministry of Justice of the Republic of Kazakhstan on October 16, 2015 No. 12181);</w:t>
+      2) in case of loss/compromise of the EDS password, it is necessary to revoke the EDS in accordance with the Rules for issuance, storage, revocation of registration certificates and confirmation of the ownership and validity of the public key of the electronic digital signature by the root certification center of the Republic of Kazakhstan, the certification center of state bodies and the national certification center of the Republic of Kazakhstan, approved by the order of the Acting Minister for Investment and Development of the Republic of Kazakhstan dated June 26 2015 № 727 (registered with the Ministry of Justice of the Republic of Kazakhstan on October 16, 2015 № 12181);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ensure the confidentiality and security of the EDS password.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z24" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>