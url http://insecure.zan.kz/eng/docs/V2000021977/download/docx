--- v0 (2025-10-11)
+++ v1 (2026-01-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="548cb98" w14:textId="548cb98">
+    <w:p w14:paraId="ddb531b" w14:textId="ddb531b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -250,51 +250,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z6" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. To approve the attached Rules for recordkeeping of medical service consumers and granting the right for medical care in the system of compulsory social health insurance.</w:t>
+      1. To approve the attached Rules for recordkeeping of medical service consumers and granting the right for medical care in the system of compulsory social health insurance.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. The Department for Coordination of Compulsory Social Health Insurance of the Ministry of Healthcare of the Republic of Kazakhstan, in the manner prescribed by the legislation of the Republic of Kazakhstan, shall ensure:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
@@ -310,51 +310,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) state registration of this Order with the Ministry of Justice of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) posting this Order on the Internet resource of the Ministry of Healthcare of the Republic of Kazakhstan after its official publication;</w:t>
+      2) posting this Order on the Internet resource of the Ministry of Healthcare of the Republic of Kazakhstan after its official publication;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) within ten working days after the state registration of this Order, submission to the Legal Department of the Ministry of Healthcare of the Republic of Kazakhstan of the information on the implementation of the measures provided for in subparagraphs 1) and 2) of this paragraph.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
@@ -516,51 +516,51 @@
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Republic of Kazakhstan </w:t>
+              <w:t>Republic of Kazakhstan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -894,51 +894,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) information exchange - the process of receiving and transmitting data from one information system to another;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z21" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) payers of deductions and (or) contributions (hereinafter referred to as Payers) - persons who calculate, withhold, transfer, pay deductions and (or) contributions to the Fund in the manner prescribed by the Law of the Republic of Kazakhstan dated November 16, 2015 "On compulsory social medical insurance" (hereinafter referred to as the Law);</w:t>
+      3) payers of deductions and (or) contributions (hereinafter referred to as Payers) - persons who calculate, withhold, transfer, pay deductions and (or) contributions to the Fund in the manner prescribed by the Law of the Republic of Kazakhstan dated November 16, 2015 "On compulsory social medical insurance" (hereinafter referred to as the Law);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z22" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) social health insurance fund (hereinafter referred to as the Fund) - a non-profit organization that accumulates deductions and contributions, as well as purchases and pays for the services of Healthcare entities that provide medical care in the volumes and on the conditions provided for by the contract for the purchase of medical services, and other functions defined by the laws of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z23" w:id="16"/>
     <w:p>
@@ -1016,91 +1016,133 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z25" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. In accordance with Article 5 of the Law, the right to medical care in the compulsory health insurance system shall be granted to persons for whom the payment of deductions and (or) contributions to the Fund, as well as those exempt from paying contributions to the Fund in accordance with paragraph 7 of Article 28 of the Law, have been made.</w:t>
+      3. In accordance with Article 5 of the Law, the right to medical care in the compulsory health insurance system shall be granted to persons for whom the payment of deductions and (or) contributions to the Fund, as well as those exempt from paying contributions to the Fund in accordance with paragraph 7 of Article 28 of the Law, have been made.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z26" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Recordkeeping of consumers within the CSHI system shall be carried out by the Fund in the IS of the Fund based on data or information from the State corporation received from the information systems of state bodies of the Republic of Kazakhstan, data on military personnel, employees of special state and law enforcement agencies, submitted in electronic format.</w:t>
+      4. The registration of consumers within the framework of the Compulsory Social Health Insurance (CSHI) system shall be carried out by the Fund in the Fund’s Information System on the basis of data or information of the State Corporation received from the information systems of the state bodies of the Republic of Kazakhstan, as well as data on military personnel - except for military personnel serving in the reserve, in respect of whom an order has been issued by the commander (head) of the military unit (institution) regarding their arrival for combat training - and on employees of special state and law enforcement bodies, submitted in electronic format.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 4 is in the wording of the Order № 54 of the Acting Minister of Healthcare of the Republic of Kazakhstan dated 4 June 2025 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z27" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. The exchange of data between the information systems of state bodies of the Republic of Kazakhstan, the IS of the Fund shall be carried out in electronic form via dedicated or open communication channels, including the Internet, in accordance with the requirements established by the legislation of the Republic of Kazakhstan on informatization, on state secrets and personal data protection. Information exchange is not subject to information constituting state secrets of the Republic of Kazakhstan, as well as official information of limited distribution.</w:t>
+      5. The exchange of data between the information systems of state bodies of the Republic of Kazakhstan, the IS of the Fund shall be carried out in electronic form via dedicated or open communication channels, including the Internet, in accordance with the requirements established by the legislation of the Republic of Kazakhstan on informatization, on state secrets and personal data protection. Information exchange is not subject to information constituting state secrets of the Republic of Kazakhstan, as well as official information of limited distribution.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z28" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Data by category of consumers, except for the data provided for in Chapter 3 of these Rules, shall be updated daily in an automated manner.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z34" w:id="22"/>
     <w:p>
@@ -4806,248 +4848,372 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z144" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Chapter 3: Procedure for keeping records of consumers categorised as “Military Servicemen, Employees of Special State Bodies, and Law Enforcement Officers”</w:t>
+        <w:t xml:space="preserve"> Chapter 3. The procedure for registration of consumers belonging to the category of “military personnel, with the exception of military personnel serving in the reserve, in respect of whom an order has been issued by the commander (head) of the military unit (institution) regarding their arrival for combat training, employees of special state and law enforcement bodies</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z145" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. The title of Chapter 4 is in the wording of the Order № 54 of the Acting Minister of Healthcare of the Republic of Kazakhstan dated 4 June 2025 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z146" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. Data on the category of “military personnel, with the exception of military personnel serving in the reserve, in respect of whom an order has been issued by the commander (head) of the military unit (institution) regarding their arrival for combat training, employees of special state and law enforcement bodies” shall be received in the Fund’s IS from the Ministries of Defence, Internal Affairs, Emergency Situations, Finance, the National Security Committee, the Prosecutor General’s Office, the State Security Service, the Anti-Corruption Agency of the Republic of Kazakhstan (Anti-Corruption Service), the Agency of the Republic of Kazakhstan for Financial Monitoring (hereinafter - the authorized bodies) within the framework of the powers granted, as defined by the current legislation of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 50 is in the wording of the Order № 54 of the Acting Minister of Healthcare of the Republic of Kazakhstan dated 4 June 2025 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. Information about military personnel, with the exception of military personnel serving in the reserve, in respect of whom an order has been issued by the commander (head) of a military unit (institution) regarding their arrival for combat training, and employees of special state and law enforcement bodies, shall be transferred to the Fund by authorized bodies once every fourteen calendar days.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 51 is in the wording of the Order № 54 of the Acting Minister of Healthcare of the Republic of Kazakhstan dated 4 June 2025 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z147" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. The registration of consumers in the Fund’s IS for the category “military personnel, with the exception of military personnel serving in the reserve, in respect of whom an order has been issued by the commander (head) of the military unit (institution) regarding their arrival for combat training, employees of special state and law enforcement bodies” shall be carried out from the moment of receipt of information from authorized bodies until the next transfer of information.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 52 is in the wording of the Order № 54 of the Acting Minister of Healthcare of the Republic of Kazakhstan dated 4 June 2025 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      50. The data under the category “Military Servicemen, Employees of Special State Bodies, Employees of Law Enforcement Bodies” shall be entered into the Fund's IS from the Ministries of Defence, Internal Affairs, Emergency Situations, Finance, National Security Committee, General Prosecutor's Office, State Protection Service, Agency of the Republic of Kazakhstan for Combating Corruption (Anti-Corruption Service), of the Agency of the Republic of Kazakhstan for Financial </w:t>
-[...18 lines deleted...]
-      Monitoring (hereinafter referred to as authorised bodies) in the scope of granted powers determined by the current legislation of the Republic of Kazakhstan.</w:t>
+      53. The authorized bodies, no later than seven calendar days after a change in information on the composition of military personnel, with the exception of military personnel serving in the reserve, in respect of whom an order has been issued by the commander (head) of the military unit (institution) regarding their arrival for combat training, employees of special state and law enforcement bodies (hiring, dismissal, change in staffing levels), shall enter information into the Fund on military personnel, with the exception of military personnel serving in the reserve, in respect of whom an order has been issued by the commander (head) of the military unit (institution) regarding their arrival for combat training, employees of special state and law enforcement bodies </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 50 is reworded by order of the Acting Minister of Health of the RK № KR DSM-122 of 31.10.2022 (shall take force upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 53 is in the wording of the Order № 54 of the Acting Minister of Healthcare of the Republic of Kazakhstan dated 4 June 2025 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z146" w:id="109"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -5373,31 +5539,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>