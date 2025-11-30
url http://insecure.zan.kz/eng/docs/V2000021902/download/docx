--- v0 (2025-10-15)
+++ v1 (2025-11-30)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="097f2a4" w14:textId="097f2a4">
+    <w:p w14:paraId="a7a3591" w14:textId="a7a3591">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -131,91 +131,163 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Order of the Minister of Culture and Sport of the Republic of Kazakhstan dated December 24, 2020 No. 356. Registered in the Ministry of Justice of the Republic of Kazakhstan on December 25, 2020 No. 21902</w:t>
-[...13 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>Order of the Minister of Culture and Sport of the Republic of Kazakhstan dated December 24, 2020 No. 356. Registered in the Ministry of Justice of the Republic of Kazakhstan on December 25, 2020 No. 21902.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Unofficial translation</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      In accordance with paragraph 2 of Article 144 of the Code of the Republic of Kazakhstan dated July 7, 2020 "On Public Health and Healthcare System" I HEREBY ORDER:</w:t>
+        <w:t xml:space="preserve">
+      In accordance with paragraph 2 of Article 144 of the Code of the Republic of Kazakhstan “On Public Health and the Healthcare System”, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HEREBY </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ORDER:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Preamble – as amended by Order № 127 of the Minister of Tourism and Sports of the Republic of Kazakhstan dated July 8, 2025 (shall enter into force ten calendar days after its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z6" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. To approve the attached rules for medical examination of sportsmen for participation in sports competitions.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -228,71 +300,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. To declare invalid:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) order of the Minister of Culture and Sport of the Republic of Kazakhstan dated November 24, 2014 No. 110 "On Approval of the Rules for Medical Examination of Sportsmen for Participation in Sports Competitions" (registered in the Register of state registration of regulatory legal acts under No. 10009, published in the Legal information system “Adilet” on March 11, 2015);</w:t>
+      1) order of the Minister of Culture and Sport of the Republic of Kazakhstan dated November 24, 2014 № 110 "On Approval of the Rules for Medical Examination of Sportsmen for Participation in Sports Competitions" (registered in the Register of state registration of regulatory legal acts under № 10009, published in the Legal information system “Adilet” on March 11, 2015);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) subparagraph 2) of paragraph 1 of the order of the Minister of Culture and Sport of the Republic of Kazakhstan dated October 23, 2019 No. 280 "On amendments and additions to some orders of the Minister of Culture and Sport of the Republic of Kazakhstan" (registered in the Register of state registration of regulatory legal acts under No. 19513, published in the Standard control bank of regulatory legal acts of the Republic of Kazakhstan on October 28, 2019).</w:t>
+      2) subparagraph 2) of paragraph 1 of the order of the Minister of Culture and Sport of the Republic of Kazakhstan dated October 23, 2019 № 280 "On amendments and additions to some orders of the Minister of Culture and Sport of the Republic of Kazakhstan" (registered in the Register of state registration of regulatory legal acts under № 19513, published in the Standard control bank of regulatory legal acts of the Republic of Kazakhstan on October 28, 2019).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. The Committee for the affairs of Sport and Physical Culture of the Ministry of Culture and Sport of the Republic of Kazakhstan, in accordance with the procedure established by the legislation of the Republic of Kazakhstan, shall ensure:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
@@ -384,137 +456,156 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. This order shall be enforced upon the expiration of ten calendar days after its first official publication.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7777"/>
-        <w:gridCol w:w="4223"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7777" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Minister of Culture and Sport</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">of the Republic of Kazakhstan </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4223" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -522,96 +613,104 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>A. Raimkulova</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z17" w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "AGREED"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ministry of Healthcare</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>of the Republic of Kazakhstan</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -697,51 +796,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>of the Republic of Kazakhstan</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>dated December 24, 2020 No. 356</w:t>
+              <w:t>dated December 24, 2020 № 356</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z19" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rules for medical examination of sportsmen for participation in sports competitions</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z20" w:id="13"/>
     <w:p>
@@ -755,54 +854,96 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 1. General provisions</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z21" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. These rules for medical examination of sportsmen for participation in sports competitions (hereinafter - the Rules) have been developed in accordance with paragraph 2 of Article 144 of the Code of the Republic of Kazakhstan dated July 7, 2020 "On Public Health and Healthcare System" and shall determine the procedure for medical examination of sportsmen for participation in sports competitions.</w:t>
+      1. These Rules for the medical examination of athletes for participation in sports competitions (hereinafter referred to as the Rules) have been developed in accordance with paragraph 2 of Article 144 of the Code of the Republic of Kazakhstan “On Public Health and the Healthcare System” and shall determine the procedure for carrying out the medical examination of athletes for participation in sports competitions.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 1 – as amended by Order № 127 of the Minister of Tourism and Sports of the Republic of Kazakhstan dated July 8, 2025 (shall enter into force ten calendar days after its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z22" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 2. Types of medical examination of sportsmen</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z23" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -913,54 +1054,96 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) pre-competition examination.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z29" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. An in-depth medical examination of sportsmen shall be carried out by sports medicine organizations in order to obtain the most complete and comprehensive information about the physical development, health state of a sportsman, including functional state and indicators of his/her physical performance in dynamics.</w:t>
+      3. In-depth medical examination of athletes shall be carried out by sports medicine and rehabilitation organizations to obtain the most complete and comprehensive information about the physical development and health status of the athlete, early detection of deviations in health, therapy and prevention of somatic diseases and injuries of athletes, psychological preparation, including the functional state and indicators of his/her physical performance in dynamics.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 3 – as amended by Order № 127 of the Minister of Tourism and Sports of the Republic of Kazakhstan dated July 8, 2025 (shall enter into force ten calendar days after its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z30" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. The program of in-depth medical examination depends on the contingent of persons involved in physical culture and sport, the stage of sports training, sports specialization and shall be carried out in accordance with Appendix to these Rules.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z31" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1417,708 +1600,832 @@
         <w:t>
       1) examination of a sportsman by a sports medicine doctor, conducting functional tests to determine the general physical performance in training sessions in accordance with Appendix to these rules;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
     <w:bookmarkStart w:name="z54" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) functional and laboratory examinations of sportsman and examination of specialized specialists in the presence of medical indications.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z55" w:id="48"/>
-[...15 lines deleted...]
-      8. A comprehensive functional testing shall be carried out to assess the functional state of a sportsman during special training camps of national teams of the Republic of Kazakhstan by types of sport (national teams by types of sport).</w:t>
+    <w:bookmarkStart w:name="z70" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Comprehensive functional testing shall be carried out to assess the functional state of an athlete during special training camps of national teams of the Republic of Kazakhstan in various sports.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z56" w:id="49"/>
-[...15 lines deleted...]
-      A comprehensive functional testing includes the following examinations:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Comprehensive functional testing shall include the following examinations:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) examination by a sports medicine physician (examination by specialized specialists as prescribed by a sports medicine physician);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) laboratory studies of biological material;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) functional diagnostic and anthropometric studies:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      anthropometry, body composition analysis;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      plantoscopy;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      spirography;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      multidimensional spine analysis;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ECG;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      echocardiography;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      stress cardiac testing;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      magnetic resonance imaging of joints;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      assessment of special endurance with gas analysis and lactate determination;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      assessment of speed-strength indicators.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Examinations for comprehensive functional testing of an athlete are prescribed by a sports medicine physician in agreement with the head coach of the national team of the Republic of Kazakhstan for the sport, in accordance with the sport, the cycle of training camps and competitions, and also taking into account the individual characteristics of each athlete.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 8 – as amended by Order № 127 of the Minister of Tourism and Sports of the Republic of Kazakhstan dated July 8, 2025 (shall come into effect upon expiration ten calendar days after its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z71" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. A pre-competition examination of sportsmen shall be carried out by a sports medicine doctor in order to determine the true changes in the health and functional fitness of sportsmen in the process of extreme activity, the possibility of admission to participation in competitions, prescription of a system of means for recovery and increase in efficiency.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z57" w:id="50"/>
-[...15 lines deleted...]
-      1) examination by a sports medicine doctor (examination by specialized specialists as prescribed by a sports medicine doctor);</w:t>
+    <w:bookmarkStart w:name="z72" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chapter 3. The procedure for conducting medical examination of sportsmen</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z58" w:id="51"/>
-[...15 lines deleted...]
-      2) laboratory researches of biological material;</w:t>
+    <w:bookmarkStart w:name="z73" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. An in-depth medical examination of sportsmen shall be carried out twice a year at the beginning of preparatory period and before sports competitions.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z59" w:id="52"/>
-[...15 lines deleted...]
-      3) functional diagnostic and anthropometric studies:</w:t>
+    <w:bookmarkStart w:name="z74" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. A staged medical examination of sportsmen shall be carried out depending on the number of stages of preparation during the annual cycle.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z60" w:id="53"/>
-[...15 lines deleted...]
-      anthropometry, body composition analysis;</w:t>
+    <w:bookmarkStart w:name="z75" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. A current medical examination of sportsmen and medical-pedagogical supervision shall be carried out throughout the entire calendar year.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z61" w:id="54"/>
-[...15 lines deleted...]
-      plantoscopy;</w:t>
+    <w:bookmarkStart w:name="z76" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Comprehensive functional testing of athletes shall be conducted at least twice a year during special training camps of national teams of the Republic of Kazakhstan in sports in preparation for international and national sports competitions.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z62" w:id="55"/>
-[...15 lines deleted...]
-      spirography;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 13 – as amended by Order № 127 of the Minister of Tourism and Sports of the Republic of Kazakhstan dated July 8, 2025 (shall enter into force ten calendar days after its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z77" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. A pre-competition examination of sportsmen shall be carried out before each sports competition.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z63" w:id="56"/>
-[...15 lines deleted...]
-      multivariate analysis of the spine;</w:t>
+    <w:bookmarkStart w:name="z85" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Based on the results of an in-depth medical examination of athletes to obtain admission to the educational and training process and participation in sports competitions, a sports medicine physician prepares a conclusion (in any form), which shall include:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z64" w:id="57"/>
-[...15 lines deleted...]
-      ECG;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) assessment of health status and determination of membership in a functional group:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      healthy, sports activities are possible without restrictions;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      practically healthy with a diagnosis that does not limit physical activity during sports activities;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      indication of the diagnosis requiring treatment, suspension from sports during the rehabilitation and recovery of athletes;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      indication of a diagnosis that limits physical activity during sports activities and requires permanent suspension from sports;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) assessment of physical development (based on anthropometric data and the index method);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) assessment of adaptive capabilities and functional state (physical performance, functional reserve of the heart, type of autonomic support, orthostatic stability, speed of sensorimotor reaction).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 15 – as amended by Order № 127 of the Minister of Tourism and Sports of the Republic of Kazakhstan dated July 8, 2025 (shall enter into force ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z86" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Based on the results of in-depth, stage-by-stage, current, comprehensive-functional testing and pre-competition medical examinations of athletes, form № 052/y “Outpatient Medical Record” shall be filled out, approved by the order of the Acting Minister of Healthcare of the Republic of Kazakhstan dated October 30, 2020, № ҚР ДСМ-175/2020 “On approval of forms of accounting documentation in the field of healthcare, as well as instructions for filling them out” (hereinafter referred to as Order № ҚР ДСМ-175/2020) (registered in the State Register of Normative Legal Acts under № 34558).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z65" w:id="58"/>
-[...15 lines deleted...]
-      echocardiography;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 16 – as amended by Order № 127 of the Minister of Tourism and Sports of the Republic of Kazakhstan dated July 8, 2025 (shall enter into force ten calendar days after its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z87" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Based on the results of an in-depth medical examination for participation in sports events, a certificate shall be issued in the form № 027/y, approved by the order № KR HM-175/2020.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z66" w:id="59"/>
-[...436 lines deleted...]
-    <w:bookmarkEnd w:id="80"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2152,4717 +2459,3980 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Appendix</w:t>
+              <w:t xml:space="preserve">Appendix to the Rules for </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> to the rules for</w:t>
+              <w:t xml:space="preserve">medical examination </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> medical examination of </w:t>
+              <w:t xml:space="preserve">of athletes for participation in </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">sportsmen for participation </w:t>
-[...12 lines deleted...]
-              <w:t>in sports competitions</w:t>
+              <w:t>sports competitions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z89" w:id="81"/>
+    <w:bookmarkStart w:name="z88" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Program of in-depth medical examination </w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="81"/>
+        <w:t xml:space="preserve"> In-depth medical examination program</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. Appendix – as amended by Order № 127 of the Minister of Tourism and Sports of the Republic of Kazakhstan dated July 8, 2025 (shall come into effect ten calendar days after its first official publication).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="308"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="5418"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="308" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2244" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Category of sportsmen </w:t>
+              <w:t>
+Athlete category</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1234" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Frequency of conduct </w:t>
+              <w:t>
+Frequency of implementation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3096" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Doctors specialists</w:t>
+Medical specialists</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5418" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Clinical-laboratory and functional-diagnostic methods of examination</w:t>
+Clinical, laboratory and functional diagnostic examination methods</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="308" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2244" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z90" w:id="82"/>
-[...32 lines deleted...]
-          <w:bookmarkEnd w:id="82"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Athletes involved in the stage of sports and health training</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1234" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z91" w:id="83"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 once a year</w:t>
             </w:r>
-            <w:r>
-[...14 lines deleted...]
-          <w:bookmarkEnd w:id="83"/>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3096" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z92" w:id="84"/>
-[...200 lines deleted...]
-          <w:bookmarkEnd w:id="84"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Pediatrician or therapist (depending on age),</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+GP,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+traumatologist-orthopedist,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+surgeon, otorhinolaryngologist,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+dentist,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ophthalmologist, neurologist,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+cardiologist,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+physical therapy physician,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+sports medicine physician</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5418" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z100" w:id="85"/>
-[...104 lines deleted...]
-          <w:bookmarkEnd w:id="85"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Clinical blood test (hereinafter referred to as CBT), clinical urine test (hereinafter referred to as CUT), anthropometry</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+electrocardiography (hereinafter referred to as ECG), echocardiographic examination (hereinafter referred to as ECHOCG)</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="308" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2244" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Sportsmen involved in the initial training stage</w:t>
+Athletes at the initial training stage</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1234" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 once every six months</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3096" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z104" w:id="86"/>
-[...200 lines deleted...]
-          <w:bookmarkEnd w:id="86"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Pediatrician or therapist (depending on age),</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+GP,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+traumatologist-orthopedist,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+surgeon, otorhinolaryngologist,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+dentist,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ophthalmologist, neurologist,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+cardiologist,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+physical therapy physician,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+sports medicine physician</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5418" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z112" w:id="87"/>
-[...320 lines deleted...]
-          <w:bookmarkEnd w:id="87"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+CBT,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+CUT,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+anthropometry,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ECG,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+echocardiography,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+hand dynamometry, deadlift (hereinafter referred to as Dynamometry),</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ultrasound examination of the abdominal organs and kidneys (hereinafter referred to as Ultrasound of the abdominal cavity and kidneys),</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+fluorography or chest x-ray (from age 15, no more than once a year)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Functional tests to determine general physical performance:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+PWC-170 by L.V. Karpman,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Martinet, Letunova sample,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Harvard Step Test,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3-minute jog in place with high hip raises,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3-minute shadow boxing</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="308" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2244" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Sportsmen involved in the stage of educational training</w:t>
+Athletes involved in the training phase</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1234" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 once every six months</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3096" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z125" w:id="88"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Traumatologist-orthopedist,</w:t>
             </w:r>
-            <w:r>
-[...134 lines deleted...]
-          <w:bookmarkEnd w:id="88"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+surgeon, otorhinolaryngologist,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ophthalmologist, dentist, gynecologist,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+urologist,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+neurologist,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+cardiologist,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+sports medicine physician</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5418" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z131" w:id="89"/>
-[...488 lines deleted...]
-          <w:bookmarkEnd w:id="89"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+CBT,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+biochemical blood test (total protein, creatinine, uric acid, glucose, total cholesterol, total bilirubin, bilirubin direct alanine aminotransferase (hereinafter referred to as ALT),</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+aspartate aminotransferase (hereinafter referred to as AST),</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+creatine phosphokinase</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(hereinafter referred to as CPK), alkaline phosphatase, phosphorus, sodium, calcium, potassium, magnesium, iron, cortisol, testosterone, thyroid-stimulating hormone (TSH), free T4 (FT4), CUT,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+anthropometry,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ECG,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ECG with exercise stress,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+echocardiography,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+dynamometry,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ultrasound of the abdominal cavity and kidneys,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+spirography</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+fluorography or chest x-ray (from age 15, no more than once a year)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Functional tests to determine general physical performance:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+PWC-170 by L.V. Karpman,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Martinet, Letunova sample,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Harvard Step Test,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3-minute jog in place with high hip raises,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3-minute shadow boxing</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="308" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2244" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Sportsmen involved in the stage of sports improvement</w:t>
+4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1234" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-once every six months</w:t>
+Athletes at the stage of sports improvement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3096" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z151" w:id="90"/>
-[...176 lines deleted...]
-          <w:bookmarkEnd w:id="90"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+once every six months</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5418" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z158" w:id="91"/>
-[...440 lines deleted...]
-          <w:bookmarkEnd w:id="91"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Traumatologist-orthopedist,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+surgeon, otorhinolaryngologist,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ophthalmologist, dentist, gynecologist,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+urologist,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+neurologist,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+cardiologist,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+psychologist,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+sports medicine physician</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="308" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5.</w:t>
+CBT,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Blood biochemistry (total protein, creatinine, uric acid, glucose, total cholesterol, high-density lipoprotein cholesterol (hereinafter referred to as HDL), low-density lipoprotein cholesterol (hereinafter referred to as LDL), total bilirubin, direct bilirubin, ALT,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ACT,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+CPK,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+creatine phosphokinase- MB (hereinafter referred to as CPK-MB), alkaline phosphatase, lactate dehydrogenase (hereinafter referred to as LDH), the 1st isoenzyme of LDH; phosphorus, sodium, calcium, potassium, magnesium, iron, high-sensitivity C-reactive protein (CRP), ferritin; cortisol, testosterone, TSH, FT4).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Blood test for viral hepatitis, syphilis,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+CUT,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+anthropometry and body composition analysis,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ECG,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ECG with exercise stress,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+echocardiography,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+dynamometry,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ultrasound of the abdominal cavity and kidneys,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+spirography,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Chest fluorography or X-ray (from age 15, no more than once a year). Physical performance and exercise tolerance testing:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+step-by-step bicycle ergometry with gas analysis for sports where the muscles that dominate when pedaling a bicycle ergometer may be limiting;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+step-by-step manual bicycle ergometry with gas analysis for sports where the muscles of the trunk and arms may be limiting, step-by-step testing on a treadmill with gas analysis for sports where running is involved;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+testing the maximum alactic power (MAP) of the muscles dominant during pedaling on a bicycle ergometer.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Study of psycho-emotional status</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2244" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1234" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-once every six months</w:t>
+5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3096" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z176" w:id="92"/>
-[...200 lines deleted...]
-          <w:bookmarkEnd w:id="92"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Athletes engaged in the highest level of sports mastery</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5418" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z184" w:id="93"/>
-[...440 lines deleted...]
-          <w:bookmarkEnd w:id="93"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+once every six months</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="308" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.</w:t>
+Traumatologist-orthopedist,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+surgeon, otorhinolaryngologist,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ophthalmologist, dentist,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+gynecologist,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+urologist,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+neurologist,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+cardiologist,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+psychologist,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+sports medicine physician</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2244" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Sportsmen of the national teams of the Republic of Kazakhstan by types of sport</w:t>
+CBT,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Blood biochemistry (total protein, creatinine, uric acid, glucose, total cholesterol, high-density lipoprotein cholesterol (HDL), low-density lipoprotein cholesterol (LDL), total bilirubin, direct bilirubin, ALT,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ACT,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+CPK,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+creatine phosphokinase -MB (CPK-MB), alkaline phosphatase, lactate dehydrogenase (LDH), 1st isoenzyme of LDH; phosphorus, sodium, calcium, potassium, magnesium, iron, high-sensitivity C-reactive protein (CRP), ferritin, cortisol, testosterone, TSH, FT4).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Blood test for viral hepatitis, syphilis,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+CUT,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+anthropometry and body composition analysis,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ECG,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ECG with exercise stress,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+echocardiography,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+dynamometry,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ultrasound of the abdominal cavity and kidneys,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+spirography,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Chest fluorography or X-ray (from age 15, no more than once a year). Physical performance and exercise tolerance testing:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+step-by-step bicycle ergometry with gas analysis for sports where the muscles that dominate when pedaling a bicycle ergometer may be limiting;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+step-by-step manual bicycle ergometry with gas analysis for sports where the muscles of the trunk and arms may be limiting, step-by-step testing on a treadmill with gas analysis for sports where running is involved;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+testing the maximum alactic power (MAP) of the muscles dominant during pedaling on a bicycle ergometer.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Study of psycho-emotional status</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1234" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3096" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z202" w:id="94"/>
-[...200 lines deleted...]
-          <w:bookmarkEnd w:id="94"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5418" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z210" w:id="95"/>
-[...427 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Athletes of the national teams of the Republic of Kazakhstan in sports</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+once every six months</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Traumatologist-orthopedist,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+surgeon, otorhinolaryngologist,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ophthalmologist, dentist,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+gynecologist,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+urologist,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+neurologist,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+cardiologist,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+psychologist,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+sports medicine physician</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+CBT,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Blood biochemistry (total protein, creatinine, uric acid, glucose, total cholesterol, high-density lipoprotein cholesterol (HDL), low-density lipoprotein cholesterol (LDL), total bilirubin, direct bilirubin, ALT,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ACT,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+CPK,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+creatine phosphokinase -MB (CPK-MB), alkaline phosphatase, lactate dehydrogenase (LDH), 1st isoenzyme of LDH; phosphorus, sodium, calcium, potassium, magnesium, iron, high-sensitivity C-reactive protein (CRP), ferritin, cortisol, testosterone, TSH, FT4).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Blood test for viral hepatitis, syphilis,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+CUT,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+anthropometry and body composition analysis,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ECG,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ECG with exercise stress,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+echocardiography,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+dynamometry,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ultrasound of the abdominal cavity and kidneys,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+spirography,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Chest fluorography or X-ray (from age 15, no more than once a year). Physical performance and exercise tolerance testing:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+step-by-step bicycle ergometry with gas analysis for sports where the muscles that dominate when pedaling a bicycle ergometer may be limiting;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+step-by-step manual bicycle ergometry with gas analysis for sports where the muscles of the trunk and arms may be limiting, step-by-step testing on a treadmill with gas analysis for sports where running is involved;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+testing the maximum alactic power (MAP) of the muscles dominant during pedaling on a bicycle ergometer.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Study of psycho-emotional status</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="95"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z228" w:id="96"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Note: The in-depth medical examination program for athletes with disabilities shall vary depending on the type of health disorder in terms of functional diagnostics, stress tests, and the specifics of examinations by specialized specialists.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>