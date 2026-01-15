--- v0 (2025-10-13)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="571fd84" w14:textId="571fd84">
+    <w:p w14:paraId="3b5b480" w14:textId="3b5b480">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -250,51 +250,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z6" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. To approve the attached Rules for conducting inspections of medical devices.</w:t>
+      1. To approve the attached Rules for conducting inspections of medical devices.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. The Committee for Medical and Pharmaceutical Control of the Ministry of Health of the Republic of Kazakhstan, in accordance with the procedure established by the legislation of the Republic of Kazakhstan, shall ensure:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
@@ -310,51 +310,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) state registration of this Order with the Ministry of Justice of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) posting this Order on the Internet resource of the Ministry of Health of the Republic of Kazakhstan after its official publication;</w:t>
+      2) posting this Order on the Internet resource of the Ministry of Health of the Republic of Kazakhstan after its official publication;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) within ten working days after the state registration of this Order with the Ministry of Justice of the Republic of Kazakhstan, submission to the Legal Department of the Ministry of Health of the Republic of Kazakhstan information on the implementation of the measures provided for in subparagraphs 1) and 2) of this paragraph.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
@@ -390,51 +390,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. This Order shall come into effect upon the expiration of ten calendar days after the day of its first official publication.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="3960"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -445,97 +445,123 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Minister of Healthcare of the</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-          </w:p>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
-          </w:p>
-[...15 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>      Republic of Kazakhstan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -976,195 +1002,297 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. A production site (site) of a manufacturer of medical devices designed to perform the entire production process of medical devices or certain stages thereof is subject to inspection.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Inspection shall be carried out during the period of expertise during state registration of medical devices, as well as within the framework of monitoring the safety, quality and effectiveness of medical devices in the following forms:</w:t>
-[...71 lines deleted...]
-      2) periodic (scheduled) inspection of facilities subjected to initial inspection is conducted once every three (3) years to confirm the effectiveness of the quality management system in ensuring compliance of medical devices put into circulation;</w:t>
+      5. Inspection shall be conducted in the following forms:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) primary inspection:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      during the expertise of medical devices conducted in accordance with the Order of the Minister of Healthcare of the Republic of Kazakhstan dated 27 January 2021, № KR DSM-10 "On Approval of the Rules for Conducting Expertise of Medicinal Products and Medical Devices" (registered in the Register of State Registration of Regulatory Legal Acts under № 22144) (hereinafter – Order № KR DSM-10) and/or during production inspection in accordance with the Decision of the Council of the Eurasian Economic Commission dated 12 February 2016 № 46.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The inspection results apply to a group (subgroup) of medical devices depending on the class of potential risk of use of the manufactured medical devices according to the List of groups and subgroups of medical devices provided in Appendix 2 to EEC Decision № 106. For medical devices of potential risk class 2a, the inspection results apply to groups of medical devices. For medical devices of potential risk classes 2b and 3, the inspection results apply to subgroups of medical devices;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) periodic (scheduled) inspection of facilities is conducted once every three years to confirm the effectiveness of the management system quality in ensuring compliance of the medical devices released into circulation; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) unscheduled inspection:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...36 lines deleted...]
-      6. The costs of organizing and conducting an inspection shall be borne by the applicant based on an agreement concluded with an expert organization in accordance with the civil legislation of the Republic of Kazakhstan.</w:t>
+        <w:t xml:space="preserve">
+      to confirm the elimination of violations identified during the previous production inspection; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      during investigations related to the safety and efficacy of a medical device, conducted in accordance with the Order of the Minister of Healthcare of the Republic of Kazakhstan dated 23 December 2020, № KR DSM-320/2020 "On Approval of the Rules for Conducting Pharmacovigilance and Monitoring of the Safety, Quality and Efficacy of Medical Devices" (registered in the Register of State Registration of Regulatory Legal Acts under № 21896) (hereinafter - Order № KR DSM-320/2020);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      upon request from the authorized body in cases of risk to public life and health, with the exception of inspections carried out on the basis of EEC Decision № 106.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote: Paragraph 5 is presented in the wording of the Order of the Acting Minister of Healthcare of the Republic of Kazakhstan dated 31 March 2025, № 28 (shall be enforced upon the expiration of ten calendar days after the day of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. The costs associated with organizing and conducting the inspection, including payment for interpreter services, shall be borne by the applicant within the limits of the issued invoice for payment of incurred costs, based on a contract concluded with the expert organization in accordance with the civil legislation of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote: Paragraph 6 is presented in the wording of the Order of the Acting Minister of Healthcare of the Republic of Kazakhstan dated 31 March 2025, № 28 (shall be enforced upon the expiration of ten calendar days after the day of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. To conduct an inspection, an inspection team shall be established, consisting of a leading inspector (team leader), team members, including inspectors, involved experts.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1210,51 +1338,93 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. When conducting an inspection, inspectors shall not act as consultants, respect the confidentiality of information obtained during the preparation and conduct of an inspection, and also maintain the confidentiality of inspection results.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The inspection team, lead inspector (team leader) and members participating in the production inspection are not involved in activities that would affect the independence of their judgment or their impartiality with respect to the results of the production inspection, are not developers, manufacturers, suppliers of medical devices, do not perform maintenance (repair) of medical devices they evaluate, or are not representatives of the developer, manufacturer, supplier of medical devices, persons performing maintenance (repair) of medical devices.</w:t>
+      The inspection team, the lead inspector (team leader), and members participating in the production inspection shall not engage in any activity that may affect the independence of their judgment or their impartiality regarding the results of the production inspection. They shall not be developers, manufacturers, affiliated persons, or suppliers of the medical devices under evaluation; shall not perform maintenance (repair) of the medical devices they are assessing; and shall not be representatives of the developer, manufacturer, supplier, affiliated persons, or persons performing maintenance (repair) of the medical devices.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote: Paragraph 8 as amended by the Order of the Acting Minister of Healthcare of the Republic of Kazakhstan dated 31 March 2025, № 28 (shall be enforced upon the expiration of ten calendar days after the day of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. The duration of inspection of one site (area) depends on the amount of work performed, type and complexity of production processes.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z105" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1606,51 +1776,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. The applicant shall ensure that the inspection team is accompanied by the personnel of the subject of inspection and the translation of information into Kazakh and (or) Russian (if necessary) during the inspection.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. The inspection team shall ensure the development of a program of inspection of production of medical devices (hereinafter referred to as the Inspection program) in the form according to Annex 2 to these Rules. The inspection program shall be sent to the subject of inspection  7 (seven) calendar days before the start of the inspection at the facility.</w:t>
+      16. The inspection team shall ensure the development of a program of inspection of production of medical devices (hereinafter referred to as the Inspection program) in the form according to Annex 2 to these Rules. The inspection program shall be sent to the subject of inspection 7 (seven) calendar days before the start of the inspection at the facility.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The inspection program shall include information on the purpose, timing of the inspection, members of the inspection team, the subject matter and procedure of the inspection, production sites, processes to be inspected, on the review of the quality system and activities at the production facility.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1678,87 +1848,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. During the initial inspection of production, the inspection team shall inspect the production of all production, outsourced (contracted) production sites (sites) declared by the manufacturer of medical devices.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19. During the inspection, the inspection program shall be amended and (or) supplemented in case of non-compliance with the requirements for the implementation and maintenance of the quality management system for medical devices stipulated in Annex 3  to these Rules and (or) EEC Decision № 106  (hereinafter referred to as the non-compliance) that represent a high risk to the quality of the medical device, process or quality system.</w:t>
+      19. During the inspection, the inspection program shall be amended and (or) supplemented in case of non-compliance with the requirements for the implementation and maintenance of the quality management system for medical devices stipulated in Annex 3 to these Rules and (or) EEC Decision № 106 (hereinafter referred to as the non-compliance) that represent a high risk to the quality of the medical device, process or quality system.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. The subject of the inspection shall cooperate with the inspection team and creates conditions for the inspection. During the inspection, the subject of inspection shall provide the inspection team with the necessary information, documents, records, provide access to premises, participating in production processes and in quality control processes.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21. During the inspection, the members of the inspection team shall be guided by the requirements for the implementation, maintenance, and assessment of the quality management system for medical devices provided for in  Annex 3 to these Rules and (or) EEC Decision № 106.</w:t>
+      21. During the inspection, the members of the inspection team shall be guided by the requirements for the implementation, maintenance, and assessment of the quality management system for medical devices provided for in Annex 3 to these Rules and (or) EEC Decision № 106.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22 During the inspection, the members of the inspection team shall interview responsible persons and observe activities in the workplace and study:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1912,93 +2082,135 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) in case of violation of the conditions of storage, transportation, production, affecting the quality and safety of medical devices, select and conduct laboratory tests of samples of medical devices;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) perform audio (video) recording and photography, as well as makes copies of documents as evidence in case of identification of incosistencies;</w:t>
+      2) shall conduct audio and/or video recordings, including photography of production sites, and shall take copies of documents as evidence when non-conformities are identified;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) receive clarifications from the subject of inspection on issues arising during the inspection;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) notifie the manufacturer of the need to take action on identified incosistencies.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote: Paragraph 8 as amended by the Order of the Acting Minister of Healthcare of the Republic of Kazakhstan dated 31 March 2025, № 28 (shall be enforced upon the expiration of ten calendar days after the day of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. If there are incosistencies, the head of the inspection team shall draw up a protocol of incosistencies in the form according to Annex 4 to these Rules. The protocol of incosistencies shall be drawn up in 2 (two) copies, signed by the members of the inspection team. One copy shall be handed over to the subject of inspection, the other copy shall be handed over to the expert organization.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -2092,51 +2304,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Within 15 calendar days from the date of receipt of the said response, the inspection team shall assess the completeness and effectiveness of the corrective and preventive action plan and the report on its implementation.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      29. The results of the assessment shall be supplemented by the inspection team  in sections 5 and 6 of the inspection report.</w:t>
+      29. The results of the assessment shall be supplemented by the inspection team in sections 5 and 6 of the inspection reports.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. One copy of the assessment report shall be sent with a cover letter to the subject of inspection not later than 5 (five) calendar days from the date of its signing, the second copy shall be kept in the archive of the expert organization.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2363,51 +2575,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>for conducting inspections of  medical devices</w:t>
+              <w:t>for conducting inspections of medical devices</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z99" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Application for the inspection of production of a medical device</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:tbl>
       <w:tblPr>
@@ -3876,51 +4088,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>for conducting inspections of  medical devices</w:t>
+              <w:t>for conducting inspections of medical devices</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z102" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Inspection program of the production of a medical device</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z103" w:id="14"/>
     <w:p>
@@ -5212,51 +5424,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>for conducting inspections of  medical devices</w:t>
+              <w:t>for conducting inspections of medical devices</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z108" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Requirements for the implementation, maintenance, and evaluation of a quality management system for medical devices</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
@@ -5625,51 +5837,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) means of control over the achievement of the required quality of the medical device and the effective functioning of the quality system of the medical device;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) plans, procedures, and documents for customer feedback (including monitoring the safety and effectiveness of a medical device at the post-sale stage).</w:t>
+      6) plans, procedures, and documents for customer feedback (including monitoring the safety and effectiveness of a medical device at the post-sale stage).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z128" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Manufacturers of medical devices that have implemented a quality management system for medical devices shall keep it up to date and ensure its effectiveness.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z129" w:id="35"/>
     <w:p>
       <w:pPr>
@@ -6213,51 +6425,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       the determination that sterilization processes have been documented, records of sterilization process parameters for each batch of medical devices to be sterilized are maintained;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-           the determination that the sterilization process has been validated;</w:t>
+      the determination that the sterilization process has been validated;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z158" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) confirmation that production processes are controlled and controlled and operate in accordance with regulatory documents, as well as confirmation of ensuring the required level of control of products and (or) services of critical suppliers;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
     <w:bookmarkStart w:name="z159" w:id="59"/>
     <w:p>
       <w:pPr>
@@ -6902,51 +7114,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>for conducting inspections of  medical devices</w:t>
+              <w:t>for conducting inspections of medical devices</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z170" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Protocol of inconsistencies</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
     <w:bookmarkStart w:name="z171" w:id="70"/>
     <w:p>
@@ -7737,51 +7949,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>for conducting inspections of  medical devices</w:t>
+              <w:t>for conducting inspections of medical devices</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z175" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Medical Device Manufacturing Inspection Report</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
@@ -10942,51 +11154,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       has an indirect effect on the safety, efficacy and quality of a medical device and affects requirements related to the operation of the quality management system for medical devices.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      a combination of inconsistencies, none of which by itself is significant, but which together constitute a significant inconsistency  and must be explained and recorded as such.</w:t>
+      a combination of inconsistencies, none of which by itself is significant, but which together constitute a significant inconsistency and must be explained and recorded as such.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       “Minor inconsistency” - is an inconsistency that is not classified as critical or significant, but indicates an abnormality related to the functioning of the quality management system for medical devices.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -11267,51 +11479,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>for conducting inspections of  medical devices</w:t>
+              <w:t>for conducting inspections of medical devices</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z185" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> The list of documents submitted by the entity of inspection during inspection without visiting the object of inspection</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
     <w:tbl>
       <w:tblPr>
@@ -12553,51 +12765,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) evidence of compliance of medical devices with requirements (including requirements of applicable standards);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-description of medical devices, including instructions for use (consolidated documentation on verification and validation of projects (including data of clinical trials (tests) in accordance with the procedure established by the Order of the Minister of Healthcare of the Republic of Kazakhstan dated December 11, 2020 № KP DSM-248/2020 “On approval of the rules for conducting clinical trials of medicines and medical devices, clinical and laboratory tests of medical devices for diagnosis outside the living organism (in vitro) and requirements for clinical bases and provision of a state service "Issuance of authorization to conduct a clinical trial and (or) testing of pharmacological and medicinal products, medical devices”. (registered in the Register of State Registration of Regulatory Legal Acts under № 21772) and (or) in accordance with the Rules for conducting clinical and clinical-laboratory tests (studies) of medical devices, approved by the Decision of the Board of the Eurasian Economic Commission of February 12, 2016. № 29);</w:t>
+description of medical devices, including instructions for use (consolidated documentation on verification and validation of projects (including data of clinical trials (tests) in accordance with the procedure established by the Order of the Minister of Healthcare of the Republic of Kazakhstan dated December 11, 2020 № KP DSM-248/2020 “On approval of the rules for conducting clinical trials of medicines and medical devices, clinical and laboratory tests of medical devices for diagnosis outside the living organism (in vitro) and requirements for clinical bases and provision of a state service "Issuance of authorization to conduct a clinical trial and (or) testing of pharmacological and medicinal products, medical devices” (registered in the Register of State Registration of Regulatory Legal Acts under № 21772) and (or) in accordance with the Rules for conducting clinical and clinical-laboratory tests (studies) of medical devices, approved by the Decision of the Board of the Eurasian Economic Commission of February 12, 2016. № 29);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 labeling of medical devices; risk management documents</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
@@ -13255,51 +13467,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>for conducting inspections of  medical devices</w:t>
+              <w:t>for conducting inspections of medical devices</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z187" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Information about the conducted inspections of the production of medical devices</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
     <w:tbl>
       <w:tblPr>
@@ -14920,51 +15132,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       signature Surname, Name, Patronymic (if any)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "______" ____________________ 20_______ .</w:t>
+      "______" ____________________ 20_______.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -14972,55 +15184,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>