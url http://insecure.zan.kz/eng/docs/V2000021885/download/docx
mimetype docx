--- v0 (2025-10-01)
+++ v1 (2026-01-01)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="af0a334" w14:textId="af0a334">
+    <w:p w14:paraId="e1ea9b4" w14:textId="e1ea9b4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -103,97 +105,135 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="888888"/>
         </w:rPr>
+        <w:t>Invalidated</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
         <w:t>Unofficial translation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Joint Resolutions № 151 of the Board of the National Bank of the Republic of Kazakhstan as of December 21, 2020, № 125 of the Board of the Agency of the Republic of Kazakhstan for the Regulation and Development of the Financial Market as of December 22, 2020 and Order № 1223 of the Minister of Finance of the Republic of Kazakhstan as of December 22, 2020. Registered with the Ministry of Justice of the Republic of Kazakhstan December 23, 2020 under № 21885.</w:t>
+        <w:t>Joint Resolutions № 151 of the Board of the National Bank of the Republic of Kazakhstan as of December 21, 2020, № 125 of the Board of the Agency of the Republic of Kazakhstan for the Regulation and Development of the Financial Market as of December 22, 2020 and Order № 1223 of the Minister of Finance of the Republic of Kazakhstan as of December 22, 2020. Registered with the Ministry of Justice of the Republic of Kazakhstan December 23, 2020 under № 21885. Abrogated by the joint resolution of the Board of the National Bank of the Republic of Kazakhstan dated 26.09.2025 № 58, the Board of the Agency of the Republic of Kazakhstan for Regulation and Development of the Financial Market dated 29.09.2025 № 60 and the Order of the Minister of Finance of the Republic of Kazakhstan dated 29.09.2025 № 545 (effective from 01.01.2026).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Unofficial translation</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. Abrogated by the joint resolution of the Board of the National Bank of the Republic of Kazakhstan dated 26.09.2025 № 58, the Board of the Agency of the Republic of Kazakhstan for Regulation and Development of the Financial Market dated 29.09.2025 № 60 and the Order of the Minister of Finance of the Republic of Kazakhstan dated 29.09.2025 № 545 (effective from 01.01.2026).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Footnote. It shall be enforced from 01.01.2021 in accordance with paragraph 5 of this joint order and resolutions.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1434,51 +1474,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Footnote. Paragraph 1 - as revised by joint Resolution of the Board of the National Bank of Kazakhstan № 73 of 26.09.2023, the Board of the Agency of the Republic of Kazakhstan on Regulation and Development of Financial Market № 73 of 26.09.2023 and Order of the Deputy Prime Minister - Minister of Finance of Kazakhstan № 1042 of 02.10.2023 (shall become effective ten calendar days after the date of its first official publication). </w:t>
+        <w:t>      Footnote. Paragraph 1 - as revised by joint Resolution of the Board of the National Bank of Kazakhstan № 73 of 26.09.2023, the Board of the Agency of the Republic of Kazakhstan on Regulation and Development of Financial Market № 73 of 26.09.2023 and Order of the Deputy Prime Minister - Minister of Finance of Kazakhstan № 1042 of 02.10.2023 (shall become effective ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -1590,51 +1630,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 2. The procedure for withdrawing cash from bank accounts by business entities </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Business entities shall withdraw cash from bank accounts based on applications for withdrawal of cash from bank accounts lodged with second-tier banks, branches of non-resident banks of the Republic of Kazakhstan and organisations engaged in certain types of banking operations (hereinafter referred to as banks) under the Rules for Cash Operations and Operations on Collection of Banknotes, Coins and Valuables in Second- Tier Banks, Branches of Non-Resident Banks of the Republic of Kazakhstan, National Postal Operator and Legal Entities whose exclusive activity is collection of banknotes, coins and valuables, approved by Resolution of the Board of the National Bank of the Republic of Kazakhstan № 231 of November 29, 2019, recorded in the Register of State Registration of Regulatory Legal Acts under № 19680.</w:t>
+      3. Business entities shall withdraw cash from bank accounts based on applications for withdrawal of cash from bank accounts lodged with second-tier banks, branches of non-resident banks of the Republic of Kazakhstan and organizations engaged in certain types of banking operations (hereinafter referred to as banks) under the Rules for Cash Operations and Operations on Collection of Banknotes, Coins and Valuables in Second- Tier Banks, Branches of Non-Resident Banks of the Republic of Kazakhstan, National Postal Operator and Legal Entities whose exclusive activity is collection of banknotes, coins and valuables, approved by Resolution of the Board of the National Bank of the Republic of Kazakhstan № 231 of November 29, 2019, recorded in the Register of State Registration of Regulatory Legal Acts under № 19680.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -2473,51 +2513,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Reporting period: as of "___" ___________ 20 __ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Entities providing data: second-tier banks, branches of non-resident banks of the Republic of Kazakhstan, and organisations engaged in certain types of banking operations </w:t>
+      Entities providing data: second-tier banks, branches of non-resident banks of the Republic of Kazakhstan, and organizations engaged in certain types of banking operations </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Deadline for filing the administrative data form: monthly, not later than the fifteenth day of the month following the reporting month</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z51" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2529,51 +2569,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Document form</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Business identification number of a second-tier bank, a branch of a non-resident bank of the Republic of Kazakhstan and an organisation engaged in certain types of banking operations: KZT ____________________________________</w:t>
+      Business identification number of a second-tier bank, a branch of a non-resident bank of the Republic of Kazakhstan and an organization engaged in certain types of banking operations: KZT ____________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       thousand </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
@@ -5524,70 +5564,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. The form shall be elaborated as per sub-paragraph 69) of part two of Article 15 of the Law of the Republic of Kazakhstan ‘On the National Bank of the Republic of Kazakhstan’ (hereinafter - the Law on the National Bank of the Republic of Kazakhstan).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. The Form shall be compiled monthly by second-tier banks, branches of non-resident banks of the Republic of Kazakhstan and organisations engaged in certain types of banking operations (hereinafter - banks) as of the first day of each month. Data in the Form shall be filled in thousands of tenge.</w:t>
+      3. The Form shall be compiled monthly by second-tier banks, branches of non-resident banks of the Republic of Kazakhstan and organizations engaged in certain types of banking operations (hereinafter - banks) as of the first day of each month. Data in the Form shall be filled in thousands of tenge.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z58" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. The Form shall be signed by the Chief Accountant or a person authorised to sign the Form.</w:t>
+      4. The Form shall be signed by the Chief Accountant or a person authorized to sign the Form.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z59" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 2: Clarification on completing the Form</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z60" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -5996,63 +6036,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -6374,35 +6436,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>