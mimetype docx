--- v0 (2025-10-14)
+++ v1 (2026-01-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a651250" w14:textId="a651250">
+    <w:p w14:paraId="ca8cb51" w14:textId="ca8cb51">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -168,54 +168,126 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Unofficial translation</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      In accordance with Article 9, subparagraph 3) of the Code of the Republic of Kazakhstan dated July 7, 2020 "On public health and healthcare system," I hereby ORDER:</w:t>
+      According to subparagraph 3 of Article 9 of the Code of the Republic of Kazakhstan "On Public Health and the Healthcare System"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HEREBY </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ORDER:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote: The preamble is presented in the wording of the Order № 80 of the Minister of Healthcare of the Republic of Kazakhstan dated 14 August 2025 (shall enter into force upon expiry of ten calendar days after the day of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z6" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. To approve the attached rules of expertise for establishing the connection of occupational disease with the performance of labor (official) duties.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -752,54 +824,96 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 1. General provisions</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z18" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. These rules of expertise for establishing the connection of occupational disease with the performance of labour (official) duties (hereinafter referred to as the Rules) shall be developed in accordance with Article 9, subparagraph 3), of the Code of the Republic of Kazakhstan dated July 7, 2020 “On public health and healthcare system” (hereinafter referred to as the Code) and shall define the procedure for the expertise for establishing the connection of occupational disease with the performance of labour (official) duties.</w:t>
+      1. These Rules for the examination of establishing the connection of a professional disease with the performance of labour (official) duties (hereinafter – the Rules) have been  developed in accordance with subparagraph 3) of Article 9 of the Code of the Republic of Kazakhstan "On Public Health and the Healthcare System" (hereinafter – the Code) and shall determine the procedure for conducting the examination to establish the connection of a professional disease with the performance of labour (official) duties.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote: Paragraph 1 is presented in the wording of the Order № 39 of the Minister of Healthcare of the Republic of Kazakhstan dated 21 April 2025 (shall enter into force upon expiry of ten calendar days after the day of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z19" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. The following concepts and definitions shall be used in these Rules:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z20" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1555,385 +1669,403 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) documents confirming the employee's work activity in accordance with Article 35 of the Labor Code of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15-1. Sanitary and epidemiological characterization of working conditions (hereinafter - SEC) shall be drawn up by the territorial subdivision of the state body in the sphere of sanitary and epidemiological well-being of the population (hereinafter - territorial subdivision) taking into account the professional route of the employee on the basis of documents and materials provided by the employer and available results of sanitary and epidemiological monitoring, control and supervision according to the form approved by the Order № ҚР ДСМ-84.</w:t>
+      15-1. The sanitary-epidemiological description of working conditions (hereinafter - SED) shall be prepared by the territorial subdivision of the state body in the sphere of sanitary-epidemiological welfare of the population (hereinafter - territorial subdivision), taking into account the employee's professional history, based on documents and materials provided by the employer and available results of sanitary-epidemiological monitoring, control, and supervision, using the form approved by Order № KR DSM-84.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The head of the organization (employer), according to the professional route of the employee, after receiving a notification of a preliminary diagnosis of chronic occupational disease and (or) poisoning, in the form approved by the Order № ҚР ДСМ-175/2020, or informing the territorial subdivision, within three working days forms a Commission to collect and prepare information for drawing up a sanitary-epidemiological characterization of working conditions (hereinafter referred to as the Commission) of the employee at this enterprise. The Commission consists of representatives of the employer, a specialist of the occupational safety and health service (or a person appointed by the employer to be responsible for occupational safety and health), a medical employee of the enterprise, a specialist of the medical organization servicing the enterprise, a representative of the trade union, an injured employee and (or) a representative of the employee, with the involvement, by decision of the Commission or in disputable situations, of occupational pathologists with a qualification category (academic and (or) academic degree), who are specialists in the profile of the employee's disease or specialists of scientific activity organizations with scientific and (or) academic degrees in sanitation, hygiene and epidemiology, public health, occupational pathology at the expense of the employer, as well as a specialist of the territorial unit.</w:t>
+      The head of the organization (employer), according to the employee's professional history, after receiving the notification of the preliminary diagnosis of a chronic occupational disease and/or poisoning, using the form approved by Order № KR DSM-175/2020, or after informing the territorial subdivision, shall, within three working days, form a Commission for the collection and preparation of information for compiling the sanitary-epidemiological description of working conditions (hereinafter - the Commission) for the employee at this enterprise.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Within ten working days, the Commission shall collect the necessary documents and materials for drawing up the SEC, including archive data characterizing working conditions at the employee's workplace (site, workshop) (or at similar workplaces) for the entire professional route at the given enterprise:</w:t>
+      The Commission includes representatives of the employer, a specialist from the safety and labour protection service (or a person appointed by the employer as responsible for safety and labour protection), a medical professional of the enterprise, a specialist from the medical organization serving the enterprise, a representative of the trade union, the affected employee and/or the employee's representative. Furthermore, by decision of the Commission, or in disputed situations, occupational pathologists with a qualification category (academic and/or scientific degree) who are specialists in the profile of the employee's illness, or specialists from scientific organizations with academic and/or scientific degrees in the fields of sanitation, hygiene and epidemiology, public health, and occupational pathology, shall be involved at the employer's expense. A specialist from the territorial subdivision is also a member of the Commission.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) materials of production control;</w:t>
+      The Commission, within ten working days, shall collect the necessary documents and materials for compiling the SED, including archival data characterizing the working conditions at the employee's workplace (section, workshop) (or at similar workplaces) throughout the entire professional history at this enterprise:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) materials of certification of the production facility for labor conditions;</w:t>
+      1) materials from production control;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) materials and results of inspections of territorial subdivisions and territorial subdivisions of the authorized state labor authority;</w:t>
+      2) materials from the certification of the production facility concerning working conditions;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) materials of accident investigations, special investigation;</w:t>
+      3) materials and results of inspections by territorial subdivisions and territorial subdivisions of the authorized state labour body;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) information on medical examinations, outpatient cards;</w:t>
+      4) materials from accident investigations, special investigations;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) plan of measures to improve the health of patients detected during periodic medical examinations;</w:t>
+      5) information on conducted medical examinations, outpatient medical records;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) extracts from the logs of registration of briefings and protocols of verification of employee's knowledge of labor protection;</w:t>
+      6) a plan of measures for the rehabilitation of individuals identified as ill during periodic medical examinations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) extracts from logs recording briefings and minutes of tests of the employee's knowledge on labour protection;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) copies of documents confirming the issuance of personal protective equipment to the employee;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) extracts from instructions, regulations, orders or acts regulating the requirements of safety and labor protection, duties and responsibilities of officials for ensuring healthy and safe working conditions at work;</w:t>
+      9) extracts from instructions, regulations, orders, or acts regulating safety and labour protection requirements, the duties and responsibilities of officials for ensuring healthy and safe working conditions in production;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10) information on the nature and severity of damage to the health of the victim;</w:t>
+      10) information on the nature and severity of the health damage to the affected person;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11) chemical substances and compounds, in contact with which the employee's labor activity was carried out, in hermetically sealed packaging with indication of the name of substances, date of packaging, certified by the employer's seal (if any) in case of suspected occupational disease of allergic nature.</w:t>
+      11) chemical substances and compounds with which the employee's work activities involved contact, in sealed packaging indicating the name of the substances, the packaging date, certified by the employer's seal (if available), in cases of suspected occupational disease of an allergic nature.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      In the absence or in the presence of incomplete data characterizing the working conditions of an employee, the employer shall, at its own expense, conduct the necessary laboratory-instrumental and hygiene-physiological studies to assess the working conditions at the employee's workplace or similar workplaces, taking into account the data of production control.</w:t>
+      If data characterizing the employee's working conditions is absent or incomplete, the employer, at its own expense, shall conduct the necessary laboratory-instrumental and hygienic-physiological studies of the chemical and physical factors of the employee's workplace (depending on the specific nature of the work). This is done to assess the working conditions at the employee's workplace or at similar workplaces, taking into account production control data.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The employer shall submit the necessary documents and materials collected by the Commission within 3 (three) working days to the territorial subdivision, which shall, on the basis of the provided information and available data (including acts of investigation of cases of occupational diseases of employees of the given and (or) similar industries or sites (workshops), archival results of sanitary and epidemiological monitoring, control and supervision) within 10 (ten) working days, shall draw up SEC in three copies and shall send one copy to the medical organization that submitted the notice of suspected occupational disease and (or) poisoning in the form approved by Order № ҚР ДСМ-175/2020, the second copy to the employer.</w:t>
-[...17 lines deleted...]
-      If insufficient information is provided to the SEC, the Area Office shall inform the employer in writing within three (3) working days in an arbitrary form that additional information is required, which the employer shall provide within five (5) working days of receipt of the written information. </w:t>
+      The employer shall submit the necessary documents and materials collected by the Commission within 3 (three) working days to the territorial subdivision in written or electronic form. Based on this provided information and its own available data (including investigation reports on cases of occupational diseases of workers from these and/or similar productions or sections (workshops), archival results of sanitary-epidemiological monitoring, control, and supervision), the territorial subdivision, within 10 (ten) working days, prepares the SED in three copies. It then sends one copy to the medical organization that submitted the notification of suspected occupational disease and/or poisoning using the form approved by Order № KR DSM-175/2020, the second copy to the employer, and the third copy remains with the territorial subdivision.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      If the occurrence of occupational disease and (or) poisoning is caused by work at facilities controlled by different territorial subdivisions, the territorial subdivision at the last place of work of a person with suspected occupational disease and (or) poisoning shall draw up an SEC based on materials received from the relevant territorial subdivisions and other organizations (employers) upon official requests. The organizations that received the request shall provide copies of the requested documents for the SEC within 10 (ten) working days.</w:t>
+      If the information provided is insufficient for compiling the SED, the territorial subdivision, within 3 (three) working days, shall notify the employer in writing or electronically of the need to provide additional information, specifying the deadlines. The employer must provide this information within 5 (five) working days from receiving the written or electronic notification.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      If the occurrence of the occupational disease and/or poisoning is due to work at facilities under the jurisdiction of different territorial subdivisions, the territorial subdivision at the individual's last place of work where the occupational disease and/or poisoning is suspected shall compile the SED based on materials received from the relevant territorial subdivisions and other organizations (employers) via official requests. Organizations that receive such a request must provide copies of the requested documents for the compilation of the SED within 10 (ten) working days.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Chapter 2 was added with paragraph 15-1 in accordance with the order of the Minister of Healthcare of the Republic of Kazakhstan dated 11.03.2022 № ҚР ДСМ-23 (shall be enforced upon expiry of ten calendar days after its first official publication).</w:t>
+        <w:t>      Footnote. Chapter 2 was added with paragraph 15-1 in accordance with the order of the Minister of Healthcare of the Republic of Kazakhstan dated 11.03.2022 № ҚР ДСМ-23 (shall be enforced upon expiry of ten calendar days after its first official publication); as amended by Order № 80 of the Minister of Health of the Republic of Kazakhstan dated 14 August 2025 (shall enter into force upon the expiration of ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z52" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2122,51 +2254,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       sanitary and epidemiological characteristics of working conditions reflect all harmful and (or) hazardous production factors of the employee's work (severity of the labor process, physical, chemical, biological factors) along the entire professional route, according to the work book and data of mandatory periodic certification of production facilities according to working conditions for all years of the employee's work;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
     <w:bookmarkStart w:name="z62" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      In the absence or lack of incomplete data of the working process in the sanitary and epidemiological characteristics of working conditions, the head of the professional health clinic shall issue a request to the territorial divisions of the state body in the field of sanitary and epidemiological well-being of the population (hereinafter referred to as the territorial division) to supplement the sanitary and epidemiological characteristics of working conditions;</w:t>
+      If the sanitary-epidemiological description of working conditions lacks or contains incomplete data on the work process, the head of the occupational health clinic shall issue a request (in written or electronic form) to the territorial subdivisions for supplementary information to be added to the sanitary-epidemiological description of working conditions.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
     <w:bookmarkStart w:name="z63" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       If no examinations of the production environment were carried out, this shall not be an obstacle to the diagnosis of occupational disease, since this takes into account data from the scientific literature (if they are available and relevant), modeling, as well as extrapolation of similar production conditions;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:bookmarkStart w:name="z64" w:id="57"/>
     <w:p>
@@ -2286,50 +2418,92 @@
         <w:t>
       6) clinical data and examination results data;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
     <w:bookmarkStart w:name="z70" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       EPPC shall take into account a set of changes in clinical and paraclinical research methods, shall establish a final clinical diagnosis indicating the main diagnosis, complications and the degree of functional changes in the body's organs and systems.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote: Paragraph 18 as amended by Order № 80 of the Minister of Healthcare of the Republic of Kazakhstan dated 14 August 2025 (shall enter into force upon expiry of ten calendar days after the day of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z71" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19 EPPC shall take into account:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
     <w:bookmarkStart w:name="z72" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2602,54 +2776,96 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The conclusion of the EPPC shall be included in the medical documentation (extract from the medical record of an inpatient patient, extract from the medical record of an ambulatory patient) in the form approved by the authorized body in the field of healthcare in accordance with Article 7, subparagraph 31) of the Code.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
     <w:bookmarkStart w:name="z86" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      24 In case of difficulty in determining the examination of the connection of occupational disease with the performance of labor (official) duties of the EPPC or in connection with the disagreement of the employee, employer, insurance company with the conclusion of the EPPC, according to the term of consideration of the appeal in accordance with Article 8 of the Law of the Republic of Kazakhstan of January 12, 2007 "On the procedure for the consideration of appeals of individuals and legal entities," the medical documents of the patient by the professional health clinic shall be sent for consideration to the Republican expert conflict professional commission (hereinafter referred to as RECPC).</w:t>
+      24. In cases where it is difficult to determine the connection between an occupational disease and the performance of labour (official) duties, or in the event of disagreement by the employee, employer, or insurance company with the statement of the EOMC, the patient's medical documents shall be submitted by the occupational health clinic to the Republican Expert Conflict Occupational Pathology Commission (hereinafter referred to as the RECOPC) for review, in accordance with the timeframe for processing appeals established by Article 76 of the Administrative Procedural and Process Code of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote: Paragraph 24 is presented in the wording of the Order № 39 of the Minister of Healthcare of the Republic of Kazakhstan dated 21 April 2025 (shall enter into force upon expiry of ten calendar days after the day of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z87" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25 The procedure and the composition of the RECPC shall be approved by the head of organization of education in the field of healthcare, on the basis of which the RECPC is created.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -2684,71 +2900,113 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z88" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      26 The RECPC shall consider documents within the deadline in accordance with Article 8 of the Law of the Republic of Kazakhstan dated January 12, 2007 "On procedure for consideration of appeals of physical and legal persons." If necessary, invites doctors on the profile of diseases to meetings, requests documents from organizations necessary for examination.</w:t>
+      26. The RECOPC shall review the documents within the timeframes stipulated by Article 76 of the Administrative Procedural and Process Code of the Republic of Kazakhstan. If necessary, it shall invite physicians specializing in the relevant diseases to its meetings and request from organizations the documents necessary for the examination.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote: Paragraph 26 is presented in the wording of the Order № 39 of the Minister of Healthcare of the Republic of Kazakhstan dated 21 April 2025 (shall enter into force upon expiry of ten calendar days after the day of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z89" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      27 The RECPC shall consider the following documents:</w:t>
+      27. The RECPC shall consider the following documents:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
     <w:bookmarkStart w:name="z90" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) appeals;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
     <w:bookmarkStart w:name="z91" w:id="84"/>
     <w:p>
@@ -2804,71 +3062,131 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) additional documents received at the request of the EPPC or submitted by the patient (if available).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
     <w:bookmarkStart w:name="z94" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      28 If necessary, the RECPC shall request additional documents from medical organizations serving enterprises, at the place of attachment of the patient, offices of professional pathology, territorial divisions, and the employer for the examination of the connection of a occupational disease with the performance of labor (official) duties specified in paragraph 15, subparagraphs 3-6 of these Rules.</w:t>
+      28. If it is necessary to obtain additional data, the RECOPC shall request information in written or electronic form from the medical organizations servicing the enterprises, from the patient's assigned healthcare facility, from occupational pathology offices, territorial subdivisions, and the employer for conducting the examination to establish the connection between the occupational disease and the performance of labour duties, as specified in subparagraphs 3-6 of paragraph 15 of these Rules. Upon receiving the request from the RECOPC, the medical organization, employer, and territorial subdivision shall provide the information to the RECOPC within 10 calendar days.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Information in electronic form shall be sent via the "e-government" portals, "E-appeal", or through existing specialized information systems in the field of sanitary-epidemiological welfare of the population (if available). If the notification deadline falls on a weekend or holiday according to the Labour Code of the Republic of Kazakhstan, the notification deadline shall be extended to the next working day.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote: Paragraph 28 is presented in the wording of the Order № 80 of the Minister of Healthcare of the Republic of Kazakhstan dated 14 August 2025 (shall enter into force upon expiry of ten calendar days after the day of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z95" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      29 Upon receipt of the requested documents, a second meeting of the RECPC shall be held to examine the connection of professional illness with the performance of labor (official) duties, with a decision on full-time or correspondence form:</w:t>
+      29. Upon receipt of the requested documents, a second meeting of the RECPC shall be held to examine the connection of professional illness with the performance of labor (official) duties, with a decision on full-time or correspondence form:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
     <w:bookmarkStart w:name="z96" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) disease shall be associated with exposure to occupational factors (occupational disease, primary);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
     <w:bookmarkStart w:name="z97" w:id="90"/>
     <w:p>
@@ -3004,80 +3322,80 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) the third copy shall be kept in the medical documentation of the patient in the professional health clinic constantly in accordance with Order № 263.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
     <w:bookmarkStart w:name="z105" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      32 Upon initial establishment of chronic occupational disease, the occupational health clinic shall draw up a notification on the occupational disease in the form according to Annex 4 to these Rules and within 3 (three) working days shall send it to employers according to professional route of the employee, to the territorial subdivision which has issued the SEC, and the healthcare organization, established that has established a suspicion (preliminary diagnosis) of occupational disease.</w:t>
+      32. Upon the initial diagnosis of a chronic occupational disease, the occupational health clinic shall issue a notification of occupational disease using the form specified in Appendix 4 to these Rules. Within 3 (three) working days, this notification shall be sent in written or electronic form to the employers, according to the employee's professional history, to the territorial subdivision that issued the SED, and to the medical organization that identified the suspected (preliminary) occupational disease.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 32 as amended by the order of the Minister of Healthcare of the Republic of Kazakhstan dated 11.03.2022 № ҚР ДСМ-23 (shall be enforced upon expiry of ten calendar days after its first official publication).</w:t>
+        <w:t>      Footnote: Paragraph 32 is presented in the wording of the Order № 80 of the Minister of Healthcare of the Republic of Kazakhstan dated 14 August 2025 (shall enter into force upon expiry of ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -42557,55 +42875,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -42931,31 +43249,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>