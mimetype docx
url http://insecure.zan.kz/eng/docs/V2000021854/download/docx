--- v0 (2025-10-05)
+++ v1 (2025-11-23)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="47e5f72" w14:textId="47e5f72">
+    <w:p w14:paraId="b059a43" w14:textId="b059a43">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -131,158 +131,200 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Order of the Minister of Health of the Republic of Kazakhstan dated December 21, 2020 No. ҚР DSM-297/2020. Registered with the Ministry of Justice of the Republic of Kazakhstan on December 22, 2020 No. 21854</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t>Order of the Minister of Health of the Republic of Kazakhstan dated December 21, 2020 No. ҚР DSM-297/2020. Registered with the Ministry of Justice of the Republic of Kazakhstan on December 22, 2020 No. 21854.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Unofficial translation</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...28 lines deleted...]
-       In accordance with paragraph 3 of Article 94 of the Code of the Republic of Kazakhstan dated July 7, 2020 On Public Health and Health Care System </w:t>
+      In accordance with paragraph 3 of Article 94 of the Code of the Republic of Kazakhstan “On Public Health and the Healthcare System”, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>I hereby ORDER</w:t>
-[...9 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> HEREBY</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ORDER:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Preamble - as amended by Order № 39 of the Minister of Healthcare of the Republic of Kazakhstan dated April 21, 2025 (shall enter into force ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Approve the attached rules for development and approval of documents of the state sanitary-epidemiological regulation system.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Invalidate Order No. 197 of the Acting Minister of National Economy of the Republic of Kazakhstan as of December 31, 2014 "On approval of the Rules for development and approval of documents of the state system of sanitary-epidemiological regulation" (registered in the Register of State Registration of Regulatory Legal Acts under No. 10248, published 22 April 2016 in the "Adilet" Legal Information System). </w:t>
+      2. Invalidate Order № 197 of the Acting Minister of National Economy of the Republic of Kazakhstan as of December 31, 2014 "On approval of the Rules for development and approval of documents of the state system of sanitary-epidemiological regulation" (registered in the Register of State Registration of Regulatory Legal Acts under № 10248, published 22 April 2016 in the "Adilet" Legal Information System). </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        3. The Committee for Sanitary-Epidemiological Control of the Ministry of Healthcare of the Republic of Kazakhstan, in the manner prescribed by the legislation of the Republic of Kazakhstan, shall:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
@@ -374,62 +416,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        5. This order shall take effect upon expiry of ten calendar days after the date of its first official publication.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7797"/>
-        <w:gridCol w:w="4203"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="3960"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7797" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -442,51 +485,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Minister of Healthcare</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7797" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -494,51 +537,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      of the Republic of Kazakhstan </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4203" w:type="dxa"/>
+            <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -636,51 +679,51 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Approved </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>by order No. ҚR DSM-297/2020</w:t>
+              <w:t>by order № ҚR DSM-297/2020</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>of the Minister of Healthcare</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -697,93 +740,132 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>as of December 21, 2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rules for development and approval of documents of the state sanitary-epidemiological regulation system</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 1. General Provisions</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. The rules for development and approval of documents of the state sanitary-epidemiological regulation system (hereinafter -the Rules) have been developed in accordance with paragraph 3 of Article 94 of the Code of the Republic of Kazakhstan as of July 7, 2020 On Public Health and Health Care System (hereinafter- the Code) and define the procedure of development, adoption of documents of the state sanitary-epidemiological regulation system (hereinafter - documents).</w:t>
+      1. The Rules for the development and approval of documents of the state system of sanitary and epidemiological regulation (hereinafter referred to as the Rules) have been developed in accordance with paragraph 3 of Article 94 of the Code of the Republic of Kazakhstan "On Public Health and the Healthcare System" (hereinafter referred to as the Code) and shall determine the procedure for the development and approval of documents of the state system of sanitary and epidemiological regulation (hereinafter referred to as Documents).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 1 – as amended by Order № 39 of the Minister of Healthcare of the Republic of Kazakhstan dated April 21, 2025 (shall enter into force ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. State sanitary-epidemiological regulation shall be exercised by the sanitary-epidemiological service and include:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1016,71 +1098,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. The state body in the field of sanitary-epidemiological welfare of the population, within the framework of harmonization of documents with generally accepted international requirements, shall develop and approve:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z27" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) technical regulations of the Eurasian Economic Union in accordance with the Procedure for development, adoption, amendment and cancellation of technical regulation of the Customs Union , approved by the Decision of the Council of the Eurasian Economic Commission of June 20, 2012 No. 48 in accordance with Article 52 of the Treaty on the Eurasian Economic Union of May 29 2014, ratified by the Law of the Republic of Kazakhstan dated October 14, 2014 No. 240 "On Ratification of the Treaty on the Eurasian Economic Union" (hereinafter - the Treaty).</w:t>
+      1) technical regulations of the Eurasian Economic Union in accordance with the Procedure for development, adoption, amendment and cancellation of technical regulation of the Customs Union , approved by the Decision of the Council of the Eurasian Economic Commission of June 20, 2012 № 48 in accordance with Article 52 of the Treaty on the Eurasian Economic Union of May 29 2014, ratified by the Law of the Republic of Kazakhstan dated October 14, 2014 № 240 "On Ratification of the Treaty on the Eurasian Economic Union" (hereinafter - the Treaty).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z28" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) uniform sanitary-epidemiological and hygienic requirements of the Eurasian Economic Union in accordance with the Procedure for development, adoption, amendment and application of unified sanitary- epidemiological and hygienic requirements and procedures approved by the Decision of the Council of the Eurasian Economic Commission of October 18, 2016 No. 109 in accordance with paragraph 3, article 57 of the Treaty.</w:t>
+      2) uniform sanitary-epidemiological and hygienic requirements of the Eurasian Economic Union in accordance with the Procedure for development, adoption, amendment and application of unified sanitary- epidemiological and hygienic requirements and procedures approved by the Decision of the Council of the Eurasian Economic Commission of October 18, 2016 № 109 in accordance with paragraph 3, article 57 of the Treaty.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z29" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 2. Procedure for documents development and approval</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z30" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -1694,54 +1776,96 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) exclusion of possible ambiguity of understanding and interpretation of the text.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
     <w:bookmarkStart w:name="z61" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19. The state body in the field of sanitary-epidemiological welfare of the population shall ensure compliance of documents with legal technicalities established by the Rules for the execution, adoption, state registration of regulatory legal acts and their cancellation, approved by Resolution No. 568 of the Government of the Republic of Kazakhstan dated October 6, 2016.</w:t>
+      19. The state body in the field of sanitary and epidemiological welfare of the population shall ensure compliance of documents on legal technique with the established Rules for the development, approval and state registration of regulatory legal acts and their cancellation, approved by the order of the acting Minister of Justice of the Republic of Kazakhstan dated July 5, 2023 № 464 (registered in the Register of State Registration of Regulatory Legal Acts under № 33048).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 19 – as amended by Order № 39 of the Minister of Healthcare of the Republic of Kazakhstan dated April 21, 2025 (shall enter into force ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z62" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Along with development of a document containing new regulatory requirements, proposals shall be attached to these documents on amending, supplementing or invalidating the corresponding previously issued documents or parts thereof, if necessary.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
     <w:bookmarkStart w:name="z63" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1807,55 +1931,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>