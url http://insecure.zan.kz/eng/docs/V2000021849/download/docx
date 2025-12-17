--- v0 (2025-10-14)
+++ v1 (2025-12-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="fdc506b" w14:textId="fdc506b">
+    <w:p w14:paraId="3462db7" w14:textId="3462db7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -131,136 +131,178 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Order of the Minister of Health of the Republic of Kazakhstan dated December 21, 2020 No. ҚР DSM-306/2020. Registered with the Ministry of Justice of the Republic of Kazakhstan on December 22, 2020 No. 21849</w:t>
+        <w:t>Order of the Minister of Health of the Republic of Kazakhstan dated December 21, 2020 No. ҚР DSM-306/2020. Registered with the Ministry of Justice of the Republic of Kazakhstan on December 22, 2020 No. 21849.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Unofficial translation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...27 lines deleted...]
-      In accordance with subparagraph 83) of article 7 of the Code of the Republic of Kazakhstan dated July 7, 2020 On Public Health and Health Care System I hereby ORDER:</w:t>
+      In accordance with subparagraph 83) of Article 7 of the Code of the Republic of Kazakhstan "On healthcare and healthcare system", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>I HEREBY ORDER:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. The preamble is amended by the Order of the Minister of Health of the Republic of Kazakhstan dated 12.09.2025 № 92 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Approve the attached rules for providing audiological care to the population of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Invalidate Order No. 338 of the Minister of Health and Social Development of the Republic of Kazakhstan dated May 12, 2015 "On approval of the Rules for providing audiological care to the population of the Republic of Kazakhstan" (registered in the Register of State Registration of Regulatory Legal Acts under No. 11406, published in the legal information system "Adilet" July 3, 2015).</w:t>
+      2. Invalidate Order № 338 of the Minister of Health and Social Development of the Republic of Kazakhstan dated May 12, 2015 "On approval of the Rules for providing audiological care to the population of the Republic of Kazakhstan" (registered in the Register of State Registration of Regulatory Legal Acts under № 11406, published in the legal information system "Adilet" July 3, 2015).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. The Department for organization of medical aid of the Ministry of Healthcare of the Republic of Kazakhstan, in accordance with the procedure established by the legislation of the Republic of Kazakhstan, shall:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
@@ -352,62 +394,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. This order shall be enforced upon expiry of ten calendar days after the date of its first official publication.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7797"/>
-        <w:gridCol w:w="4203"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="3960"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7797" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -420,51 +463,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Minister of Healthcare</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7797" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -472,51 +515,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      of the Republic of Kazakhstan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4203" w:type="dxa"/>
+            <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -720,51 +763,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>by order No. ҚR DSM-306/2020</w:t>
+              <w:t>by order № ҚR DSM-306/2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -1033,51 +1076,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) connecting an audio (speech) processor - determining the primary tuning parameters 4-8 weeks after the operation;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) universal audiological screening - annual detection in PHC organizations of hearing impairments in all young children (under three years old) and at the age of six by the method of recording evoked otoacoustic emission, evoked short-latent auditory potentials and tympanometry;</w:t>
+      2) universal audiological screening is the annual detection of hearing disorders in primary care organizations in all children (up to three years old) and at six years of age by recording short-latent auditory evoked potentials caused by otoacoustic emission;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) universal neonatal audiological screening - early detection of hearing impairment in newborns in obstetric organizations during the first three days of a child's life by the method of recording evoked otoacoustic emission and short-latent auditory potentials;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
@@ -1093,91 +1136,91 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) child - a person who has not reached the age of eighteen (majority);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) tuning session - a period lasting from two working days to four working days, during which the speech processor of the CI system is adjusted ;</w:t>
+      5) tuning session – a period that takes from two to four working days, during which the (audio) speech processor of the implantation systems is configured;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) validation - checking the adequacy of the tuning of the hearing device and the audio (speech) processor using surdopedagogic methods;</w:t>
+      6) validation - checking the adequacy of the tuning of the hearing device and the audio (speech) processor using surd pedagogic methods;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      7) verification - checking the adequacy of the adjustment of the hearing aid by measuring the difference in decibels between the level of the sound signal transmitted to the real ear and the similar signal calculated in the coupler (hereinafter - RECD)- Real Ear To Coupler Difference; </w:t>
+      7) verification - checking the adequacy of the adjustment of the hearing aid by measuring the difference in decibels between the level of the sound signal transmitted to the real ear and the similar signal calculated in the coupler (hereinafter - RECD)- Real Ear to Coupler Difference; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) healthcare organization - a legal entity carrying out activities in healthcare;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z26" w:id="20"/>
     <w:p>
@@ -1753,74 +1796,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       37) a surdology center or department (office) - a structural unit of a healthcare organization established in healthcare organizations providing primary health care, in a mono-multifield clinic or as an independent legal entity (including with a private form of ownership) providing medical care to adults and (or) children on audiological examination, solving hearing aid issues, the need for hearing-improving operations, putting on dispensary records, as well as providing surdopedagogic care; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:bookmarkStart w:name="z55" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      38) tympanometry ( impedansometry) - measurement of acoustic resistance when the air pressure changes in the external auditory canal to assess the condition of the middle ear, the degree of mobility of the tympanic membrane (eardrum) and conductivity of the auditory ossicles;</w:t>
+      38) tympanometry (impedansometry) - measurement of acoustic resistance when the air pressure changes in the external auditory canal to assess the condition of the middle ear, the degree of mobility of the tympanic membrane (eardrum) and conductivity of the auditory ossicles;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:bookmarkStart w:name="z56" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39) evoked otoacoustic emission - a very faint sound that occurs and is recorded in the external auditory canal as a result of the contraction of the outer hair cells of the cochlea in response to an audible signal.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 2 as amended by the Order of the Minister of Health of the Republic of Kazakhstan dated 12.09.2025 № 92 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z57" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. State surdology centers or departments (offices) shall be opened on the basis of:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
     <w:bookmarkStart w:name="z58" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2235,54 +2320,96 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Re-screening shall be carried out in the child development room of the primary health care organization by the method of recording, evoked otoacoustic emission, short-latency auditory evoked potentials and tympanometry within ten to thirty days of the child's life.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
     <w:bookmarkStart w:name="z75" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Annually, in the primary health care organization, universal audiological screening of young children (under three years old inclusive) shall be carried out by the method of recording, evoked otoacoustic emission, short-latency auditory evoked potentials and tympanometry.</w:t>
+      13. Every year, the primary health care organization conducts universal audiological screening of children (up to and including three-year-olds) by recording short-latency auditory evoked potentials caused by otoacoustic emission.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 13 is amended by the Order of the Minister of Health of the Republic of Kazakhstan dated 12.09.2025 № 92 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z76" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Preventive examination of children aged six to seven shall be carried out in the child's development room by the method of recording, evoked otoacoustic emission, short-latency auditory evoked potentials and tympanometry with transmission of the examination results to otorhynolaryngologists, pediatricians and (or) general practitioners at the attachment place of the child.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
     <w:bookmarkStart w:name="z77" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2735,54 +2862,96 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Correctional and developmental training shall be carried out in educational institutions: in the psychological and pedagogical correction offices of (PPCO), rehabilitation centers, children's preschool organizations of general or special type. Adult patients shall be referred by an audiologist to classes with a surdologist in surdology centers or departments (offices).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
     <w:bookmarkStart w:name="z100" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22. Replacement of medical devices that compensate for hearing impairment shall be carried out in accordance with Resolution No. 754 of the Government of the Republic of Kazakhstan dated July 20, 2005 "On approval of the list of technical supportive (compensatory) means and special vehicles provided to disabled people."</w:t>
+      22. Provision and replacement of medical devices that compensate for hearing impairment for persons with disabilities is carried out in accordance with the order of the Deputy Prime Minister - Minister of Labor and Social Protection of the Population of the Republic of Kazakhstan dated June 30, 2023 № 287 "On Approval of the Rules for providing persons with disabilities with prosthetic and orthopedic care, technical auxiliary (compensatory) means, and special means of transportation in accordance with the individual habilitation and rehabilitation program for persons with disabilities, including the timing of their replacement" (registered in the Register of the State registration of regulatory legal acts under № 32993) (hereinafter referred to as the Order № 287) and by the order of the Deputy Prime Minister - Minister of Labor and Social Protection of the Population of the Republic of Kazakhstan dated June 30, 2023 № 284 "On approval of the Classifier of Technical Auxiliary (Compensatory) means, special means of transportation and services provided to persons with disabilities" (registered in the Register of State Registration of Regulatory Legal Acts under № 32984) (hereinafter referred to as the Order № 284).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 22 is amended by the Order of the Minister of Health of the Republic of Kazakhstan dated 12.09.2025 № 92 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z101" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. All data on the patient shall be entered in the electronic medical information system and transmitted to the psychological and medical pedagogical consultations.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
     <w:bookmarkStart w:name="z102" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2793,54 +2962,210 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 3. Hearing prosthetic with hearing devices</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
     <w:bookmarkStart w:name="z103" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      24. Hearing prosthetics shall be carried out after an audiological examination of hearing upon the conclusion of an orhinolaryngologist (surdologist).</w:t>
+      24. Decisions on the provision of hearing prosthetic care for medical reasons to persons without disabilities are made by decision of local representative bodies.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Provision of hearing prosthetic care for people without disabilities for medical reasons is carried out by local executive bodies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Local public health authorities of regions, cities of republican significance and the capital, within their competence: purchase medical devices to provide hearing prosthetic care for people without disabilities for medical reasons.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 24 is amended by the Order of the Minister of Health of the Republic of Kazakhstan dated 12.09.2025 № 92 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24-1. Provision and replacement of medical devices that compensate for hearing impairment to persons with chronic (non-reversible) hearing impairment of 1, 2, 3, 4 categories who do not have the status of a person with a disability is carried out at the expense of the local budget.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Hearing aid devices are provided after an audiological hearing examination according to the conclusion of an otorhinolaryngologist (sign language specialist).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Chapter 3 was supplemented by paragraph 24-1 in accordance with the Order of the Minister of Health of the Republic of Kazakhstan dated 12.09.2025 № 92 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z104" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Hearing prosthetics shall include:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
     <w:bookmarkStart w:name="z105" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -3193,54 +3518,96 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) unilateral sensorineural deafness caused by sudden hearing loss, trauma, removal of acoustic neuroma, severe forms of Meniere's disease.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
     <w:bookmarkStart w:name="z123" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      29. Hearing replacement for children shall be carried out only with programmable and digital hearing aids.</w:t>
+      29. The selection and hearing replacement with digital hearing aids is carried out using modern sound processing technologies, DSL and NAL-NL2 tuning algorithms, the use of at least 8 frequency channels, an extended frequency range with frequency transfer capabilities, binaural synchronization, intelligent noise reduction and acoustic feedback, multi-band directivity, as well as the presence of an IP68-rated nanocoating and security features. Additionally, the requirements for equipping hearing aids with LED light indicator, the ability to lock the battery compartment, integration with mobile applications and compatibility with FM systems are taken into account.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 29 is amended by the Order of the Minister of Health of the Republic of Kazakhstan dated 12.09.2025 № 92 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z124" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Hearing replacement for term infants with congenital hearing loss shall be carried out when they are four to six months old, for premature infants - at six to eight months, for children with hearing (auditory) neuropathy - no earlier than one year old.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
     <w:bookmarkStart w:name="z125" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -3533,4068 +3900,4268 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. After hearing prosthetics, the patient's data shall be entered into the medical information system, indicating the kind of hearing aid (binaural, monaural or bimodal), model, type (air or bone), type of individual earmolds, data of the tuning sessions, measurement results of the output signal by measuring the output signal in the real ear.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="133"/>
     <w:bookmarkStart w:name="z140" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      35. If a patient who needs hearing prosthetics has a disability group for any disease, he shall be provided at the expense of budgetary funds once every 4 years in hearing prosthetics rooms in accordance with the Rules for Provision of Prosthetic and Orthopedic Aid to Disabled Persons and Technical Auxiliary (Compensatory) Means approved by Order No. 26 of the Minister of Health and Social Development of the Republic of Kazakhstan dated January 22, 2015 "On some issues of rehabilitation of disabled persons" (registered in the Register of State Registration of Regulatory Legal Acts under No. 10370, published on March 26, 2015 in the legal informationl system "Adilet") (hereinafter - Order No. 26).</w:t>
+      35. If a patient in need of hearing aids has a disability category for any disease, provision is made from budgetary funds once every 4 years in hearing replacement rooms, in accordance with the Orders № 287 and № 284.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z141" w:id="135"/>
-[...15 lines deleted...]
-      36. If the patient does not have a disability group for any disease, the hearing aids shall be acquired at the patient's own expense in the hearing prosthetics offices.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 35 is amended by the Order of the Minister of Health of the Republic of Kazakhstan dated 12.09.2025 № 92 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>36. Excluded by the Order of the Minister of Health of the Republic of Kazakhstan dated 12.09.2025 № 92 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z142" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Hearing prosthetics offices shall provide a selection of hearing devices from at least three manufacturers.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z142" w:id="136"/>
-[...15 lines deleted...]
-      37. Hearing prosthetics offices shall provide a selection of hearing devices from at least three manufacturers.</w:t>
+    <w:bookmarkStart w:name="z143" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. The replacement of hearing aids for patients with a disability category for any disease is carried out once every 4 years in the hearing replacement room that issued them, in accordance with the Orders № 287 and № 284.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z143" w:id="137"/>
-[...15 lines deleted...]
-      38. Hearing aids replacement for patients with a disability group for any disease shall be carried out at the appointed time in the hearing prosthetics office that issued them in accordance with Order No. 26.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 38 is amended by the Order of the Minister of Health of the Republic of Kazakhstan dated 12.09.2025 № 92 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z144" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Replacement of hearing aids, including nondirectional microphone hearing aid, for people without disabilities is carried out after 4 years from the date of their installation at the expense of the local budget in the hearing prosthetics room of those who issued them.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z144" w:id="138"/>
-[...15 lines deleted...]
-      39. Replacement or acquisition of a hearing device for patients who do not have a disability group for any disease shall be carried out in a hearing prosthetics office at their own expense.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 39 is amended by the Order of the Minister of Health of the Republic of Kazakhstan dated 12.09.2025 № 92 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z145" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chapter 4. Hearing prosthetics with middle ear implantation and bone conduction systems</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z145" w:id="139"/>
+    <w:bookmarkStart w:name="z146" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Determination of indications and referral to health care organizations that provide HTMC on hearing aids for middle ear implantation systems and (or) bone conduction shall be carried out upon the conclusion of a doctor specializing in otorhinolaryngology (surdology) (adult or pediatric) of a surdology center or department (office) in accordance with clinical protocols for diagnosis and treatment of otorhinolaryngological profile, as well as clinical guidelines recommended by the Joint Commission for the Quality of Medical Services.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z147" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. In the absence of a specialized professional in a medical organization, a referral for clarifying the indications for middle ear implantation and (or) bone conduction shall be issued by a pediatrician, general practitioner, or neuropathologist.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z148" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Hearing prosthetics with middle ear implantation and bone conduction systems shall include:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z149" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      medical stage, consisting of a preoperative examination and clarification of indications, surgery, connecting an audio (speech) processor and its subsequent tuning during the entire rehabilitation period;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z150" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      pedagogical stage, consisting of correctional and developmental assistance to children with hearing impairments in organizations of special education on referral of the territorial PMPC.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z151" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Medical indications for hearing prosthetics with a middle ear implantation system shall be:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z152" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) bilateral conductive or mixed hearing loss in congenital ear anomalies, tympanosclerosis, otosclerosis, adhesive disease of the middle ear, as well as post-surgical treatment on the middle ear, lack of hearing improvement after hearing improvement surgeries;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z153" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) hearing loss at thresholds of bone conduction at 500 Hertz not more than 55 decibels, at high frequencies - no more than 75 decibels;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z154" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) speech intelligibility over 50% at 65 decibels;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z155" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) presence of conductive or mixed hearing loss after surgical treatment in the middle ear or anomalies in the development of the middle ear with bone conduction thresholds of 500 Hertz no more than 55 decibels and at high frequencies no more than 75 decibels;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z156" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) experience of using an air conduction hearing aid and dissatisfaction with their prolonged wearing (except for children with congenital anomaly of the external auditory canal);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z157" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) stability of auditory function for 24 months;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z158" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) absence of exacerbation of the inflammatory process in the middle ear for 24 months.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z159" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. Medical contraindications for hearing prosthetics with a middle ear implantation system shall be:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z160" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) pronounced sensorineural (neurosensory) component of hearing loss with an increase in hearing thresholds with bone sound conduction - more than 55 decibels per 500 Hertz, at high frequencies - more than 75 decibels;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z161" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) low percentage of speech intelligibility (speech intelligibility less than 50% at a sound intensity of 65 decibels);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z162" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) spontaneous vestibular disorders (endolymphatic hydrops, posttraumatic labyrinthopathy, extra-labyrinthine hearing impairment, vertebrobasilar circulatory disorders);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z163" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) recurrence of cholesteatoma or purulent-carious process in the tympanic cavity;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z164" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) presence of acute or severe somatic pathology (acute respiratory tract diseases, acute infectious diseases, severe oligotrophy, post-vaccination state (less than ten to fourteen days), hyperthermia of an unclear nature, acute renal failure, chronic renal failure, severe decompensated or subcompensated congenital development defects, tuberculosis, shock and collapse, liver and kidney diseases, severe anemia with a hemoglobin level of less than 80 g / l, generalized convulsions of various etiologies, malignant neoplasms (stage III-IV), respiratory failure of more than III degree, diseases in decompensation stage, uncorrected metabolic diseases, active rheumatic process of the 2nd degree and higher, presence of hormonal therapy, purulent skin diseases, infectious skin diseases (scabies, fungal diseases and others), diabetes mellitus, blood diseases, severe allergic and autoimmune diseases;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z165" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) presence of mental and gross neurological disorders that impede the use of the implant and the audio (speech) processor and the conduct of specially organized corrective psychological and pedagogical work (corrective and developmental assistance) with patients with hearing impairments in the organization of general and special education or in surdology offices of mental health illness with desocialization of personality with codes of the international classification of diseases of 10th revision: F00, F02, F03, F05, F10 - 29, F63, F72 - F73;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z166" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) retrocochlear pathology.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z167" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. Medical indications for hearing prosthetics with a bone conduction implantation system shall be:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z168" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) bilateral conductive or mixed hearing loss in congenital anomalies of the ear;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z169" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) lack of hearing improvement after hearing-improving operations;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z170" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) hearing loss at thresholds of bone sound conduction at 500 Hertz no more than 55 decibels, at high frequencies - no more than 75 decibels;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z171" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) speech intelligibility over 50% at 65 decibels;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z172" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) presence of conductive or mixed hearing loss after surgical treatment in the middle ear or anomalies in the development of the middle ear with bone conduction thresholds of 500 Hertz no more than 55 decibels and at high frequencies no more than 75 decibels;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z173" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) experience of using an air conduction hearing device and dissatisfaction with its prolonged wearing (except for children with congenital anomaly of the external auditory canal);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z174" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) stability of auditory function for 6 months;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z175" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) absence of exacerbation of the inflammatory process in the middle ear for 6 months.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z176" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. ​​Medical contraindications for hearing prosthetics with a bone conduction implantation system shall be:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z177" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) insufficient bone volume and poor quality of bone tissue;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z178" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) diseases that prevent osseointegration with bone tissue (osteoporosis and others);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z179" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) decompensated diseases that prevent normal wound healing (streptoderma, diabetes mellitus, and others);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z180" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) presence of mental and gross neurological disorders (mental illness with personality desocialization with codes according to the international classification of diseases of 10th revision: 1 F00; F02; F03; F05; F10 – F29; F63; F72 – F73);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z181" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) a pronounced sensorineural component of hearing loss with an increase in hearing thresholds with bone sound conduction more than 55 decibels per 500 Hertz, at high frequencies of more than 75 decibels;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z182" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) low percentage of speech intelligibility (speech intelligibility less than 50% at a sound intensity of 65 dB);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z183" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) spontaneous vestibular disorders (endolymphatic hydrops, post-traumatic labyrinthopathy, extra-labyrinthine hearing impairment, vertebrobasilar circulatory disorders);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z184" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) presence of acute or severe somatic pathology (acute respiratory tract diseases, acute infectious diseases, severe hypotrophy , condition after vaccination (less than 10-14 days), hyperthermia of an unclear nature, acute renal failure, chronic renal failure, severe decompensated or subcompensated congenital defects development, tuberculosis, shock and collapse, liver and kidney diseases, severe anemia with hemoglobin levels less than 80 g / l, generalized convulsions of various etiologies, malignant neoplasms (stage III-IV) (international classification of diseases 10th revision), respiratory failure more than III degree, (international classification of diseases of 10th revision,) diseases in decompensation stage, uncorrectable metabolic diseases, activity of the rheumatic process of 2 degree and higher, presence of hormonal therapy, purulent skin diseases, infectious skin diseases (scabies, fungal diseases and others), diabetes mellitus , blood diseases, severe allergic and autoimmune diseases;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z185" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) retrocochlear pathology.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z186" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. Preoperative examination and clarification of indications shall be carried out by a commission (hereinafter referred to as the Commission) in healthcare organizations that provide HTMC for middle ear implantation and (or) bone conduction.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z187" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. The composition of the commission shall be approved by the head of the healthcare organization providing HTMC for middle ear implantation and (or) bone conduction.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z188" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. The head of the healthcare organization providing HTMC on middle ear implantation and (or) bone conduction, or his deputy for clinical work shall be appointed the chairman of the commission.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z189" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. The Commission shall include professionals from a healthcare organization that provides HTMC for middle ear implantation, having appropriate training and qualifications in this area: doctors specializing in otorhinolaryngology (audiology) (adult or pediatric), otorhinolaryngology (adult or pediatric), "Pediatrics" or "therapy", "radiology", "anesthesiology and resuscitation (adult or pediatric)", sign language teacher.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z190" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. Hearing prosthetics with middle ear implantation or bone conduction systems for children shall be carried out only at the written consent of the parents or legal representatives of the child to participate in postoperative hearing and speech rehabilitation.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z191" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. In a healthcare organization providing HTMC on middle ear implantation and (or) bone conduction, a waiting list shall be formed of patients in the sequence of applications for this type of medical care, assigning a number and issuing a written notification within three working days after the decision is made.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z192" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53. The patient shall be further referred to the clinic at the place of attachment for registration on the portal "Hospitalization Bureau" (hereinafter - the Portal)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z193" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54. In the event of a written refusal of the patient (if the patient is a child, then his parents or legal representatives) from the operation, his number on the waiting list shall be lost.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z194" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55. If an acute inflammatory process or other relative contraindications (trauma, poisoning, etc.) are revealed in a patient preparing for surgical treatment, the operation shall be postponed to a later date with the issuance of an information sheet.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z195" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56. The extract from the medical history shall contain the names of the manufacturer of the implantation system, implant and audio (speech) processor.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z196" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57. Not earlier than 8 weeks after the operation, the audio (speech) processor of the middle ear implantation system shall be connected with a tuning session performed on an outpatient basis.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z197" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      58. In the first year after the installation of the middle ear or nondirectional microphone hearing aid, the audio (speech) processor is adjusted at least 4 times, in the second year - at least 2 times, in subsequent years – at least 1 time per year. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The replacement of audio (speech) processors for middle ear and nondirectional microphone hearing aid is carried out once every 5 years at the expense of the local budget.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 58 is amended by the Order of the Minister of Health of the Republic of Kazakhstan dated 12.09.2025 № 92 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z198" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59. After hearing prosthetics with a middle ear or bone conduction implantation system, patients shall be referred to correctional and developmental assistance (training) in the general or special education organization through the territorial PMPC.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z199" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60. Parents and (or) legal representatives of the child shall:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z200" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) prepare the child for the procedure of connecting and tuning of the audio (speech) processor of the implanted system in accordance with the recommendations of the surdologist and sign language teacher;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z201" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) provide optimal conditions to the child for the development of hearing, understanding and own speech;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z202" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ensure constant use by the child of the audio (speech) processor;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z203" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) create a speech environment at home;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z204" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) contact within five days the territorial PMPC at the place of residence for specially organized correctional and developmental assistance (training) in general or special education organizations;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z205" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) ensure study of the guidelines for using the implantable system;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z206" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) timely contact the organizations that provide warranty and post-warranty service;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z207" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) timely provide consumables (batteries, magnets, etc.) at their own expense.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z208" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Chapter 4. Hearing prosthetics with middle ear implantation and bone conduction systems</w:t>
-[...1239 lines deleted...]
-      8) timely provide consumables (batteries, magnets, etc.) at their own expense.</w:t>
+        <w:t xml:space="preserve"> Chapter 5. Hearing prosthetics with cochlear implantation system</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z208" w:id="202"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Chapter 5. Hearing prosthetics with cochlear implantation system</w:t>
+    <w:bookmarkStart w:name="z209" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61. Determination of indications and referral to health care organizations providing HTMC on hearing prosthetics with a cochlear implantation system (carried out upon conclusion of a doctor in the field of "otorhinolaryngology (audiology) (adult or pediatric)" of a surdology center or department (office), in accordance with the clinical protocols of diagnosis and treatment of otorhinolaryngological profile, as well as clinical guidelines recommended by the Joint Commission for the health services quality.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z209" w:id="203"/>
-[...15 lines deleted...]
-      61. Determination of indications and referral to health care organizations providing HTMC on hearing prosthetics with a cochlear implantation system (carried out upon conclusion of a doctor in the field of "otorhinolaryngology (audiology) (adult or pediatric)" of a surdology center or department (office), in accordance with the clinical protocols of diagnosis and treatment of otorhinolaryngological profile, as well as clinical guidelines recommended by the Joint Commission for the health services quality.</w:t>
+    <w:bookmarkStart w:name="z210" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62. In the absence of a specialized professional in a medical organization, a referral for clarification of indications for cochlear implantation to medical organizations providing HTMC shall be issued by a pediatrician, general practitioner, or neuropathologist.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z210" w:id="204"/>
-[...15 lines deleted...]
-      62. In the absence of a specialized professional in a medical organization, a referral for clarification of indications for cochlear implantation to medical organizations providing HTMC shall be issued by a pediatrician, general practitioner, or neuropathologist.</w:t>
+    <w:bookmarkStart w:name="z211" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63. Hearing prosthetics with cochlear implantation system - a system of measures, shall include:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z211" w:id="205"/>
-[...15 lines deleted...]
-      63. Hearing prosthetics with cochlear implantation system - a system of measures, shall include:</w:t>
+    <w:bookmarkStart w:name="z212" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) medical stage:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z212" w:id="206"/>
-[...15 lines deleted...]
-      1) medical stage:</w:t>
+    <w:bookmarkStart w:name="z213" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      preoperative examination and clarification of indications for cochlear implantation;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z213" w:id="207"/>
-[...15 lines deleted...]
-      preoperative examination and clarification of indications for cochlear implantation;</w:t>
+    <w:bookmarkStart w:name="z214" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      surgical operation on cochlear implantation;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z214" w:id="208"/>
-[...15 lines deleted...]
-      surgical operation on cochlear implantation;</w:t>
+    <w:bookmarkStart w:name="z215" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      connection of an audio (speech) processor and its subsequent tunings throughout the entire rehabilitation period;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z215" w:id="209"/>
-[...15 lines deleted...]
-      connection of an audio (speech) processor and its subsequent tunings throughout the entire rehabilitation period;</w:t>
+    <w:bookmarkStart w:name="z216" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) pedagogical stage:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z216" w:id="210"/>
-[...15 lines deleted...]
-      2) pedagogical stage:</w:t>
+    <w:bookmarkStart w:name="z217" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      specially organized correctional and developmental training for patients with hearing impairments in general and special education organizations through the territorial PMPC at his place of residence or in audiology offices.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z217" w:id="211"/>
-[...15 lines deleted...]
-      specially organized correctional and developmental training for patients with hearing impairments in general and special education organizations through the territorial PMPC at his place of residence or in audiology offices.</w:t>
+    <w:bookmarkStart w:name="z218" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64. Medical indications for cochlear implantation for adult population shall be:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z218" w:id="212"/>
-[...15 lines deleted...]
-      64. Medical indications for cochlear implantation for adult population shall be:</w:t>
+    <w:bookmarkStart w:name="z219" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) bilateral post-lingual deafness (more than 10 years);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z219" w:id="213"/>
-[...15 lines deleted...]
-      1) bilateral post-lingual deafness (more than 10 years);</w:t>
+    <w:bookmarkStart w:name="z220" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) IV degree bilateral sensorineural hearing loss;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z220" w:id="214"/>
-[...15 lines deleted...]
-      2) IV degree bilateral sensorineural hearing loss;</w:t>
+    <w:bookmarkStart w:name="z221" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) low efficiency of hearing prosthetics (hearing thresholds in hearing aids in a free sound field in the range of 500 - 4000 Hertz are 55 decibels or more, the intelligibility of polysyllabic words less than 40%, monosyllabic words - less than 20%, the presence of a positive dynamics in the development of auditory reactions only to non-speech sounds after 6 months of constant use of the hearing aid, lack of dynamics of speech development, provided it is constantly worn);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z221" w:id="215"/>
-[...15 lines deleted...]
-      3) low efficiency of hearing prosthetics (hearing thresholds in hearing aids in a free sound field in the range of 500 - 4000 Hertz are 55 decibels or more, the intelligibility of polysyllabic words less than 40%, monosyllabic words - less than 20%, the presence of a positive dynamics in the development of auditory reactions only to non-speech sounds after 6 months of constant use of the hearing aid, lack of dynamics of speech development, provided it is constantly worn);</w:t>
+    <w:bookmarkStart w:name="z222" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) unilateral sensorineural hearing loss with pronounced tinnitus in the deaf ear, which is not compensated by other hearing aids or bone implants.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z222" w:id="216"/>
-[...15 lines deleted...]
-      4) unilateral sensorineural hearing loss with pronounced tinnitus in the deaf ear, which is not compensated by other hearing aids or bone implants.</w:t>
+    <w:bookmarkStart w:name="z223" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65. Medical indications for cochlear implantation for children shall be:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z223" w:id="217"/>
-[...15 lines deleted...]
-      65. Medical indications for cochlear implantation for children shall be:</w:t>
+    <w:bookmarkStart w:name="z224" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) bilateral sensorineural hearing loss of IV degree;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z224" w:id="218"/>
-[...15 lines deleted...]
-      1) bilateral sensorineural hearing loss of IV degree;</w:t>
+    <w:bookmarkStart w:name="z225" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) bilateral deafness;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z225" w:id="219"/>
-[...15 lines deleted...]
-      2) bilateral deafness;</w:t>
+    <w:bookmarkStart w:name="z226" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) auditory neuropathy in the event of ineffectiveness or low efficiency of hearing aid;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z226" w:id="220"/>
-[...15 lines deleted...]
-      3) auditory neuropathy in the event of ineffectiveness or low efficiency of hearing aid;</w:t>
+    <w:bookmarkStart w:name="z227" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) low efficiency of hearing prosthetics with hearing devices (the hearing thresholds in a hearing device in a free sound field in the range of 500-4000 Hz are 55 decibels or more; intelligibility of polysyllabic words -less than 40%, monosyllabic - less than 20%; presence of a positive dynamics in the development of auditory reactions only to non-speech sounds after 6 months; lack of dynamics of speech development, provided it is constantly used).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z227" w:id="221"/>
-[...15 lines deleted...]
-      4) low efficiency of hearing prosthetics with hearing devices (the hearing thresholds in a hearing device in a free sound field in the range of 500-4000 Hz are 55 decibels or more; intelligibility of polysyllabic words -less than 40%, monosyllabic - less than 20%; presence of a positive dynamics in the development of auditory reactions only to non-speech sounds after 6 months; lack of dynamics of speech development, provided it is constantly used).</w:t>
+    <w:bookmarkStart w:name="z228" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66. Medical contraindications for cochlear implantation for children and adults shall be:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z228" w:id="222"/>
-[...15 lines deleted...]
-      66. Medical contraindications for cochlear implantation for children and adults shall be:</w:t>
+    <w:bookmarkStart w:name="z229" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) retrocochlear pathology, except for auditory neuropathy;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z229" w:id="223"/>
-[...15 lines deleted...]
-      1) retrocochlear pathology, except for auditory neuropathy;</w:t>
+    <w:bookmarkStart w:name="z230" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) complete or significant ossification of the cochlea in the absence of the possibility of injecting a chain of electrodes;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z230" w:id="224"/>
-[...15 lines deleted...]
-      2) complete or significant ossification of the cochlea in the absence of the possibility of injecting a chain of electrodes;</w:t>
+    <w:bookmarkStart w:name="z231" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) presence of acute or severe somatic pathology (acute respiratory tract diseases, acute infectious diseases, severe malnutrition, post-vaccination state (less than 10-14 days), hyperthermia of an unclear nature, acute renal failure, chronic renal failure, severe decompensated or subcompensated congenital development defects, tuberculosis, shock and collapse, liver and kidney diseases, severe anemia with hemoglobin levels less than 80 g / l, generalized convulsions of various etiologies, malignant neoplasms (stage III-IV), respiratory failure of more than III degree, diseases in the stage of decompensation, uncorrected metabolic diseases, activity of the rheumatic process of the 2nd degree and higher, presence of hormonal therapy, purulent skin diseases, infectious skin diseases (scabies, fungal diseases and others);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z231" w:id="225"/>
-[...15 lines deleted...]
-      3) presence of acute or severe somatic pathology (acute respiratory tract diseases, acute infectious diseases, severe malnutrition, post-vaccination state (less than 10-14 days), hyperthermia of an unclear nature, acute renal failure, chronic renal failure, severe decompensated or subcompensated congenital development defects, tuberculosis, shock and collapse, liver and kidney diseases, severe anemia with hemoglobin levels less than 80 g / l, generalized convulsions of various etiologies, malignant neoplasms (stage III-IV), respiratory failure of more than III degree, diseases in the stage of decompensation, uncorrected metabolic diseases, activity of the rheumatic process of the 2nd degree and higher, presence of hormonal therapy, purulent skin diseases, infectious skin diseases (scabies, fungal diseases and others);</w:t>
+    <w:bookmarkStart w:name="z232" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) presence of mental and gross neurological disorders (epilepsy, epileptic readiness, mental illness with personality desocialization with ICD of 10th revision codes F00, F02, F03, F05, F10 - 29, F63, F72 - F73.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z232" w:id="226"/>
-[...15 lines deleted...]
-      4) presence of mental and gross neurological disorders (epilepsy, epileptic readiness, mental illness with personality desocialization with ICD of 10th revision codes F00, F02, F03, F05, F10 - 29, F63, F72 - F73.</w:t>
+    <w:bookmarkStart w:name="z233" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67. surdology-pedagogical indications for carrying out CI operation for patients shall be:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z233" w:id="227"/>
-[...15 lines deleted...]
-      67. surdology-pedagogical indications for carrying out CI operation for patients shall be:</w:t>
+    <w:bookmarkStart w:name="z234" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Children under the age of two:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z234" w:id="228"/>
-[...15 lines deleted...]
-      Children under the age of two:</w:t>
+    <w:bookmarkStart w:name="z235" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) presence of involuntary unconditioned orienting reactions to low-frequency, mid-frequency and high-frequency non-speech sounds at a distance of less than 3 meters or their absence;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z235" w:id="229"/>
-[...15 lines deleted...]
-      1) presence of involuntary unconditioned orienting reactions to low-frequency, mid-frequency and high-frequency non-speech sounds at a distance of less than 3 meters or their absence;</w:t>
+    <w:bookmarkStart w:name="z236" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Children over two years old:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z236" w:id="230"/>
-[...15 lines deleted...]
-      Children over two years old:</w:t>
+    <w:bookmarkStart w:name="z237" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) presence of a conditioned reflex motor reaction (hereinafter - CRMR) to low-, medium- and high-frequency non-speech sounds (drum, pipe, whistle or bell) at a distance of less than 3 meters;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z237" w:id="231"/>
-[...15 lines deleted...]
-      2) presence of a conditioned reflex motor reaction (hereinafter - CRMR) to low-, medium- and high-frequency non-speech sounds (drum, pipe, whistle or bell) at a distance of less than 3 meters;</w:t>
+    <w:bookmarkStart w:name="z238" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) perception of speech sounds using CMR in low-frequency ([U-U-U]), mid-frequency ([PA-PA-Pa]), high-frequency ([Z] and [I-I-I]) ranges at a distance of no more 1 meter;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z238" w:id="232"/>
-[...15 lines deleted...]
-      3) perception of speech sounds using CMR in low-frequency ([U-U-U]), mid-frequency ([PA-PA-Pa]), high-frequency ([Z] and [I-I-I]) ranges at a distance of no more 1 meter;</w:t>
+    <w:bookmarkStart w:name="z239" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) presence of CMR for the voice of the speaking volume, in its absence - for the voice of increased volume.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z239" w:id="233"/>
-[...15 lines deleted...]
-      4) presence of CMR for the voice of the speaking volume, in its absence - for the voice of increased volume.</w:t>
+    <w:bookmarkStart w:name="z240" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) the state of auditory perception in hearing devices:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z240" w:id="234"/>
-[...15 lines deleted...]
-      5) the state of auditory perception in hearing devices:</w:t>
+    <w:bookmarkStart w:name="z241" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      for children who can speak, speech intelligibility in the hearing device of polysyllabic words in the list - less than 40%, monosyllabic words - less than 20% in a closed or open choice;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z241" w:id="235"/>
-[...15 lines deleted...]
-      for children who can speak, speech intelligibility in the hearing device of polysyllabic words in the list - less than 40%, monosyllabic words - less than 20% in a closed or open choice;</w:t>
+    <w:bookmarkStart w:name="z242" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) presence of a positive dynamics in the development of auditory reactions only to non-speech sounds, absence of dynamics of speech development, provided that the hearing aid is constantly used for six months in conditions of specially organized correctional and developmental assistance.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z242" w:id="236"/>
-[...15 lines deleted...]
-      6) presence of a positive dynamics in the development of auditory reactions only to non-speech sounds, absence of dynamics of speech development, provided that the hearing aid is constantly used for six months in conditions of specially organized correctional and developmental assistance.</w:t>
+    <w:bookmarkStart w:name="z243" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68. Preoperative examination and clarification of indications shall be carried out by a commission (hereinafter referred to as the Commission) in healthcare organizations that provide HTMC on hearing aids with cochlear implantation system</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z243" w:id="237"/>
-[...15 lines deleted...]
-      68. Preoperative examination and clarification of indications shall be carried out by a commission (hereinafter referred to as the Commission) in healthcare organizations that provide HTMC on hearing aids with cochlear implantation system</w:t>
+    <w:bookmarkStart w:name="z244" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69. The composition of the Commission shall be approved by the head of the healthcare organization that provides HTMC on hearing aids with cochlear implantation system.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z244" w:id="238"/>
-[...15 lines deleted...]
-      69. The composition of the Commission shall be approved by the head of the healthcare organization that provides HTMC on hearing aids with cochlear implantation system.</w:t>
+    <w:bookmarkStart w:name="z245" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70. The head of the healthcare organization providing HTMC on hearing aids with cochlear implantation system or his deputy for clinical work shall be appointed the chairman of the Commission.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z245" w:id="239"/>
-[...15 lines deleted...]
-      70. The head of the healthcare organization providing HTMC on hearing aids with cochlear implantation system or his deputy for clinical work shall be appointed the chairman of the Commission.</w:t>
+    <w:bookmarkStart w:name="z246" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71. The Commission shall include professionals from a healthcare organization that provides HTMC in hearing aids with cochlear implantation system, having appropriate training and qualifications in this field: doctors specializing in otorhinolaryngology (audiology) (adult or pediatric), otorhinolaryngology (adult or children's) , "Neuropathology (adult or pediatric)", "pediatrics" or "therapy", "radiology", "anesthesiology and resuscitation (adult or children)", sign language teacher, psychologist, logopaedist .</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z246" w:id="240"/>
-[...15 lines deleted...]
-      71. The Commission shall include professionals from a healthcare organization that provides HTMC in hearing aids with cochlear implantation system, having appropriate training and qualifications in this field: doctors specializing in otorhinolaryngology (audiology) (adult or pediatric), otorhinolaryngology (adult or children's) , "Neuropathology (adult or pediatric)", "pediatrics" or "therapy", "radiology", "anesthesiology and resuscitation (adult or children)", sign language teacher, psychologist, logopaedist .</w:t>
+    <w:bookmarkStart w:name="z247" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72. Clarification of indications for cochlear implantation shall be carried out on the basis of audiological, radiological, surdopedagogic, logopedic, psychiatric, general and special clinical examinations and, if available, taking into account the conclusion of the hearing prosthetics office and the conclusion on the socio-psychological readiness of the patient and his family for postoperative rehabilitation.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z247" w:id="241"/>
-[...15 lines deleted...]
-      72. Clarification of indications for cochlear implantation shall be carried out on the basis of audiological, radiological, surdopedagogic, logopedic, psychiatric, general and special clinical examinations and, if available, taking into account the conclusion of the hearing prosthetics office and the conclusion on the socio-psychological readiness of the patient and his family for postoperative rehabilitation.</w:t>
+    <w:bookmarkStart w:name="z248" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73. When determining the indications for the cochlear implantation operation, a doctor specializing in otorhinolaryngology (audiology) (adult or pediatric) in the surdology office shall refer patients to healthcare organizations that provide HTMC on hearing aids with cochlear implantation system, to clarify the indications for surgical treatment.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z248" w:id="242"/>
-[...15 lines deleted...]
-      73. When determining the indications for the cochlear implantation operation, a doctor specializing in otorhinolaryngology (audiology) (adult or pediatric) in the surdology office shall refer patients to healthcare organizations that provide HTMC on hearing aids with cochlear implantation system, to clarify the indications for surgical treatment.</w:t>
+    <w:bookmarkStart w:name="z249" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74. Audiological examinations shall be carried out for:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z249" w:id="243"/>
-[...15 lines deleted...]
-      74. Audiological examinations shall be carried out for:</w:t>
+    <w:bookmarkStart w:name="z250" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) determining the type of hearing impairment and the degree of its loss;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z250" w:id="244"/>
-[...15 lines deleted...]
-      1) determining the type of hearing impairment and the degree of its loss;</w:t>
+    <w:bookmarkStart w:name="z251" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) assessing the auditory nerve safety;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z251" w:id="245"/>
-[...15 lines deleted...]
-      2) assessing the auditory nerve safety;</w:t>
+    <w:bookmarkStart w:name="z252" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) evaluating the effectiveness of hearing aids.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z252" w:id="246"/>
-[...15 lines deleted...]
-      3) evaluating the effectiveness of hearing aids.</w:t>
+    <w:bookmarkStart w:name="z253" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      75. For audiological examination of a patient for cochlear implantation, the following actions shall be performed:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z253" w:id="247"/>
-[...15 lines deleted...]
-      75. For audiological examination of a patient for cochlear implantation, the following actions shall be performed:</w:t>
+    <w:bookmarkStart w:name="z254" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) collection of anamnesis and otological examination;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z254" w:id="248"/>
-[...15 lines deleted...]
-      1) collection of anamnesis and otological examination;</w:t>
+    <w:bookmarkStart w:name="z255" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) tympanometry to assess the condition of the middle ear. The indication for CI operation according to the tympanometry data is the type of tympanogram "A", "As", "C", "Ad", "D" or "E". If the patient has a perforation of the tympanic membrane - type "B";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z255" w:id="249"/>
-[...15 lines deleted...]
-      2) tympanometry to assess the condition of the middle ear. The indication for CI operation according to the tympanometry data is the type of tympanogram "A", "As", "C", "Ad", "D" or "E". If the patient has a perforation of the tympanic membrane - type "B";</w:t>
+    <w:bookmarkStart w:name="z256" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) acoustic reflexometry in order to confirm a high degree of hearing loss or deafness, as well as differentiation of cochlear and retrocochlear deafness. The indication for the cochlear implantation operation according to the acoustic reflexometry data is absence of registration of the acoustic reflex on both sides;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z256" w:id="250"/>
-[...15 lines deleted...]
-      3) acoustic reflexometry in order to confirm a high degree of hearing loss or deafness, as well as differentiation of cochlear and retrocochlear deafness. The indication for the cochlear implantation operation according to the acoustic reflexometry data is absence of registration of the acoustic reflex on both sides;</w:t>
+    <w:bookmarkStart w:name="z257" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) registration of the evoked otoacoustic emission in order to exclude the possible preservation of the Corti cells.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z257" w:id="251"/>
-[...15 lines deleted...]
-      4) registration of the evoked otoacoustic emission in order to exclude the possible preservation of the Corti cells.</w:t>
+    <w:bookmarkStart w:name="z258" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The result of the study "not registered" on both sides shall be the indication for cochlear implantation according to the data of evoked otoacoustic emission. In the event of auditory neuropathy, the test result is recorded;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z258" w:id="252"/>
-[...15 lines deleted...]
-      The result of the study "not registered" on both sides shall be the indication for cochlear implantation according to the data of evoked otoacoustic emission. In the event of auditory neuropathy, the test result is recorded;</w:t>
+    <w:bookmarkStart w:name="z259" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) registration of short-latency auditory evoked potentials, in order to confirm a high degree of hearing loss or deafness, as well as differentiation of cochlear and retrocochlear pathology.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z259" w:id="253"/>
-[...15 lines deleted...]
-      5) registration of short-latency auditory evoked potentials, in order to confirm a high degree of hearing loss or deafness, as well as differentiation of cochlear and retrocochlear pathology.</w:t>
+    <w:bookmarkStart w:name="z260" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Absence of visual detection of the V peak by 80 decibels or more on both sides shall be the indication for cochlear implantation operation according to the data of short-latency auditory evoked potentials;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z260" w:id="254"/>
-[...15 lines deleted...]
-      Absence of visual detection of the V peak by 80 decibels or more on both sides shall be the indication for cochlear implantation operation according to the data of short-latency auditory evoked potentials;</w:t>
+    <w:bookmarkStart w:name="z261" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) registration of stationary auditory evoked potentials for a frequency-modulated tone of children in order to objectify the thresholds of auditory sensitivity.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z261" w:id="255"/>
-[...15 lines deleted...]
-      6) registration of stationary auditory evoked potentials for a frequency-modulated tone of children in order to objectify the thresholds of auditory sensitivity.</w:t>
+    <w:bookmarkStart w:name="z262" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Indication for the cochlear implantation operation according to the registration of stationary evoked potentials on a frequency-modulated tone shall be: bilateral severe hearing impairment (average loss of 71 - 90 decibels), bilateral deafness (average loss of 91 decibels or more);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z262" w:id="256"/>
-[...15 lines deleted...]
-      Indication for the cochlear implantation operation according to the registration of stationary evoked potentials on a frequency-modulated tone shall be: bilateral severe hearing impairment (average loss of 71 - 90 decibels), bilateral deafness (average loss of 91 decibels or more);</w:t>
+    <w:bookmarkStart w:name="z263" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) tonal threshold audiometry for patients aged six years and older in order to determine the average values ​​of the thresholds of auditory perception at frequencies of 500, 1000, 2000 and 4000 Hertz.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z263" w:id="257"/>
-[...15 lines deleted...]
-      7) tonal threshold audiometry for patients aged six years and older in order to determine the average values ​​of the thresholds of auditory perception at frequencies of 500, 1000, 2000 and 4000 Hertz.</w:t>
+    <w:bookmarkStart w:name="z264" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Indication for the cochlear implantation operation according to the data of tonal audiometry is severe bilateral hearing impairment (average loss of 71 - 90 decibels), bilateral deafness (average loss of 91 decibels or more);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z264" w:id="258"/>
-[...15 lines deleted...]
-      Indication for the cochlear implantation operation according to the data of tonal audiometry is severe bilateral hearing impairment (average loss of 71 - 90 decibels), bilateral deafness (average loss of 91 decibels or more);</w:t>
+    <w:bookmarkStart w:name="z265" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) tonal threshold audiometry in a free sound field with a hearing aid device for patients aged six years and older after measuring the output signal using the measurement method in a real ear in order to assess the effectiveness and adequacy of hearing aids fitting.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z265" w:id="259"/>
-[...15 lines deleted...]
-      8) tonal threshold audiometry in a free sound field with a hearing aid device for patients aged six years and older after measuring the output signal using the measurement method in a real ear in order to assess the effectiveness and adequacy of hearing aids fitting.</w:t>
+    <w:bookmarkStart w:name="z266" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       The indication for the cochlear implantation operation shall be presence of thresholds of auditory perception in a free sound field, exceeding 55 decibels at frequencies of 500 and 4000 Hertz;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z266" w:id="260"/>
-[...15 lines deleted...]
-       The indication for the cochlear implantation operation shall be presence of thresholds of auditory perception in a free sound field, exceeding 55 decibels at frequencies of 500 and 4000 Hertz;</w:t>
+    <w:bookmarkStart w:name="z267" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) speech audiometry with hearing devices for patients aged six years and older after measuring the output signal using the measurement method in the real ear in order to assess the effectiveness and adequacy of the hearing aid fitting.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z267" w:id="261"/>
-[...15 lines deleted...]
-      9) speech audiometry with hearing devices for patients aged six years and older after measuring the output signal using the measurement method in the real ear in order to assess the effectiveness and adequacy of the hearing aid fitting.</w:t>
+    <w:bookmarkStart w:name="z268" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The indication for the cochlear implantation operation according to the data of speech audiometry with hearing aids shall be recognition of less than 40% of polysyllabic words in the open selection.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z268" w:id="262"/>
-[...15 lines deleted...]
-      The indication for the cochlear implantation operation according to the data of speech audiometry with hearing aids shall be recognition of less than 40% of polysyllabic words in the open selection.</w:t>
+    <w:bookmarkStart w:name="z269" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76. X-ray examination (computed tomography of the pyramids of the temporal bones) shall be carried out to assess the patency of the cochlea and the state of the inner ear structures.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z269" w:id="263"/>
-[...15 lines deleted...]
-      76. X-ray examination (computed tomography of the pyramids of the temporal bones) shall be carried out to assess the patency of the cochlea and the state of the inner ear structures.</w:t>
+    <w:bookmarkStart w:name="z270" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The indication for the cochlear implantation operation upon the X-ray examination shall be absence of cochleovestibular pathology, significant obstruction of the cochlear lumen, preventing implantation, as well as retrocochlear pathology.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z270" w:id="264"/>
-[...15 lines deleted...]
-      The indication for the cochlear implantation operation upon the X-ray examination shall be absence of cochleovestibular pathology, significant obstruction of the cochlear lumen, preventing implantation, as well as retrocochlear pathology.</w:t>
+    <w:bookmarkStart w:name="z271" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      77. Surdopedagogic examination shall be carried out to determine the time of hearing loss (late-deaf and early-deaf) and preserved speech habits.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z271" w:id="265"/>
-[...15 lines deleted...]
-      77. Surdopedagogic examination shall be carried out to determine the time of hearing loss (late-deaf and early-deaf) and preserved speech habits.</w:t>
+    <w:bookmarkStart w:name="z272" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Examination of late deaf children and adults (post-lingual) shall include:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z272" w:id="266"/>
-[...15 lines deleted...]
-      Examination of late deaf children and adults (post-lingual) shall include:</w:t>
+    <w:bookmarkStart w:name="z273" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) assessment of auditory perception with and without a hearing device;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z273" w:id="267"/>
-[...15 lines deleted...]
-      1) assessment of auditory perception with and without a hearing device;</w:t>
+    <w:bookmarkStart w:name="z274" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) assessment of lip-reading skills and auditory-visual perception of speech;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z274" w:id="268"/>
-[...15 lines deleted...]
-      2) assessment of lip reading skills and auditory-visual perception of speech;</w:t>
+    <w:bookmarkStart w:name="z275" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) assessment of the state of oral speech;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z275" w:id="269"/>
-[...15 lines deleted...]
-      3) assessment of the state of oral speech;</w:t>
+    <w:bookmarkStart w:name="z276" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) assessment of reading and writing skills (for children, adolescents);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z276" w:id="270"/>
-[...15 lines deleted...]
-      4) assessment of reading and writing skills (for children, adolescents);</w:t>
+    <w:bookmarkStart w:name="z277" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) assessment of the prospects of using cochlear implantation system for auditory perception and speech development;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z277" w:id="271"/>
-[...15 lines deleted...]
-      5) assessment of the prospects of using cochlear implantation system for auditory perception and speech development;</w:t>
+    <w:bookmarkStart w:name="z278" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) assessment of the adequacy of expectations of the results of cochlear implantation surgery on the part of the patient and his family.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z278" w:id="272"/>
-[...15 lines deleted...]
-      6) assessment of the adequacy of expectations of the results of cochlear implantation surgery on the part of the patient and his family.</w:t>
+    <w:bookmarkStart w:name="z279" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Examination of early deaf (pre-lingual) children and adults shall include:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z279" w:id="273"/>
-[...15 lines deleted...]
-      Examination of early deaf (pre-lingual) children and adults shall include:</w:t>
+    <w:bookmarkStart w:name="z280" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) assessment of the formation of residual hearing with and without a hearing device;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z280" w:id="274"/>
-[...15 lines deleted...]
-      1) assessment of the formation of residual hearing with and without a hearing device;</w:t>
+    <w:bookmarkStart w:name="z281" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) assessment of the state of oral speech (for young children - formation of pre-speech vocalizations);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z281" w:id="275"/>
-[...15 lines deleted...]
-      2) assessment of the state of oral speech (for young children - formation of pre-speech vocalizations);</w:t>
+    <w:bookmarkStart w:name="z282" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) assessment of the language system and formation of reading skills;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z282" w:id="276"/>
-[...15 lines deleted...]
-      3) assessment of the language system and formation of reading skills;</w:t>
+    <w:bookmarkStart w:name="z283" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) assessment of communication skills and communication methods;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z283" w:id="277"/>
-[...15 lines deleted...]
-      4) assessment of communication skills and communication methods;</w:t>
+    <w:bookmarkStart w:name="z284" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) assessment of the formation of lip-reading skills;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z284" w:id="278"/>
-[...15 lines deleted...]
-      5) assessment of the formation of lip reading skills;</w:t>
+    <w:bookmarkStart w:name="z285" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) assessment of cognitive skills;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z285" w:id="279"/>
-[...15 lines deleted...]
-      6) assessment of cognitive skills;</w:t>
+    <w:bookmarkStart w:name="z286" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) assessment of the formation of emotional-volitional sphere;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z286" w:id="280"/>
-[...15 lines deleted...]
-      7) assessment of the formation of emotional-volitional sphere;</w:t>
+    <w:bookmarkStart w:name="z287" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) assessment of the presence of concomitant disorders affecting development of speech (mental retardation, specific speech disorders, impaired attention and memory);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z287" w:id="281"/>
-[...15 lines deleted...]
-      8) assessment of the presence of concomitant disorders affecting development of speech (mental retardation, specific speech disorders, impaired attention and memory);</w:t>
+    <w:bookmarkStart w:name="z288" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) assessment of whether parents and (or) legal representatives have experience in developing various skills in a child with hearing impairment;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z288" w:id="282"/>
-[...15 lines deleted...]
-      9) assessment of whether parents and (or) legal representatives have experience in developing various skills in a child with hearing impairment;</w:t>
+    <w:bookmarkStart w:name="z289" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) assessment of the prospects of using a cochlear implantation system for auditory perception and speech development;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z289" w:id="283"/>
-[...15 lines deleted...]
-      10) assessment of the prospects of using a cochlear implantation system for auditory perception and speech development;</w:t>
+    <w:bookmarkStart w:name="z290" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) assessment of the adequacy of expectations of the results of cochlear implantation surgery on the part of the patient and his family.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z290" w:id="284"/>
-[...15 lines deleted...]
-      11) assessment of the adequacy of expectations of the results of cochlear implantation surgery on the part of the patient and his family.</w:t>
+    <w:bookmarkStart w:name="z291" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The surdopedagogic examination shall result in the conclusion on the presence or absence of the surdopedagogic indications for cochlear implantation.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z291" w:id="285"/>
-[...15 lines deleted...]
-      The surdopedagogic examination shall result in the conclusion on the presence or absence of the surdopedagogic indications for cochlear implantation.</w:t>
+    <w:bookmarkStart w:name="z292" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      78. Logopedic examination shall include assessment of:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z292" w:id="286"/>
-[...15 lines deleted...]
-      78. Logopedic examination shall include assessment of:</w:t>
+    <w:bookmarkStart w:name="z293" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) pre-speech development of young children - voice activity, vocalizations (humming, cooing, babbling words, onomatopoeia);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z293" w:id="287"/>
-[...15 lines deleted...]
-      1) pre-speech development of young children - voice activity, vocalizations (humming, cooing, babbling words, onomatopoeia);</w:t>
+    <w:bookmarkStart w:name="z294" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) the state of speech understanding: zero, situational, nominative, predicative, disarticulate levels of understanding;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z294" w:id="288"/>
-[...15 lines deleted...]
-      2) the state of speech understanding: zero, situational, nominative, predicative, disarticulate levels of understanding;</w:t>
+    <w:bookmarkStart w:name="z295" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) development level of all speech aspects: articulation organs, sound pronunciation and syllable structure, vocabulary, grammatical structure, phrasal speech.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z295" w:id="289"/>
-[...15 lines deleted...]
-      3) development level of all speech aspects: articulation organs, sound pronunciation and syllable structure, vocabulary, grammatical structure, phrasal speech.</w:t>
+    <w:bookmarkStart w:name="z296" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The logopedic examination shall result in the conclusion on the nature and degree of speech impairment (speech diagnosis).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z296" w:id="290"/>
-[...15 lines deleted...]
-      The logopedic examination shall result in the conclusion on the nature and degree of speech impairment (speech diagnosis).</w:t>
+    <w:bookmarkStart w:name="z297" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      79. Psychological examination shall include assessment of:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z297" w:id="291"/>
-[...15 lines deleted...]
-      79. Psychological examination shall include assessment of:</w:t>
+    <w:bookmarkStart w:name="z298" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) development level of cognitive activity: thinking, attention, memory, mental capacity;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z298" w:id="292"/>
-[...15 lines deleted...]
-      1) development level of cognitive activity: thinking, attention, memory, mental capacity;</w:t>
+    <w:bookmarkStart w:name="z299" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) potential intellectual capabilities, learning ability;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z299" w:id="293"/>
-[...15 lines deleted...]
-      2) potential intellectual capabilities, learning ability;</w:t>
+    <w:bookmarkStart w:name="z300" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) development level of communication activities, skills and methods of communication;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z300" w:id="294"/>
-[...15 lines deleted...]
-      3) development level of communication activities, skills and methods of communication;</w:t>
+    <w:bookmarkStart w:name="z301" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) emotional-volitional and behavioral characteristics;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z301" w:id="295"/>
-[...15 lines deleted...]
-      4) emotional-volitional and behavioral characteristics;</w:t>
+    <w:bookmarkStart w:name="z302" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) psychological readiness and motivation of the patient and his family for systematic and long-term auditory work;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z302" w:id="296"/>
-[...15 lines deleted...]
-      5) psychological readiness and motivation of the patient and his family for systematic and long-term auditory work;</w:t>
+    <w:bookmarkStart w:name="z303" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) adequacy of the expectations of the results of the operation of cochlear implantation on the part of the patient and his family.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z303" w:id="297"/>
-[...15 lines deleted...]
-      6) adequacy of the expectations of the results of the operation of cochlear implantation on the part of the patient and his family.</w:t>
+    <w:bookmarkStart w:name="z304" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The psychological examination shall result in the conclusion on the mental development level of the patient, motivational readiness of the patient, parents and (or) legal representatives of children for long-term hearing and speech work.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z304" w:id="298"/>
-[...15 lines deleted...]
-      The psychological examination shall result in the conclusion on the mental development level of the patient, motivational readiness of the patient, parents and (or) legal representatives of children for long-term hearing and speech work.</w:t>
+    <w:bookmarkStart w:name="z305" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80. General and special clinical examinations shall be carried out for:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z305" w:id="299"/>
-[...15 lines deleted...]
-      80. General and special clinical examinations shall be carried out for:</w:t>
+    <w:bookmarkStart w:name="z306" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) assessment of the patient's somatic condition;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z306" w:id="300"/>
-[...15 lines deleted...]
-      1) assessment of the patient's somatic condition;</w:t>
+    <w:bookmarkStart w:name="z307" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) assessment of the patient's psycho-neurological state.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z307" w:id="301"/>
-[...15 lines deleted...]
-      2) assessment of the patient's psycho-neurological state.</w:t>
+    <w:bookmarkStart w:name="z308" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      81. General and special clinical examinations shall include:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z308" w:id="302"/>
-[...15 lines deleted...]
-      81. General and special clinical examinations shall include:</w:t>
+    <w:bookmarkStart w:name="z309" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) consultation of a doctor specializing in otorhinolaryngology (adult or pediatric);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z309" w:id="303"/>
-[...15 lines deleted...]
-      1) consultation of a doctor specializing in otorhinolaryngology (adult or pediatric);</w:t>
+    <w:bookmarkStart w:name="z310" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) consultation of a doctor in the field of "pediatrics" or "therapy";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z310" w:id="304"/>
-[...15 lines deleted...]
-      2) consultation of a doctor in the field of "pediatrics" or "therapy";</w:t>
+    <w:bookmarkStart w:name="z311" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) consultation of a doctor specializing in anesthesiology and resuscitation (adult or pediatric);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z311" w:id="305"/>
-[...15 lines deleted...]
-      3) consultation of a doctor specializing in anesthesiology and resuscitation (adult or pediatric);</w:t>
+    <w:bookmarkStart w:name="z312" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) consultation of a doctor specializing in neuropathology (adult or pediatric);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z312" w:id="306"/>
-[...15 lines deleted...]
-      4) consultation of a doctor specializing in neuropathology (adult or pediatric);</w:t>
+    <w:bookmarkStart w:name="z313" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) electroencephalography;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z313" w:id="307"/>
-[...15 lines deleted...]
-      5) electroencephalography;</w:t>
+    <w:bookmarkStart w:name="z314" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) consultation of a doctor specializing in "child psychiatry" (children over three years old) or "psychiatry".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z314" w:id="308"/>
-[...15 lines deleted...]
-      6) consultation of a doctor specializing in "child psychiatry" (children over three years old) or "psychiatry".</w:t>
+    <w:bookmarkStart w:name="z315" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      For medical reasons, this list shall be expanded.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z315" w:id="309"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z316" w:id="310"/>
+    <w:bookmarkStart w:name="z316" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       82. The cochlear implantation operation on children shall be carried out only with the written consent of the parents or legal representatives of the child to participate in the postoperative hearing and speech rehabilitation. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z317" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83. In the event that a patient identified as a candidate for cochlear implantation has a history of neuroinfection (serous or purulent meningitis), or confirmed by computer or magnetic resonance tomography cochlear ossification for any other reason, surgical treatment shall be performed out of turn.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z317" w:id="311"/>
-[...15 lines deleted...]
-      83. In the event that a patient identified as a candidate for cochlear implantation has a history of neuroinfection (serous or purulent meningitis), or confirmed by computer or magnetic resonance tomography cochlear ossification for any other reason, surgical treatment shall be performed out of turn.</w:t>
+    <w:bookmarkStart w:name="z318" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84. If a patient, identified as a candidate for cochlear implantation has a history of neuroinfection (serous or purulent meningitis), or confirmed by computer or magnetic resonance tomography cochlear ossification for another reason, surgical treatment shall be performed on both ears at the same time, if possible.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z318" w:id="312"/>
-[...15 lines deleted...]
-      84. If a patient, identified as a candidate for cochlear implantation has a history of neuroinfection (serous or purulent meningitis), or confirmed by computer or magnetic resonance tomography cochlear ossification for another reason, surgical treatment shall be performed on both ears at the same time, if possible.</w:t>
+    <w:bookmarkStart w:name="z319" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      85. In a healthcare organization that provides HTMC on hearing prosthetics with a cochlear implantation system, a waiting list shall be formed of patients in the sequence order of applications for this type of medical care, assigning a number and issuing a written notification within three working days after the decision is made.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z319" w:id="313"/>
-[...15 lines deleted...]
-      85. In a healthcare organization that provides HTMC on hearing prosthetics with a cochlear implantation system, a waiting list shall be formed of patients in the sequence order of applications for this type of medical care, assigning a number and issuing a written notification within three working days after the decision is made.</w:t>
+    <w:bookmarkStart w:name="z320" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86. Upon confirmation of the indications, the patient shall be referred to the clinic at the place of attachment for registration on the portal "Hospitalization Bureau".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z320" w:id="314"/>
-[...15 lines deleted...]
-      86. Upon confirmation of the indications, the patient shall be referred to the clinic at the place of attachment for registration on the portal "Hospitalization Bureau".</w:t>
+    <w:bookmarkStart w:name="z321" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      87. In the event of a written refusal of the patient (if the patient is a child, then his parents or legal representatives) from the operation, the sequence number on the waiting list shall be lost.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z321" w:id="315"/>
-[...15 lines deleted...]
-      87. In the event of a written refusal of the patient (if the patient is a child, then his parents or legal representatives) from the operation, the sequence number on the waiting list shall be lost.</w:t>
+    <w:bookmarkStart w:name="z322" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      88. If a patient preparing for cochlear implantation is found to have an acute inflammatory process or other relative contraindications (trauma, poisoning, etc.), the operation shall be postponed to a later date with the issuance of an information sheet.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z322" w:id="316"/>
-[...15 lines deleted...]
-      88. If a patient preparing for cochlear implantation is found to have an acute inflammatory process or other relative contraindications (trauma, poisoning, etc.), the operation shall be postponed to a later date with the issuance of an information sheet.</w:t>
+    <w:bookmarkStart w:name="z323" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       89. The extract from the medical history issued to the patient shall indicate the date of the operation, the ear, the name of the manufacturer of the implantation system, the implant and the audio (speech) processor.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z323" w:id="317"/>
-[...15 lines deleted...]
-       89. The extract from the medical history issued to the patient shall indicate the date of the operation, the ear, the name of the manufacturer of the implantation system, the implant and the audio (speech) processor.</w:t>
+    <w:bookmarkStart w:name="z324" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      90. No earlier than 4 weeks after the operation, the audio (speech) processor of the cochlear implantation system shall be connected, with the tuning session performed and the patient's passport after cochlear implantation issued according to the form in Appendix 5 to these Rules.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z324" w:id="318"/>
-[...15 lines deleted...]
-      90. No earlier than 4 weeks after the operation, the audio (speech) processor of the cochlear implantation system shall be connected, with the tuning session performed and the patient's passport after cochlear implantation issued according to the form in Appendix 5 to these Rules.</w:t>
+    <w:bookmarkStart w:name="z325" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      91. The patient's passport after cochlear implantation shall be presented by the parents and filled out by specialists in accordance with the profile of their activity (after adjustment, classes with teachers, replacement or repair of the audio (speech) processor).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z325" w:id="319"/>
-[...15 lines deleted...]
-      91. The patient's passport after cochlear implantation shall be presented by the parents and filled out by specialists in accordance with the profile of their activity (after adjustment, classes with teachers, replacement or repair of the audio (speech) processor).</w:t>
+    <w:bookmarkStart w:name="z326" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      92. In the first year after the installation of the cochlear implantation system, the audio (speech) processor shall be adjusted at least 4 times, in the second year - at least 2 times, in subsequent years - as necessary for the patient.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z326" w:id="320"/>
-[...15 lines deleted...]
-      92. In the first year after the installation of the cochlear implantation system, the audio (speech) processor shall be adjusted at least 4 times, in the second year - at least 2 times, in subsequent years - as necessary for the patient.</w:t>
+    <w:bookmarkStart w:name="z327" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      93. Patients after hearing prosthetics with a cochlear implantation system shall be referred to specially organized correctional psychological and pedagogical work (correctional and developmental assistance) (training) in the general and special education organization through the territorial PMPC at the place of residence.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z327" w:id="321"/>
-[...15 lines deleted...]
-      93. Patients after hearing prosthetics with a cochlear implantation system shall be referred to specially organized correctional psychological and pedagogical work (correctional and developmental assistance) (training) in the general and special education organization through the territorial PMPC at the place of residence.</w:t>
+    <w:bookmarkStart w:name="z328" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      94. Parents and (or) legal representatives of the child shall:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z328" w:id="322"/>
-[...15 lines deleted...]
-      94. Parents and (or) legal representatives of the child shall:</w:t>
+    <w:bookmarkStart w:name="z329" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) prepare the child for the procedure of connecting and tuning of the audio (speech) processor of the cochlear implantation system in accordance with the recommendations of the surdologist and sign language teacher;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z329" w:id="323"/>
-[...15 lines deleted...]
-      1) prepare the child for the procedure of connecting and tuning of the audio (speech) processor of the cochlear implantation system in accordance with the recommendations of the surdologist and sign language teacher;</w:t>
+    <w:bookmarkStart w:name="z330" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) provide optimal conditions to the child for the development of hearing, understanding and own speech;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z330" w:id="324"/>
-[...15 lines deleted...]
-      2) provide optimal conditions to the child for the development of hearing, understanding and own speech;</w:t>
+    <w:bookmarkStart w:name="z331" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ensure constant use by the child of the audio (speech) processor;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z331" w:id="325"/>
-[...15 lines deleted...]
-      3) ensure constant use by the child of the audio (speech) processor;</w:t>
+    <w:bookmarkStart w:name="z332" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) create a speech environment at home;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z332" w:id="326"/>
-[...15 lines deleted...]
-      4) create a speech environment at home;</w:t>
+    <w:bookmarkStart w:name="z333" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) immediately contact the territorial PMPC at the place of residence for specially organized correctional psychological and pedagogical work (correctional and developmental assistance) (training) in the general and special education organization;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z333" w:id="327"/>
-[...15 lines deleted...]
-      5) immediately contact the territorial PMPC at the place of residence for specially organized correctional psychological and pedagogical work (correctional and developmental assistance) (training) in the general and special education organization;</w:t>
+    <w:bookmarkStart w:name="z334" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) ensure study of the guidelines for using the cochlear implantation system;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z334" w:id="328"/>
-[...15 lines deleted...]
-      6) ensure study of the guidelines for using the cochlear implantation system;</w:t>
+    <w:bookmarkStart w:name="z335" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) timely contact organizations that provide warranty and post-warranty service;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z335" w:id="329"/>
-[...15 lines deleted...]
-      7) timely contact organizations that provide warranty and post-warranty service;</w:t>
+    <w:bookmarkStart w:name="z336" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) timely provide consumables (batteries, magnets, etc.) at their own expense.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z336" w:id="330"/>
-[...15 lines deleted...]
-      8) timely provide consumables (batteries, magnets, etc.) at their own expense.</w:t>
+    <w:bookmarkStart w:name="z337" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) timely provide the patient's passport to specialists after cochlear implantation for filling out at the tuning sessions of the audio (speech) processor, classes, when replacing or repairing the audio (speech) processor.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z337" w:id="331"/>
-[...15 lines deleted...]
-      9) timely provide the patient's passport to specialists after cochlear implantation for filling out at the tuning sessions of the audio (speech) processor, classes, when replacing or repairing the audio (speech) processor.</w:t>
+    <w:bookmarkStart w:name="z338" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chapter 6. Correctional- developmental training</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z338" w:id="332"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Chapter 6. Correctional- developmental training</w:t>
+    <w:bookmarkStart w:name="z339" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      95. Information on children received at screening, also on those referred for cochlear implantation, shall be directed to the territorial PMPC.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z339" w:id="333"/>
-[...15 lines deleted...]
-      95. Information on children received at screening, also on those referred for cochlear implantation, shall be directed to the territorial PMPC.</w:t>
+    <w:bookmarkStart w:name="z340" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The PMPC at the place of residence shall determine the educational route of the children with hearing impairments after the hearing prosthetics aid.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z340" w:id="334"/>
-[...15 lines deleted...]
-      The PMPC at the place of residence shall determine the educational route of the children with hearing impairments after the hearing prosthetics aid.</w:t>
+    <w:bookmarkStart w:name="z341" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      96. Professionals of the educational institutions, parents (legal representatives) of the child shall ensure that children after hearing prosthetics constantly use the hearing device, audio (speech) processor during their entire stay in the educational institution, as well as at home, except for sleeping and bathing.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z341" w:id="335"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="335"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7673,166 +8240,167 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>care to the population</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>of the Republic of Kazakhstan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z343" w:id="336"/>
+    <w:bookmarkStart w:name="z343" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Equipment for audiological center or department (office)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkEnd w:id="335"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="441"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1944"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Name of the functional unit and equipment set</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7871,1479 +8439,1479 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Equipment for testing hearing</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Diagnostic audiometer for tonal threshold audiometry, game audiometry with software for creating a patient databank </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Clinical audiometer for tonal threshold and supra-threshold audiometry, high-frequency audiometry, free sound field audiometry, speech audiometry, pediatric test, with a set of speakers and software for creating a patient databank</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  Middle ear impedance analyzer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 System for recording auditory evoked potentials (SAEP) and auditory potentials on a frequency modulated tone (ASSR) with an otoacoustic emission recording module</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Otoacoustic emission recording device or apparatus or system (TEOAE, DPOAE)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 A device or apparatus for screening hearing by recording otoacoustic emissions (TEOAE, DPOAE) and auditory evoked potentials (SAEP)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 System for vestibulometry (videonystagmography or electronystagmography) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Equipment (device) for impulse test</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Hearing aid analyzer (2CC camera for checking the output level of hearing aids signal or RECD) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Programmers with software for tuning audio (speech) processors of cochlear implantation systems, middle ear implantation systems, bone conduction from manufacturers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 pc. from each manufacturer to each doctor</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hearing aid fitting programmer with software from different hearing aid manufacturers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Desktop computer with printer (monitor, keyboard, computer mouse)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Laptop computer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9382,1027 +9950,1027 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Equipment for hearing prosthetics office</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Clinical or diagnostic audiometer for tonal threshold audiometry, free sound field audiometry, speech audiometry with software for creating a patient databank</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 System for fitting and tuning hearing aids with software from different hearing aids manufacturers </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hearing aid analyzer (2CC camera for checking the output level of hearing aids signal or RECD)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Programmers with software for tuning audio (speech) processors of cochlear implantation systems, middle ear implantation systems, bone conduction from manufacturers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 pc. from each manufacturer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hearing aid fitting programmer with software from different hearing aid manufacturers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Desktop computer with printer (monitor, keyboard, computer mouse)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Laptop computer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Video otoscope</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Otoscope</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10441,688 +11009,688 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Tool set</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 General medical set </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Otorhinolaryngologist tool kit </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Video otoscope</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Otoscope</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Stationary bactericidal irradiator</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Storage chamber for sterile instruments</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11161,4078 +11729,4078 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Equipment for sign language teacher's room</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Computer table with drawer unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Semi-soft chair</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Filing cabinet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Magnetic and cork board</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 System unit, monitor, acoustic system, telephone and microphone headset, network filter, uninterruptible power supply, multifunctional device, keyboard, mouse, modem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Children table </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Children chair </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Orthopedic chair (size - for height from 90 to 115 cm)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Orthopedic chair (size - for height from 115 to 160 cm)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Rug</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 A set for psychological and pedagogical examination of children with hearing impairment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Musical toy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Sounding toy </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 A set of toys for practicing motor response to a sound signal </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 A set of subject pictures </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hearing-speech trainer for development of auditory perception and formation of sound pronunciation for individual hearing-speech rehabilitation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Personal computer-based trainer for development of sound-pronunciation and lexical-grammatical aspects of speech</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Speech trainer for learning and development of elementary speech communication </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Multimedia complex for correction of oral speech disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 A set of computer correctional and educational games and programs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Wireless classroom to ensure the quality of hearing and speech rehabilitation for learners using hearing aids and learners with cochlear implants</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Personal FM system </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Audio loop</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Table game or toy on vocabulary topics</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Visual-didactic material</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Tactile-developing desktop panels</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Tactile-developing wall panels</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Interactive sound bars</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Panel with musical instruments</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Music and game table</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Logopedic spatula</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Logopedic guiding probes (set)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Logopedic massage probes (set)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Logopedic auxiliary probes (set) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Sterilizer or container for disinfection of probes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Methodical literature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15271,3626 +15839,3626 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Equipment for logopaedist’s office </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Computer table with drawer unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Semi-soft chair </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Filing cabinet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Magnetic or cork board</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 System unit, monitor, acoustic system, telephone and microphone headset, network filter, uninterruptible power supply, multifunctional device, keyboard, mouse, modem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Children table</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Children chair</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Rug</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Orthopedic chair (size - for height from 90 to 115 cm) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Orthopedic chair (size - for height from 115 to 160 cm)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Massage couch for children with musculoskeletal disorders, adjustable </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Table-desk for children with musculoskeletal disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Logopedic table-desk with a mirror</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Wall mirror for group speech therapy classes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Mirror for individual speech therapy classes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Weights (weighing 500 gr., 1 kg., 2 kg.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Logopedic spatula</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Logopedic guiding probes (set)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Logopedic massage probes (set)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Logopedic auxiliary probes (set)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Sterilizer or container for disinfection of probes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Music center</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Multimedia complex for correction of oral speech disorders </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 A set of computer correctional and educational games and programs </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Personal computer-based trainer for development of sound-pronunciation and lexical-grammatical aspects of speech</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Speech trainer for learning and development of elementary speech communication </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Table game or toy on vocabulary topics</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Visual-didactic material</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Tactile-developing desktop panels</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Tactile-developing wall panels</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Wall bactericidal irradiator </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Methodical literature and teachware</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18929,2383 +19497,2383 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Equipment for psychologist’s room</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Computer table with drawer unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Semi-soft chair</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Filing cabinet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Magnetic and cork board</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 System unit, monitor, acoustic system, telephone and microphone headset, network filter, uninterruptible power supply, multifunctional device, keyboard, mouse, modem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Children table</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Children chair</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Orthopedic chair (size - for height from 90 to 115 cm)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Orthopedic chair (size - for height from 115 to 160 cm)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Sofa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Soft ottoman</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Rug</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Wall mirror</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DVD-player</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Wall bactericidal irradiator</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Set for psychological and pedagogical examination of children with hearing impairment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Table game or toy for developing play activity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Incentive visual-didactic material</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Relief stimulus visual-didactic material</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Speech trainer for learning and development of elementary speech communication </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Methodical literature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21344,3174 +21912,3174 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Equipment for phonopaedist’s room</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Computer table with drawer unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Semi-soft chair</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Filing cabinet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Magnetic and cork board</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 System unit, monitor, acoustic system, telephone and microphone headset, network filter, uninterruptible power supply, multifunctional device, keyboard, mouse, modem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Children table</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Children chair</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Rug </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Orthopedic chair (size - for height from 90 to 115 cm)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Orthopedic chair (size - for height from 115 to 160 cm)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Table-desk for children with musculoskeletal disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Logopedic table-desk with a mirror </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Wall mirror for group classes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Mirror for individual classes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Music center</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Piano</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Multimedia complex for correction of oral speech disorders</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 A set of computer correctional and educational games and programs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Speech trainer for learning and development of elementary speech communication </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Table game or toy on vocabulary topics</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Visual-didactic material</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Tactile-developing desktop panels</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Tactile-developing wall panels</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Interactive sound bars</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Panel with musical instruments</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Music and game table</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Wall bactericidal irradiator</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9915" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Methodical literature and teachware</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1944" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24646,1522 +25214,1523 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>care to the population</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>of the Republic of Kazakhstan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z345" w:id="337"/>
+    <w:bookmarkStart w:name="z345" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Staff and staffing standards of surdology centers or departments (offices)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkEnd w:id="336"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="684"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10482" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Position</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Rate*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10482" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 head of the surdology center / department (office), surdologist</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10482" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 surdologist for children</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10482" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 surdologist for adult population</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10482" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 logopaedist </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10482" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 phonopaedist</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10482" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 psychologist</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10482" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 sign language teacher</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10482" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 hearing prosthetist (acoustician)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10482" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 medical nurse (adult reception)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10482" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 medical nurse (children reception)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10482" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 orderly</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10482" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 record keeper</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26200,926 +26769,927 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Staff and staffing standards of hearing prosthetics offices</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="536"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1271"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10493" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Position</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Rate*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10493" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 The head of the office, surdologist </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10493" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 sign language teacher</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10493" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 hearing prosthetist (acoustician)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10493" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 technician making in-the-ear hearing devices, earmolds </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10493" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 medical nurse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10493" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 orderly</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10493" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 record keeper</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27251,68 +27821,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>care to the population</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>of the Republic of Kazakhstan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z347" w:id="338"/>
+    <w:bookmarkStart w:name="z347" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Premises for surdology center and department (office)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkEnd w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) waiting room for patients;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -27749,2827 +28319,2821 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>care to the population</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>of the Republic of Kazakhstan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z349" w:id="339"/>
+    <w:bookmarkStart w:name="z349" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Time allotment per patient for surdological care </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkEnd w:id="338"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="11347"/>
-        <w:gridCol w:w="953"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11347" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Reception of specialist:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="953" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 in minutes </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11347" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Consultation of surdologist for adult population</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="953" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11347" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Consultation of surdologist for children</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="953" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11347" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Consultation of sign language teacher</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="953" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11347" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Consultation of logopaedist </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="953" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11347" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Consultation of phonopaedist</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="953" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11347" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Consultation of hearing prosthetist</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="953" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11347" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Consultation of psychologist</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="953" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11347" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Procedures and manipulations:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="953" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11347" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Otoscopy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="953" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11347" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Tone threshold audiometry</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="953" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11347" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Tone audiometry in a free sound field</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="953" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11347" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Game audiometry</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="953" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11347" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Supra-threshold audiometry</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="953" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11347" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Speech audiometry</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="953" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11347" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Tympanometry</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="953" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11347" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Acoustic reflex</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="953" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11347" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Test of acoustic reflex decay </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="953" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11347" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Test of auditory tube function</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="953" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11347" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Promontory test</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="953" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11347" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Telemetry of auditory nerve response</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="953" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11347" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Telemetry of auditory implant electrode impedance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="953" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11347" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Recording of distortion product otoacoustic emission</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="953" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11347" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Recording of short-latency auditory evoked potentials (SAEP)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="953" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11347" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Recording of stationary evoked potential on modulated tone (АSSR)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="953" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11347" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Checking the output level of hearing aids signal or RECD </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="953" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11347" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Individual classes (sign language teacher or logopaedist or phonopaedist)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="953" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11347" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Audiological examination of hearing and speech condition</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="953" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11347" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Logopedic examination of speech condition</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="953" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11347" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Connection of audio- (speech) processor by surdologist </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="953" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11347" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Adjustment of audio- (speech) processor by surdologist </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="953" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11347" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Adjustment of hearing device by surdologist </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="953" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11347" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Adjustment of audio- (speech) processor by hearing prosthetist </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="953" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11347" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Selection and adjustment of hearing device by hearing prosthetist </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="953" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11347" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Examination by surdologist of the audio (speech processor) settings of cochlear implantation systems, middle ear, and or bone conduction </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="953" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11347" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Examination by a sign language teacher of the hearing device adjustment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="953" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30890,51 +31454,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       district__________________ city (village) ____________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      street __________________ house No. _______ building __________________</w:t>
+      street __________________ house № _______ building __________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       apartment____________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -30961,52 +31525,70 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Mobile phone_____________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      5. Data on the child’s parents or legal representatives (full name) _________________________________________</w:t>
+        <w:t xml:space="preserve">
+      5. Data on the child’s parents or legal representatives (full name) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       phone__________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -31338,248 +31920,249 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) Speech processor complete set:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1506"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6138"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4656" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6138" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4656" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6138" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31876,52 +32459,70 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Date of replacement or repair of speech processor __________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2) Name of the organization that replaces or repairs the speech processor ________________________________________________</w:t>
+        <w:t xml:space="preserve">
+      2) Name of the organization that replaces or repairs the speech processor </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Equipment set ________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>