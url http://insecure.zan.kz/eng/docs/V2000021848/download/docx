--- v0 (2025-10-17)
+++ v1 (2025-12-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ef56764" w14:textId="ef56764">
+    <w:p w14:paraId="1e00025" w14:textId="1e00025">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -145,65 +145,55 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Order of the Minister of Health of the Republic of Kazakhstan dated December 21, 2020 № ҚР DSM-304/2020. Registered with the Ministry of Justice of the Republic of Kazakhstan on December 22, 2020 № 21848.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...13 lines deleted...]
-        <w:t>Unofficial translation</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Unofficial translation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       In accordance with paragraph 4 of Article 220 of the Code of the Republic of Kazakhstan “On people’s health and the healthcare system” and paragraph 5 of Article 40 of the Law of the Republic of Kazakhstan “On Education” </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -3396,51 +3386,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) a qualified specialized professional with at least five years of practice in the core activity;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) completed training ( career development certification course) in mentoring for the fulfillment of an educational programme of a respective medical education level (technical and professional, post-secondary, higher and (or) postgraduate (residency) medical education).</w:t>
+      2) completed training career development certification course) in mentoring for the fulfillment of an educational programme of a respective medical education level (technical and professional, post-secondary, higher and (or) postgraduate (residency) medical education).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5590,69 +5580,153 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 2. Specifics of the residency bases’ activity</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. The residency programmes shall be carried out by higher and (or) postgraduate medical education institutions in accredited clinics of health care educational institutions, university hospitals, and also national and (or) scientific centers, research institutes accredited as residency bases.</w:t>
-[...17 lines deleted...]
-      4. Placement of resident physicians at clinical bases of higher and (or) postgraduate medical education institutions, in national and (or) scientific centers, research institutes shall be agreed upon with the authorized body in health care as requested by the higher and (or) postgraduate medical education institution, national and (or) a scientific center, research institute.</w:t>
+      3. The implementation of residency programs shall be carried out by organizations of higher and/or postgraduate medical education in accredited clinical facilities of educational organizations in the field of healthcare, university hospitals, as well as scientific organizations in the field of healthcare accredited as residency bases.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 3 is in the wording of the order № 66 of the acting Minister of Healthcare of the Republic of Kazakhstan dated 16 July 2025 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. The placement of medical residents at clinical bases of organizations of higher and postgraduate medical education, and in scientific organizations in the field of healthcare shall be carried out in coordination with the authorized body in the field of healthcare, based on a submission from the organizations of higher and postgraduate medical education or the scientific organization in the field of healthcare.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 4 is in the wording of the order № 66 of the acting Minister of Healthcare of the Republic of Kazakhstan dated 16 July 2025 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. The head of the residency base shall ensure the presence of resident physician positions in the staff of the units providing medical services and job placement for resident physicians during the training period at the clinical base.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5680,69 +5754,153 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) a training agreement shall be concluded between the higher and (or) postgraduate medical education institution, the residency base and a resident physician for the institution of higher and (or) postgraduate education;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) a training agreement shall be concluded between the national and (or) scientific center, scientific research institute and a resident physician for national and (or) scientific centers, scientific research institutes accredited as residency bases.</w:t>
-[...17 lines deleted...]
-      7. The residency base shall ensure job placement for a resident physician on the basis of the agreement with the higher and (or) postgraduate medical education institution and also a national and (or) scientific center, research institute.</w:t>
+      2) a training agreement concluded between a scientific organization in the field of healthcare and a resident physician for scientific organizations in the field of healthcare accredited as residency bases.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 6 as amended by the order № 66 of the acting Minister of Healthcare of the Republic of Kazakhstan dated 16 July 2025 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. The residency base provides a work place to a resident physician on the basis of an agreement between the residency base and an organization of higher and/or postgraduate education, as well as a scientific organization in the field of healthcare.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 7 is in the wording of the order № 66 of the acting Minister of Healthcare of the Republic of Kazakhstan dated 16 July 2025 (shall be enforced upon expiry of ten calendar days after its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. The residency base administration shall designate a qualified person in the organizational structure to exercise control over students, to manage the quality of medical services provided by resident physicians.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5806,51 +5964,93 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. The residency shall carry out a selective clinical audit of the records of medication prescribed by residents in current and closed medical records for compliance with organizational procedures and patient safety.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. During the training period, the rights and obligations of full-time employees of the residency base, labor regulations, labor safety and health requirements of the residency base of the higher and (or) postgraduate medical education institution, national and (or) scientific center, research institute, shall apply to the resident physician.</w:t>
+      13. During the training period, the rights and obligations of regular employees of the residency base, the rules of labour regulations, as well as the safety and labour protection requirements of the residency base of the organization of higher and/or postgraduate education or the scientific organization in the field of healthcare, shall apply to the medical resident.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 13 is in the wording of the order № 66 of the acting Minister of Healthcare of the Republic of Kazakhstan dated 16 July 2025 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. During the residency training, resident physicians in senior years shall be given the opportunity to act as mentors for interns and resident physicians in junior years.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -5876,51 +6076,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Requirements for residency bases shall be:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) the status of a clinic of a healthcare educational institution and (or) a university hospital and (or) a national center and (or) a scientific center and (or) a research institute;</w:t>
+      1) the availability of the status of a clinical facility of an educational organization in the field of healthcare, and/or a university hospital, and/or a scientific organization in the field of healthcare;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) availability of accreditation for the compliance of the provided medical services with the established requirements and standards in health care;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5931,50 +6131,92 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) availability of accreditation for compliance with the requirements for residency bases;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) presence in the residency base’s staff list of the positions for resident physicians.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 15 as amended by the order № 66 of the acting Minister of Healthcare of the Republic of Kazakhstan dated 16 July 2025 (shall be enforced upon expiry of ten calendar days after its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -7243,55 +7485,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -7617,31 +7859,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>