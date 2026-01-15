--- v0 (2025-10-05)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1660719" w14:textId="1660719">
+    <w:p w14:paraId="2eed9da" w14:textId="2eed9da">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -787,151 +787,139 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ ҚР ДСМ-283/2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Rules for Confirming the Results of Continuing Professional Development, </w:t>
-[...11 lines deleted...]
-        <w:t>Assignment and Confirmation of Qualification Level of Healthcare Workers</w:t>
+        <w:t xml:space="preserve"> Rules for Confirming the Results of Continuous Professional Development, Assignment and Confirmation of the Qualification Level of Healthcare Workers</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Footnote. The Rules - as revised by order of the Minister of Health of the Republic of Kazakhstan № 43 of 28.06.2024 (shall become effective ten calendar days after the date of its first official publication).</w:t>
+      Footnote. The Rules as revised by order of the Minister of Health of the Republic of Kazakhstan dated 16.07.2025 № 66 (shall come into effect upon expiry of ten calendar days after the day of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 1. General provisions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. These Rules for Confirming the Results of Continuous Professional Development, Assignment and Confirmation of Qualification Level of Healthcare Workers (hereinafter - the Rules) have been drawn up under sub-paragraph 41) of Article 7 of the Code of the Republic of Kazakhstan “On Public Health and the Healthcare System” (hereinafter - the Code) and establish the procedure for confirming the results of continuous professional development, awarding and confirming the level of qualification of healthcare workers who have technical and vocational, post-secondary, higher, postgraduate education specialising in “Healthcare”,</w:t>
+      1. These Rules for Confirming the Results of Continuous Professional Development, Assignment and Confirmation of the Qualification Level of Healthcare Workers (hereinafter referred to as the Rules) have been drawn up under subparagraph 41) of Article 7 of the Code of the Republic of Kazakhstan “On Public Health and the Healthcare System” (hereinafter - the Code) and establish the procedure for confirming the results of continuous professional development, awarding and confirming the level of qualification of healthcare workers who have technical and vocational, post-secondary, higher, postgraduate education in “Healthcare” field of training.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. The results of continuous professional development (hereinafter referred to as CPD) of healthcare workers shall be confirmed by the personnel management service and the head of the healthcare organisation as per the criteria for confirming the results of continuous professional development of healthcare workers, pursuant to Appendix 1 hereto.</w:t>
+      2. The results of continuous professional development (hereinafter referred to as CPD) of healthcare workers shall be confirmed by the personnel management service and the head of the healthcare organization as per the criteria for confirming the results of continuous professional development of healthcare workers, pursuant to Appendix 1 hereto.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. The following concepts are used herein:</w:t>
+      3. The following concepts are used in these Rules:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) an accredited evaluation institution is an institution accredited by the authorized body of healthcare, evaluating the knowledge and skills of students and professional preparedness of graduates of educational programmes, specialists in the field of healthcare;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -941,141 +929,141 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) a credit unit in the system of continuous professional development of healthcare workers (hereinafter - CU) is a unified conventional unit of measurement of the volume of participation of a specialist in activities that contribute to continuous professional development for a certain period of professional activity;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) a healthcare worker is a natural person who has professional medical education and is engaged in healthcare activities;</w:t>
+      3) a healthcare worker is an individual who has professional medical education and is engaged in healthcare activities;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) additional education of healthcare professionals (hereinafter - additional education refers to the process of training undertaken to meet the educational needs of healthcare personnel to maintain, expand, deepen and improve professional knowledge, skills and abilities, as well as to master new (additional) competencies;</w:t>
+      4) additional education of healthcare workers (hereinafter - additional education refers to the process of training undertaken to meet the educational needs of healthcare personnel to maintain, expand, deepen and improve professional knowledge, skills and abilities, as well as to master new (additional) competencies;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) professional qualification is a degree of professional training characterising the possession of competences required to perform labour functions in a profession;</w:t>
+      5) professional qualification is a degree of professional training characterizing the possession of competences required to perform labor functions in a profession;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) professional standard is a written official document establishing general requirements for knowledge, skills, abilities, work experience with regard to formal and (or) non-formal and (or) informal education, level of qualification and competence, content, quality and conditions of labour in a specific area of professional activity;</w:t>
+      6) professional standard is a written official document establishing general requirements for knowledge, skills, abilities, work experience with regard to formal and (or) non-formal and (or) informal education, level of qualification and competence, content, quality and conditions of labor in a specific area of professional activity;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) sectoral qualifications framework (hereinafter – SQF) is a document developed on the basis of the National Classifier of Occupations of the Republic of Kazakhstan, the national qualifications framework and classifying in the sector the requirements for qualification of a specialist by levels depending on the complexity of the work performed and the nature of knowledge, skills and competences used in the sector;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) non-formal education is a type of education planned, organised and implemented by entities that offer educational services rendered without regard to the venue, timing and form of education, and accompanied by the issuance of a document confirming the results of studies.</w:t>
+      8) non-formal education is a type of education planned, organized and implemented by entities that offer educational services rendered without regard to the venue, timing and form of education, and accompanied by the issuance of a document confirming the results of studies.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. The results of the CPD of healthcare workers shall be documents certifying the results of additional, non-formal education, additional competences and other professional development activities, with due regard to the requirements under paragraph 3 of Article 269 of the Code.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1085,187 +1073,175 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The results of the CPD of health professionals shall be validated for the certification of health professionals under Article 27 of the Code.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Assignment and (or) confirmation of the level of qualification, as per the SQF of the sphere ‘’Healthcare‘’, to health care workers shall be effected based on the results of evaluation of knowledge and skills, issued by an accredited evaluation entity, as prescribed by these Rules.</w:t>
+      5. Assignment and (or) confirmation of the level of qualification, as per the SQF of the sphere “Healthcare” to healthcare workers shall be effected based on the results of assessment of professional preparedness, issued by an accredited organization for assessment, in a manner consistent with order of the Minister of Healthcare of the Republic of Kazakhstan dated December 11,  2020 № ҚР ДСМ-249/2020 “On approval of the rules for assessing the knowledge and skills of students, assessing the professional preparedness of graduates of educational programs in the field of healthcare and healthcare specialists” (registered in the Register of State Registration of Regulatory Legal Acts under № 21763).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Within the framework of the state services “Issuance of a Specialist Certificate for Admission to Clinical Practice” and “Issuance of a Foreign Specialist Certificate for Admission to Clinical Practice”, if there is a conclusion of an accredited evaluation entity, healthcare professionals shall receive or confirm a specialist certificate in their speciality (specialisation), with due regard to the level of the certificate awarded, in a manner consistent with order № KR DSM-274/2020 of the Minister of Healthcare of the Republic of Kazakhstan of December 15, 2020 “On Approval of the Rules for Certification of a Healthcare Specialist, Confirmation of the Validity of a Healthcare Specialist Certificate, Including Foreign Specialists, as well as the Conditions for Admission to Certification of a Healthcare Specialist of a Person Who Received Medical and (or) Pharmaceutical Education in the Field of Healthcare Outside the Republic of Kazakhstan” (recorded in the Register of State Registration of Regulatory Legal Acts under № 21818).</w:t>
+      Medical workers, upon receipt of a conclusion from an accredited assessment organization, within the framework of the state services “Issuance of a specialist certificate for admission to clinical practice”, “Issuance of a foreign specialist certificate for admission to clinical practice”, receive or confirm a specialist certificate in a specialty (specialization) taking into account the assigned or confirmed level of qualification, in the manner according to order of the Minister of Healthcare of the Republic of Kazakhstan dated December 15, 2020 № ҚР ДСМ-274/2020 "On approval of the rules for conducting certification of a healthcare specialist, confirmation of the validity of a healthcare specialist certificate, including foreign specialists, as well as the conditions for admission to certification of a healthcare specialist of a person who has received medical and (or) pharmaceutical education in the field of healthcare outside the Republic of Kazakhstan" (registered in the Register of State Registration of Regulatory Legal Acts under № 21818).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Chapter 2. Procedures for confirming the results </w:t>
-[...11 lines deleted...]
-        <w:t>of continuing professional development of healthcare professionals</w:t>
+        <w:t xml:space="preserve"> Chapter 2. Procedure for confirming the results of continuous professional development of healthcare workers</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. The results of the CPD of healthcare professionals shall be confirmed for the last 5 years by the head of the healthcare entity.</w:t>
+      6. The results of the CPD of healthcare workers shall be confirmed for the last 5 years by the head of the healthcare organization.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Upon availability of certifying documents of the NDP results, the healthcare professional shall file the supporting documents envisaged by the criteria, as per Appendix 1 hereof to the human resources management service at the place of his/her main activity.</w:t>
+      7. Upon availability of certifying documents of the CPD results, the healthcare worker shall file the supporting documents envisaged by the criteria, as per Appendix 1 hereof to the human resources management service at the place of his/her main activity.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Documents issued in a foreign language shall be furnished with a notarised translation in the Kazakh or Russian language.</w:t>
+      Documents issued in a foreign language shall be furnished with a notarized translation in the Kazakh or Russian language.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. The human resources service and the head of the healthcare institution shall award CU for each CPD outcome criterion.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. The final outcome of the CPD shall be summarised by adding together the CU for additional education, non-formal education and additional competences.</w:t>
+      9. The final outcome of the CPD shall be summarized by adding together the CU for additional education, non-formal education and additional competences.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Following the results of additional education (advanced training) CU shall be calculated for the last 5 years as per Chapter 1 of Appendix 1 hereto.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1327,303 +1303,321 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 3. Procedure for awarding and confirming qualification levels</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. A healthcare professional applying for awarding and (or) confirmation of the qualification level shall furnish to the accredited evaluation entity the results of the CPD as per paragraph 6 hereof.</w:t>
+      12. A healthcare worker applying for awarding or confirmation of the qualification level shall submit to the accredited organization for the assessment of CPD results according to paragraph 6 hereof.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      To assign the next level of qualification to a healthcare professional it shall be essential to:</w:t>
+            To assign the next level of qualification to a healthcare worker it shall be essential to:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) have education in the field of healthcare corresponding to the level of qualification, confirmed by a diploma of education;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) possess knowledge and skills confirmed by the result of the professional competence evaluation, issued by an accredited evaluation institution;</w:t>
+      2) A result of professional qualification assessment issued by an accredited assessment organization.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) perform labour functions complying with the declared level of qualification as per the requirements of the professional standard, confirmed by a report from the electronic register of services or professional activities signed by the head of the structural unit;</w:t>
+      3) performance of work functions corresponding to the stated qualification level in accordance with the requirements of the professional standard, confirmed by a report from the electronic service registry or a report on professional activity signed by the head of the structural unit;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) implement CPD activities certified by the human resources management service and the head of the healthcare organisation.</w:t>
+      4) confirmed CPD results, certified by the human resources management service and the head of the healthcare organization.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      When confirming the existing level of qualification, a healthcare professional shall not undergo the evaluation of knowledge and skills as per sub-paragraph 2) of this paragraph.</w:t>
+      Healthcare workers whose certificate of qualification category assignment expired after January 1, 2021, are eligible to receive the corresponding (equivalent) qualification level without undergoing the knowledge assessment stage and case testing (solving situational problems).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. To achieve the appropriate level of qualification, CPD activities shall be required, including additional, non-formal education and additional competences based on the criteria for confirming the results of continuous professional development of healthcare professionals as per Appendix 3 hereto.</w:t>
+      13. To achieve the appropriate level of qualification, CPD activities shall be required, including additional, non-formal education and additional competences based on the criteria for confirming the results of continuous professional development of healthcare workers as per Appendix 3 hereto.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. The total amount of continuing professional development activities for qualification levels shall not be less than 210 CU.</w:t>
+      14. The total amount of continuing professional development activities for qualification levels shall not be less than 210 ЗЕ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. Additional and (or) non-formal education received by healthcare professionals in foreign organisations included in three international academic rankings and among the first 250 (two hundred and fifty) positions of two or more of them (QS World University Rankings), (Academic Ranking of World Universities), rating of the best universities in the world according to the Times Higher Education World University Rankings stipulated by order of the Minister of Science and Higher Education of the Republic of Kazakhstan № 268 of June 12, 2023 “On Approval of the Rules for Recognition of Education Documents” (recorded in the Register of State Registration of Regulatory Legal Acts under № 32800) shall be recognised as valid in the Republic of Kazakhstan upon presentation of the original document.</w:t>
+      15. Additional and (or) non-formal education received by healthcare workers in foreign organizations included in three international academic rankings and among the first 250 (two hundred and fifty) positions of two or more of them (QS World University Rankings), (Academic Ranking of World Universities), rating of the best universities in the world according to the Times Higher Education World University Rankings stipulated by order of the Minister of Science and Higher Education of the Republic of Kazakhstan dated June 12, 2023 № 268 “On Approval of the Rules for Recognition of Education Documents” (registered in the Register of State Registration of Regulatory Legal Acts under № 32800), shall be recognized as valid in the Republic of Kazakhstan upon presentation of the original document.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Healthcare professionals shall be assigned the initial or next level of qualification based on the result of the evaluation of professional preparedness, issued by an accredited evaluation entity in the manner prescribed by order of the Minister of Health of the Republic of Kazakhstan № KR DSM-249/2020 of December 11, 2020 “On Approval of the Rules for Evaluating the Knowledge and Skills of Students, Evaluating the Professional Preparation of Graduates of Educational Programmes in the Field of Public Health and Specialists in the Field of Public Health” (recorded in the Register of State Registration of Regulatory Legal Acts under № 21763).</w:t>
+      16. Healthcare professionals shall be assigned the initial or next level of qualification based on the result of the evaluation of professional preparedness, issued by an accredited evaluation entity in the manner prescribed by order of the Minister of Health of the Republic of Kazakhstan dated December 11, 2020 № ҚР ДСМ-249/2020 “On Approval of the Rules for Evaluating the Knowledge and Skills of Students, Evaluating the Professional Preparation of Graduates of Educational Programmes in the Field of Public Health and Specialists in the Field of Public Health”  (registered in the Register of State Registration of Regulatory Legal Acts under № 21763).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Initial qualification levels 4.0, 5.0, 6.0, 7.0 (I), 7.1 (R) shall be assigned to graduates of educational and scientific institutions in the field of public health in compliance with the SQF in the field of public health as per Appendix 4 hereto.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18. The level of qualification in a specialisation shall be assigned within the framework of the major speciality, under order № KR DSM-218/2020 of the Minister of Health of the Republic of Kazakhstan of November 30, 2020 “On Approval of the List of Specialities and Specialisations Subject to Certification of Healthcare Professionals” (recorded in the Register of State Registration of Regulatory Legal Acts under № 21699).</w:t>
+      18. The level of qualification in a specialization shall be assigned within the framework of the major specialty, under order of the Minister of Healthcare of the Republic of Kazakhstan dated November 30, 2020 № ҚР ДСМ-218/2020 “On Approval of the List of Specialties and Specializations Subject to Certification of Healthcare Professionals” (registered in the Register of State Registration of Regulatory Legal Acts under № 21699).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. When assigning the next level of qualification, the sequence of qualification levels established by the SQF of the sphere “Public Health” shall be observed as per Appendix 5 hereto.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Healthcare professionals having indefinite certificates of category assignment shall reissue them for a certificate of a professional in a speciality with an appropriate level of qualification without undergoing evaluation of knowledge and skills.</w:t>
+            Healthcare professionals having indefinite certificates of category assignment shall reissue them for a certificate of a professional in a specialty with an appropriate level of qualification without undergoing assessment of professional preparedness.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Healthcare workers in the specialty of "Nursing" upon receiving post-secondary or higher medical education in the same specialty renew their specialist certificate while maintaining the qualification level of an equivalent qualification category, taking into account their previous work experience.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -1730,66 +1724,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Confirmation of the Qualification </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Level of Healthcare Workers</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z143" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Criteria for validating the results of continuing professional development of healthcare professionals</w:t>
+        <w:t xml:space="preserve"> Criteria for confirming the results of continuous professional development of healthcare workers</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -1876,51 +1872,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Criterion requirement</w:t>
+Requirement for criterion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2175,51 +2171,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Chapter 1: Additional education</w:t>
+Chapter 1. Additional education</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2252,87 +2248,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Additional education (professional development cycle)</w:t>
+Additional education (advanced training cycle)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-in line with the field of the declared speciality; in line with the level of the educational programme; specifying the number of hours or credits</w:t>
+in accordance with the profile of the declared specialty; in accordance with the level of the educational program; indication of the number of hours or credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2360,93 +2356,93 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-a copy of the certificate of advanced training</w:t>
+a copy of the certificate of completion of advanced training</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Chapter 2: Non-formal education</w:t>
+              <w:t xml:space="preserve">
+Chapter 2. Non-formal education </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2481,87 +2477,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Internship in the field of speciality</w:t>
+Internship in the field of specialty</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-of regional, city, national importance</w:t>
+of regional, city, republican significance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2590,51 +2586,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-a copy of the report on the implementation of the individual internship plan, data on the knowledge, skills and abilities acquired in the course of the internship, feedback from the head of the structural unit on the healthcare professional on the results of the internship</w:t>
+a copy of the report on the implementation of the individual internship plan, information on the knowledge, skills and abilities acquired during the internship, a review by the head of the structural unit of the healthcare specialist based on the results of the internship</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -2657,51 +2653,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-of international importance</w:t>
+of international significance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2819,87 +2815,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-in compliance with the profile of the declared speciality; specifying the number of hours or credits</w:t>
+in accordance with the profile of the declared specialty; indication of the number of hours or credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 hour = 0.5 credit unit</w:t>
+1 hour = 0,5 credit unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2968,123 +2964,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Participation in webinars, online courses, other training activities organised using distance learning technologies</w:t>
+Participation in webinars, online courses, and other educational events conducted using distance learning technologies</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-in conformity with the profile of the declared speciality; specifying the number of hours or credits</w:t>
+in accordance with the profile of the declared specialty; indication of the number of hours or credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 hour = 0.5 credit unit</w:t>
+1 hour = 0,5 credit unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3118,51 +3114,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Chapter 3: Additional competences</w:t>
+Chapter 3. Aditional competences</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -3233,124 +3229,124 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-of regional, city importance</w:t>
+of regional, city, significance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 day = 5 credit units; presentation = 10 credit units</w:t>
+1 day = 5 credit units; report = 10 credit units</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-participant's document and (or) conference programme specifying the speaker's full name, topic, venue, organiser, date</w:t>
+a document of the participant and/or conference program indicating the full name of the speaker, topic, venue, organizer, date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -3372,88 +3368,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-of national importance</w:t>
+              <w:t xml:space="preserve">
+ of republican significance </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 day = 10 credit units; presentation = 50 credit units</w:t>
+1 day = 10 credit units; report = 50 credit units</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -3489,87 +3485,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-of international importance</w:t>
+of international significance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-day = 40 credit units; presentation = 100 credit units</w:t>
+day = 40 credit units; report = 100 credit units</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -3615,159 +3611,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Publication of monographs, guidelines, methodological recommendations</w:t>
+Publication of a monograph, guidelines, methodological recommendations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-as per the profile of the claimed speciality; first author or mono-authorship</w:t>
+in accordance with the profile of the claimed specialty; first author or mono-authorship</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 monograph = 180 credit units; manual, methodological recommendations = 30 credit units</w:t>
+1 monograph = 180 credit units; guidelines, methodological recommendations = 30 credit units</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-an electronic copy of a published monograph, manual, guidelines, methodological recommendations, first author</w:t>
+an electronic copy of a monograph, guidelines, methodological recommendations, first author</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3854,51 +3850,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-in line with the profile of the claimed speciality; first author or mono-authorship</w:t>
+in accordance with the profile of the claimed specialty; first author or mono-authorship</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4003,87 +3999,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Publication of a scientific article in periodicals included in the list of those recommended by the Quality Assurance Committee in Science and Higher Education of the Ministry of Science and Higher Education of the Republic of Kazakhstan.</w:t>
+Publication of a scientific article in periodicals included in the list of those recommended by the Quality Assurance Committee in Science and Higher Education of the Ministry of Science and Higher Education of the Republic of Kazakhstan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-in compliance with the profile of the claimed speciality; the first 3 authors</w:t>
+in accordance with the profile of the claimed specialty; the first 3 authors</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4111,51 +4107,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-an electronic copy of the published article, first 3 authors</w:t>
+an electronic copy of a published article, first 3 authors</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4224,51 +4220,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-in conformity with the profile of the claimed speciality; the first 3 authors</w:t>
+in accordance with the profile of the claimed specialty; the first 3 authors</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4296,51 +4292,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-an electronic copy of the published article, first 3 authors</w:t>
+an electronic copy of a published article, first 3 authors</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4409,51 +4405,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-in compliance with the profile of the declared speciality</w:t>
+in accordance with the profile of the claimed specialty</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4481,51 +4477,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-reference to the published article in Scopus, Web of Science, Springer databases</w:t>
+link to the published article in Scopus, Web of Science, Springer databases</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4558,87 +4554,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Getting a patent</w:t>
+Obtaining a patent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-in compliance with the profile of the declared speciality</w:t>
+in accordance with the profile of the declared specialty</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4779,51 +4775,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-in line with the profile of the declared speciality</w:t>
+in accordance with the profile of the declared specialty</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4928,87 +4924,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Mentoring, teaching activities</w:t>
+Tutoring, teaching activities</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-in line with the profile of the declared speciality</w:t>
+in accordance with the profile of the declared specialty</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5036,51 +5032,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-a copy of the medical organisation's order appointing a mentor, and/or a certificate of advanced training in tutoring and (or) mentoring</w:t>
+a copy of the order from the medical organization on the appointment as a tutor, and (or) a certificate of advanced training in tutoring and (or) mentoring</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5113,159 +5109,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Mentoring for young and newly hired specialists</w:t>
+Tutoring for young and newly hired specialists</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-in line with the profile of the declared speciality</w:t>
+in accordance with the profile of the declared specialty</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-within one year as a mentor = 10 credit units</w:t>
+within a year as a tutor = 10 credit units</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-a copy of the order appointing a mentor</w:t>
+a copy of the order on the appointment as a tutor</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5334,51 +5330,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-in line with the profile of the declared speciality</w:t>
+in accordance with the profile of the declared specialty</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5519,51 +5515,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-as per the profile of the applied speciality; at least 1 year with active membership at the time of confirmation</w:t>
+in accordance with the profile of the declared specialty; at least 1 year with active membership at the time of confirmation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5722,51 +5718,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-in line with the profile of the claimed speciality; for 5 years at least 1 year with active membership at the time of confirmation</w:t>
+in accordance with the profile of the declared specialty; for 5 years with at least 1 year of active membership at the time of confirmation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5910,83 +5906,86 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Expert and/or coaching activities</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...31 lines deleted...]
-              <w:t>Within one year at the time of confirmation</w:t>
+          <w:bookmarkStart w:name="z144" w:id="1"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+in accordance with the profile of the declared specialty;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="1"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+within one year at the time of confirmation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6109,105 +6108,107 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Participation in the development of normative legal and other regulatory acts</w:t>
+Participation in the development of regulatory legal and other regulatory acts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...32 lines deleted...]
-national level (clinical protocols, clinical nursing guidelines, standards of operating procedures, sectoral programmes, state standards of education)</w:t>
+          <w:bookmarkStart w:name="z145" w:id="2"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+In accordance with the profile of the declared specialty;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="2"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+at the national level (clinical protocols, clinical nursing guidelines, operating procedure standards, industry programs, state educational standards)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6348,51 +6349,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-in line with the profile of the declared speciality</w:t>
+In accordance with the profile of the declared specialty</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6533,51 +6534,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-in conformity with the profile of the declared speciality within 5 years at the time of confirmation</w:t>
+In accordance with the profile of the declared specialty within 5 years at the time of confirmation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6606,235 +6607,50 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 an extract from the minutes of the meeting of the independent expert commission on the participation of the expert and a copy of the order approving the composition of the independent expert commission</w:t>
-            </w:r>
-[...183 lines deleted...]
-a positive result of self-evaluation of knowledge and skills (equal to or above the threshold level)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6944,240 +6760,228 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Confirmation of the Qualification </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Level of Healthcare Workers</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z147" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Document form </w:t>
+      Form </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z148" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Confirmation of the results of continuing </w:t>
-[...11 lines deleted...]
-        <w:t>professional development of healthcare professionals</w:t>
+        <w:t xml:space="preserve"> Confirmation of the results of continuous professional development of healthcare workers</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z149" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Surname, first name, patronymic (if any) ___________________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z150" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Declared speciality ______________________________________</w:t>
+      3. Total work length of service of the healthcare worker (years, months, days) ________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z151" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Total length of service of the healthcare worker (years, months, days) ________</w:t>
+      4. Length of service in the declared specialty (years, months, days) _______</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z152" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Length of service in the declared speciality (years, months, days) _______</w:t>
+      5. Current place of employment _________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z153" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Position held _________________________________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z154" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Labour activity in the declared speciality</w:t>
+      7. Labour activity in the declared specialty</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z155" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (at the time of confirmation of the results of continuing professional development in the declared speciality)</w:t>
+       (at the time of confirmation of the results of continuing professional development in the declared specialty)</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="11"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -7193,51 +6997,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Date of receipt</w:t>
+Date of acceptance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7827,152 +7631,122 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z157" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Level of sectoral qualifications framework ________________________</w:t>
+      8. Level of sectoral qualifications framework ____________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Qualification category (if any) ______________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Postgraduate education (if any) ______________________</w:t>
+      10. Postgraduate education (if any) ____________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Results of the CPD _____________________________________________</w:t>
-[...31 lines deleted...]
-</w:t>
+      11. Results of the CPD ______________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -8101,51 +7875,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Chapter 1: Further Education</w:t>
+Chapter 1. Additional education</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8248,51 +8022,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Chapter 2: Non-formal education</w:t>
+Chapter 2. Non-formal education</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8710,51 +8484,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Chapter 3: Additional competences</w:t>
+Chapter 3. Additional competences</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10501,158 +10275,210 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z161" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Head of Human Resources Management Service___________________________</w:t>
+      Head of Human Resources Management Service _____________________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z162" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      surname, first name, patronymic (if any) __________________________________</w:t>
+                                     surname, first name, patronymic (if any)</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z163" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (signature) date of issuance</w:t>
+       __________________________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z164" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Head of the healthcare entity ________________________________</w:t>
+                   (signature) date of issuance</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z165" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      surname, first name, patronymic (if any)</w:t>
+      Head of the healthcare organization ________________________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z166" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      _____________________ (signature) date of issuance</w:t>
+                                     surname, first name, patronymic (if any)</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z167" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z168" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             (signature) date of issuance</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10757,66 +10583,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Confirmation of the Qualification </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Level of Healthcare Workers</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z170" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Continuous professional development of healthcare workers</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="21"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -10947,465 +10775,583 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Levels of the sectoral qualifications framework</w:t>
+Levels of the sectoral</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...68 lines deleted...]
-7.0 (I); </w:t>
+          <w:bookmarkStart w:name="z171" w:id="22"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.0;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="22"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5.0;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6.0;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7.0 (I);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.1 (R)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...68 lines deleted...]
-7.1 (I); </w:t>
+          <w:bookmarkStart w:name="z175" w:id="23"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.1;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="23"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5.1;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6.1;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7.1 (I);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.2 (R)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...68 lines deleted...]
-7.2 (I); </w:t>
+          <w:bookmarkStart w:name="z179" w:id="24"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.2;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="24"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5.2;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6.2;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7.2 (I);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.3 (R)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...68 lines deleted...]
-7.3 (I); </w:t>
+          <w:bookmarkStart w:name="z183" w:id="25"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.3;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="25"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.3;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6.3;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7.3 (I);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.4 (R)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -11654,195 +11600,307 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Total continuing professional development activities (sum of credits of additional education, non-formal education and additional competences)</w:t>
+Total volume of continuous professional development activities (sum of credit units of additional education, non-formal education and additional competencies)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-at least 210 credit units over 5 years</w:t>
+-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-at least 210 credit units in 5 years or participation in the Independent Expert Commission when examining an insured event, at least 3 times in the last 3 years.</w:t>
+At least 210 credit units</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+over 5 years</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+or participation in an Independent Expert Commission during an insurance claim review at least three times in the last three years</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...14 lines deleted...]
-at least 210 credit units in 5 years or participation in the Independent Expert Commission when examining an insured event, at least 3 times in the last 3 years.</w:t>
+          <w:bookmarkStart w:name="z190" w:id="26"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+At least 210 credit units</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="26"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+over 5 years or</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+participation in an Independent Expert Commission for an insurance claim review at least three times in the last three years.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...14 lines deleted...]
-at least 210 credit units in 5 years or participation in the Independent Expert Commission when examining an insured event, at least 3 times in the last 3 years.</w:t>
+          <w:bookmarkStart w:name="z193" w:id="27"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+At least 210 credit units</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="27"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+over 5 years or</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+participation in an Independent Expert Commission for an insurance claim review at least three times in the last three years.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -11912,159 +11970,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-at least 150 credit units (hours) of advanced training at the basic level</w:t>
+-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-at least 150 credit units (hours) of basic or intermediate level professional development</w:t>
+at least 150 credit units (hours) of advanced training at the basic or intermediate level</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-at least 120 credit units (hours) of advanced training at the intermediate or higher level</w:t>
+at least 120 credit units (hours) of advanced training at the intermediate or highest level</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-at least 60 credit units (hours) of advanced training at a higher or specialised level</w:t>
+at least 60 credit units (hours) of advanced training at a highest or specialized level</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -12092,393 +12150,195 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Non-formal education</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
+and additional competencies</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-at least 50 credit units (hours)</w:t>
+-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-not less than 50 credit units (hours)</w:t>
+at least 60 credit units</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-at least 50 credit units (hours)</w:t>
+at least 90 credit units</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-at least 60 credit units of regional, national or international level</w:t>
-[...197 lines deleted...]
-at least 90 credit units of events of regional, national or international level</w:t>
+at least 150 credit units</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -12588,66 +12448,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Confirmation of the Qualification </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Level of Healthcare Workers</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z196" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Initial qualification levels</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="28"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -12659,87 +12521,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Qualification level of the SQF</w:t>
+SQF qualification level</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Level of education in the health sector</w:t>
+Level of education in the healthcare sector</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12988,68 +12850,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.0 (I)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z197" w:id="29"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Postgraduate education (master's degree based on a completed bachelor's programme) and/or practical work experience; or higher basic medical education (internship) and/or continuing integrated medical education</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="29"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -13065,68 +12929,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.1 (R)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z198" w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 postgraduate education (residency) certification course (for specialisation*)</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="30"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -13311,66 +13177,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Confirmation of the Qualification </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Level of Healthcare Workers</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z200" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ordinary levels of qualification</w:t>
+        <w:t xml:space="preserve"> Ordinary qualification levels </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="31"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -13384,87 +13252,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Level of education in healthcare</w:t>
+Level of education in the healthcare sector</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Qualification level of the SQF</w:t>
+SQF qualification level</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13492,51 +13360,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Continuous work experience in the declared speciality and (or) specialisation since the date of obtaining the previous level of qualification</w:t>
+Availability of continuous work experience in the declared specialty and (or) specialization from the date of obtaining the previous level of qualification</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -13606,87 +13474,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-second one</w:t>
+second</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-at least 5 years</w:t>
+              <w:t xml:space="preserve">
+at least 5 years </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
@@ -13732,87 +13600,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-first one</w:t>
+first</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-at least 4 years</w:t>
+              <w:t xml:space="preserve">
+at least 4 years </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
@@ -13858,87 +13726,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-highest one</w:t>
+highest</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-at least 3 years</w:t>
+              <w:t xml:space="preserve">
+at least 3 years </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -14008,87 +13876,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-second one</w:t>
+second</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-at least 5 years</w:t>
+              <w:t xml:space="preserve">
+at least 5 years </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
@@ -14134,87 +14002,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-first one</w:t>
+first</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-at least 4 years</w:t>
+              <w:t xml:space="preserve">
+at least 4 years </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
@@ -14260,87 +14128,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-highest one</w:t>
+highest</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-at least 3 years</w:t>
+              <w:t xml:space="preserve">
+at least 3 years </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -14410,87 +14278,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-second one</w:t>
+second</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-at least 5 years</w:t>
+              <w:t xml:space="preserve">
+at least 5 years </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
@@ -14536,87 +14404,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-first one</w:t>
+first</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-at least 4 years</w:t>
+              <w:t xml:space="preserve">
+at least 4 years </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
@@ -14662,87 +14530,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-highest one</w:t>
+highest</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-at least 3 years</w:t>
+              <w:t xml:space="preserve">
+at least 3 years </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -14812,87 +14680,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-second one</w:t>
+second</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-at least 5 years</w:t>
+              <w:t xml:space="preserve">
+at least 5 years </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
@@ -14938,87 +14806,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-first one</w:t>
+first</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-at least 4 years</w:t>
+              <w:t xml:space="preserve">
+at least 4 years </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
@@ -15064,129 +14932,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-highest one</w:t>
+highest</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-at least 3 years</w:t>
+              <w:t xml:space="preserve">
+at least 3 years </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Postgraduate education (clinical residency, retraining, residency) </w:t>
+ Postgraduate education (clinical residency, retraining, residency) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15214,87 +15082,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-second one</w:t>
+second</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-at least 5 years</w:t>
+              <w:t xml:space="preserve">
+at least 5 years </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
@@ -15340,87 +15208,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-first one</w:t>
+first</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-at least 4 years</w:t>
+              <w:t xml:space="preserve">
+at least 4 years </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
@@ -15466,87 +15334,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-highest one</w:t>
+highest</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-at least 3 years</w:t>
+              <w:t xml:space="preserve">
+at least 3 years </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15649,125 +15517,171 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...19 lines deleted...]
-    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>