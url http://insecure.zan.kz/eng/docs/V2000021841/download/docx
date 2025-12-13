--- v0 (2025-10-10)
+++ v1 (2025-12-13)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="91072fa" w14:textId="91072fa">
+    <w:p w14:paraId="ccfe2d1" w14:textId="ccfe2d1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1137,332 +1138,494 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Footnote. Paragraph 3 – as amended by the order of the Minister of Healthcare of the Republic of Kazakhstan dated 11.03.2022, № KR DSM -23 (shall come into effect ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="18"/>
+    <w:bookmarkStart w:name="z26" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Notification of an acute occupational disease and (or) poisoning of an employee from the moment of establishing a preliminary diagnosis within twenty-four hours shall be sent by the medical organization to the territorial division of the state body in the field of sanitary and epidemiological welfare of the population (hereinafter referred to as the Territorial division) and to the head of the organization (employer) at the patient's place of work.</w:t>
+      4. Notification of an acute occupational disease and/or poisoning of an employee shall be sent by the medical organization in paper or electronic form to the territorial division of the state body in the sphere of sanitary-epidemiological welfare of the population (hereinafter referred to as the territorial division) and to the head of the organization (employer) at the patient's place of work within twenty-four hours from the moment the preliminary diagnosis is established.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Notification of a preliminary diagnosis of chronic occupational disease and (or) poisoning from the moment the preliminary diagnosis is established shall be sent within three working days by the medical organization to the territorial unit and the head of the organization (employer) at the patient’s place of work, as well as to the state health care organization providing specialized medical care in Occupational Pathology and Examination.</w:t>
+      Notification of a preliminary diagnosis of a chronic occupational disease and/or poisoning shall be sent by the medical organization in written or electronic form to the territorial division, to the head of the organization (employer) at the patient's place of work, and also to the state healthcare organization providing specialized medical care in the field of occupational pathology and expertise within three working days from the moment the preliminary diagnosis is established.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 4 – as amended by the order of the Minister of Healthcare of the Republic of Kazakhstan dated 11.03.2022 № KR DSM -23 (shall come into effect upon the expiration of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote: Paragraph 4 is in the wording of the Order № 80 of the Minister of Healthcare of the Republic of Kazakhstan dated 14 August 2025 (shall enter into force upon the expiration of ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...4 lines deleted...]
-    <w:bookmarkStart w:name="z27" w:id="20"/>
+        <w:t>
+      5. In case of change or cancellation of the diagnosis of an acute occupational disease and/or poisoning, the medical organization shall send a new notification in written or electronic form within twenty-four hours to the territorial division and to the head of the organization (employer) at the patient's place of work, and shall register it in a numbered, bound logbook for recording cases of occupational diseases and/or poisonings, according to the form provided in Appendix 1 to these Procedures.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote: Paragraph 5 is in the wording of the Order № 80 of the Minister of Healthcare of the Republic of Kazakhstan dated 14 August 2025 (shall enter into force upon the expiration of ten calendar days after the day of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Chronic occupational disease is established by expert occupational pathological commissions established in state healthcare organizations that provide specialized medical care in the field of occupational pathology and expertise (hereinafter referred to as the occupational health clinic), which conduct an examination of establishing the connection between occupational disease and the performance of labor (official) duties.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z28" w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z28" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. For each case of chronic occupational disease, a professional health clinic conducting an examination of establishing a connection between an occupational disease and the performance of labor (official) duties, a notification of an occupational disease is filled out in the form approved by the state body in the field of sanitary and epidemiological welfare of the population, in accordance with subparagraph 3) of article 9 of the Code.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z30" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. A notification of a chronic occupational disease shall be sent in written or electronic form within three working days from the date of diagnosis establishment to the territorial division, the medical organization that referred the patient for the examination to establish the connection between the occupational disease and the performance of labour (service) duties, and to the employer at the patient's last place of work involving contact with harmful and/or hazardous production factors, including after the termination of labour relations with such an employer.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z29" w:id="22"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 8 – in the wording of the order of the Minister of Healthcare of the Republic of Kazakhstan dated 28.06.2024 № 42 (shall enter into force upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote: Paragraph 8 is in the wording of the Order № 80 of the Minister of Healthcare of the Republic of Kazakhstan dated 14 August 2025 (shall enter into force upon the expiration of ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. If the diagnosis of a chronic occupational disease is changed or canceled within three working days the occupational health clinic, which carried out an examination of establishing the connection between occupational disease and the performance of labor (official) duties, sends a new notice of occupational disease to the territorial subdivision, to the employer at the patient's last place of work in contact with harmful and (or) hazardous production factors, and a medical organization that sent the patient for examination to establish a connection between an occupational disease and the performance of labor (official) duties.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z31" w:id="24"/>
+      9. In case of a change or cancellation of the diagnosis of a chronic occupational disease, the occupational health clinic that conducted the examination to establish the connection between the occupational disease and the performance of labour (service) duties shall, within three working days, send a new notification of the occupational disease in written or electronic form to the territorial division, to the employer at the patient's last place of work involving contact with harmful and/or hazardous production factors, and to the medical organization that referred the patient for the examination to establish the connection between the occupational disease and the performance of labour (service) duties.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote: Paragraph 9 is in the wording of the Order № 80 of the Minister of Healthcare of the Republic of Kazakhstan dated 14 August 2025 (shall enter into force upon the expiration of ten calendar days after the day of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. One copy of the notice of occupational disease is kept in the occupational health clinic permanently in accordance with paragraph 419 of the order of the acting Minister of Culture and Sports of the Republic of Kazakhstan dated September 29, 2017 № 263 "On approval of the List of standard documents generated in the activities of state and non-state organizations, with indication of the storage period" (registered in the Register of state registration of regulatory legal acts of the Republic of Kazakhstan on November 18, 2017 under № 15997, published on November 21, 2017 in the Reference Control Bank of regulatory legal acts of the Republic of Kazakhstan).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z32" w:id="25"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z33" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. After the establishment of a chronic occupational disease, by the specialists of the occupational health clinic, who carried out the examination of establishing the connection between the occupational disease and the performance of labor (official) duties, the patient's data are registered in a numbered, laced register of cases of occupational diseases and (or) poisoning in the form, according to the appendix to this Procedure.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z33" w:id="26"/>
+      11. After the confirmation of a chronic occupational disease, the patient's data shall be recorded by the specialists of the occupational health clinic who conducted the examination to establish the connection between the occupational disease and the performance of labour (service) duties. This registration shall be made in a numbered, bound logbook for recording cases of occupational diseases and/or poisonings, using the form specified in Appendix 1 to these Procedures.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote: Paragraph 11 is in the wording of the Order № 80 of the Minister of Healthcare of the Republic of Kazakhstan dated 14 August 2025 (shall enter into force upon the expiration of ten calendar days after the day of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...3 lines deleted...]
-    <w:bookmarkEnd w:id="26"/>
+        <w:t>
+      12. The occupational health clinic shall annually, by the 10th day of the month following the reporting period, submit data on all cases of occupational diseases (in written or electronic form) to the state body in the sphere of sanitary-epidemiological welfare of the population, according to the form provided in Appendix 2 to these Procedures.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Footnote: Paragraph 12 is in the wording of the Order № 80 of the Minister of Healthcare of the Republic of Kazakhstan dated 14 August 2025 (shall enter into force upon the expiration of ten calendar days after the day of its first official publication). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Territorial divisions shall take into account data on all cases of occupational diseases and (or) poisoning according to the occupational disease (poisoning) registration card, approved by order of the Minister of Healthcare of the Republic of Kazakhstan dated August 20, 2021, № KR DSM-84 “On approval of forms of accounting and reporting documentation in the sphere of sanitary and epidemiological welfare of the population" (registered in the State Register of Normative Legal Acts under № 24082).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -1542,878 +1705,1735 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...237 lines deleted...]
-              <w:br/>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Appendix 1 to the procedure</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">for registration by healthcare </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>entities providing specialized</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>medical care in the field</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>of occupational pathology</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and expertise at the place of </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>their detection of all cases</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>of occupational diseases</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>and (or) poisoning, including</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>suspicions of occupational diseases</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and (or) poisoning caused by </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the exposure of an employee </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>to harmful production factors</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>in connection with the</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>employee's performance of their labour (official) duties) obligations, or other actions, on its own initiative in the interests</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>of the employer, including after</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>the termination of the employment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>relationship with the employer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:bookmarkStart w:name="z186" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Кәсіптік аурулар және (немесе) уланулар оқиғаларын есепке алу журналы</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="27"/>
+        <w:t xml:space="preserve"> Log of occupational diseases and / or poisoning cases  (started) "____" _________________________(y.) (finished) "____" ____________________ (y.)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...46 lines deleted...]
-          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Footnote. Annex – in the wording of the order of the Minister of Healthcare of the Republic of Kazakhstan dated 28.06.2024 № 42 (shall enter into force upon expiry of ten calendar days after the day of its first official publication).</w:t>
-[...37 lines deleted...]
-      Аяқталды (finished) "____"___________________________(г.)</w:t>
+      Footnote. Appendix 1 is in the wording of the Order of the Minister of Healthcare of the Republic of Kazakhstan dated 14 August 2025 № 80 (shall enter into force upon expiration of ten calendar days after the date of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1366"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="947"/>
+        <w:gridCol w:w="947"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тіркеу нөмірі</w:t>
-[...22 lines deleted...]
-            <w:tcW w:w="1366" w:type="dxa"/>
+Registration number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Т.А.Ә. (болған жағдайда)</w:t>
-[...22 lines deleted...]
-            <w:tcW w:w="1366" w:type="dxa"/>
+(Full name (if any)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жынысы</w:t>
-[...22 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+Gender</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жасы</w:t>
-[...22 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+Age</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ұйымның атауы</w:t>
-[...22 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+Name of the organization</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Цех, бөлімше, учаске</w:t>
-[...22 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+Workshop, department, site</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z52" w:id="29"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кәсібі</w:t>
-[...18 lines deleted...]
-Specialty</w:t>
+Profession</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс өтілі</w:t>
-[...16 lines deleted...]
-              <w:t>Work experience</w:t>
+Work experience</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Harmful production factors</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Diagnosis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Name of the organization that established the final diagnosis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Note</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -2471,1518 +3491,4706 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жалпы еңбек өтілі</w:t>
-[...22 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+Total work experience</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кәсіби ауруды туғызған өндірістік зиянды факторлармен жанасуда болған</w:t>
-[...18 lines deleted...]
-          </w:p>
+Exposed to the harmful production factors that caused the occupational disease</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...6 lines deleted...]
-            <w:tcW w:w="1366" w:type="dxa"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Appendix 2 to the procedure</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">for registration by healthcare </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>entities providing specialized</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>medical care in the field</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>of occupational pathology</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and expertise at the place of </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>their detection of all cases</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>of occupational diseases</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>and (or) poisoning, including</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>suspicions of occupational diseases</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and (or) poisoning caused by </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the exposure of an employee </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>to harmful production factors</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>in connection with the</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">employee's performance of their  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>labour (official) duties) obligations, or other actions, on its own initiative in the interests</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>of the employer, including after</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>the termination of the employment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>relationship with the employer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Form</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>for collecting</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>administrative data</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. The procedure has been supplemented by Appendix 2 in accordance with the Order of the Minister of Healthcare of the Republic of Kazakhstan dated 14 August 2025 № 80 (shall enter into force upon expiration of ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z190" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Submitted to the authorized body in the field of sanitary and epidemiological welfare of the population.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The form of administrative data is available on the Internet resource: On the website of the Committee of Sanitary and Epidemiological Control of the Ministry of Healthcare of the Republic of Kazakhstan (https://www.gov.kz/memleket/entities/ksek?lang=ru);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Name of the administrative data form: Information on occupational morbidity;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Index of the administrative data form (short alphanumeric expression of the form name): 01-IRPC;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Frequency: Annual;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Reporting period: for 20__year;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Circle of persons providing information: Professional Health Clinic.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Deadline for submission of the form for collecting administrative data on a gratuitous basis: annually, no later than January 5, following the reporting year. Based on the results of notifications received during the year, the Professional Health Clinic sends the final annual information to the authorized body in the field of sanitary and epidemiological welfare of the population.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Data on established occupational diseases for 20___ year </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      IIN/BIN</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="3111500" cy="355600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3111500" cy="355600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Collection method: in paper or electronic format</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="947"/>
+        <w:gridCol w:w="947"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Date of establishment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Notification No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өндірістік зиянды факторлар</w:t>
-[...22 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+Place of work</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Диагнозы</w:t>
-[...22 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+Profession</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қорытынды диагнозды қойған ұйымның атауы</w:t>
-[...22 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+First (main) occupational disease Diagnosis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ескерту</w:t>
-[...27 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+Second (competing) occupational disease. Diagnosis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Third (competing) occupational disease. Diagnosis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+Fourth (competing) occupational disease. Diagnosis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+Fifth (competing) occupational disease. Diagnosis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13</w:t>
-[...10 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Name ______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>___________________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Address_______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z53" w:id="30"/>
+    <w:bookmarkStart w:name="z192" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      Phone number ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Email address</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Performer___________________________________ ____</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...12 lines deleted...]
-    <w:bookmarkEnd w:id="30"/>
+      last name, first name and patronymic (if any) signature, phone number </w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ТАӘ – Тегі, аты, әкесінің аты;</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z55" w:id="31"/>
+      Head or person performing his/her duties</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...12 lines deleted...]
-    <w:bookmarkEnd w:id="31"/>
+      ___________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      last name, first name and patronymic (if any) signature</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Place for seal (except for persons who are subjects of private</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      entrepreneurship) ___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Appendix to the form</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>for collecting data</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Explanation of filling out the professional health Clinic information form (01-IRPC)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z195" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Column 2 indicates the date of establishment of the preliminary diagnosis;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Column 3 indicates the date when the notification was sent to the occupational health clinic.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Column 4 indicates the place of work, the name of the organization, and the location of the </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      object.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Column 5 indicates the profession in which the employee received an occupational disease;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Column 6 indicates the main occupational disease, indicating the diagnosis;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Columns 7-10 indicate additional competing diseases, including diagnoses.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4304,35 +8512,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>