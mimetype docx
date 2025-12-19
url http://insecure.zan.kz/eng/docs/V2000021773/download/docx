--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="68fe1db" w14:textId="68fe1db">
+    <w:p w14:paraId="fd0fc02" w14:textId="fd0fc02">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -131,117 +131,149 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Order № KR DSM-253/2020 of the Minister of Healthcare of the Republic of Kazakhstan as of December 11, 2020. It is registered with the Ministry of Justice of the Republic of Kazakhstan on December 14, 2020 under № 21773</w:t>
+        <w:t>Order № KR DSM-253/2020 of the Minister of Healthcare of the Republic of Kazakhstan as of December 11, 2020. It is registered with the Ministry of Justice of the Republic of Kazakhstan on December 14, 2020 under № 21773.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Unofficial translation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...27 lines deleted...]
-      In order to implement paragraph 1 of Article 266 of the Code of the Republic of Kazakhstan “On Public Health and the Healthcare System” as of July 7, 2020, I hereby </w:t>
+      In order to implement paragraph 1 of Article 266 of the Code of the Republic of Kazakhstan “On Public Health and Healthcare System”, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ORDER</w:t>
+        <w:t>I HEREBY ORDER</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. The preamble as amended by the order of the Acting Minister of Health of the Republic of Kazakhstan dated 16.07.2025 № 66 (shall be enforced ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. To approve the appended rules for recordkeeping of human resources in the field of healthcare (maintaining a professional register). </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
@@ -352,127 +384,139 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. This order comes into effect ten calendar days of its first official publication.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7792"/>
-        <w:gridCol w:w="4208"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7792" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Minister of Healthcare of</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">the Republic of Kazakhstan </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4208" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -657,940 +701,1116 @@
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>for recordkeeping of human resources in the field of healthcare (maintaining a professional register)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapter 1. General provisions </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z10" w:id="8"/>
-[...15 lines deleted...]
-      1. These rules for recordkeeping of human resources in the field of healthcare (maintaining a professional register) (hereinafter referred to as the Rules) have been developed in accordance with paragraph 1 of Article 266 of the Code of the Republic of Kazakhstan “On Public Health and the Healthcare System” as of July 7, 2020 (hereinafter referred to as the Code) and establish the procedure for recordkeeping of human resources in the field of healthcare (maintaining a professional register).</w:t>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. These rules for recordkeeping of human resources in the field of healthcare (maintaining a professional register) (hereinafter referred to as the Rules) have been developed in accordance with paragraph 1 of Article 266 of the Code of the Republic of Kazakhstan “On Public Health and Healthcare System” (hereinafter referred to as the Code) and establish the procedure for recordkeeping of human resources in the field of healthcare (maintaining a professional register).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
-[...15 lines deleted...]
-      2. The national system of recordkeeping of human resources in the field of healthcare (hereinafter referred to as the Professional Register) is the basis for registration, recordkeeping, migration, outflow in order to ensure personalized recording, as well as continuous professional development of health workers.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 1 as amended by the order of the Acting Minister of Health of the Republic of Kazakhstan dated 16.07.2025 № 66 (shall be enforced ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. The national system of recordkeeping of human resources in the field of healthcare (hereinafter referred to as the Professional Register) is the basis for registration, recordkeeping, migration, outflow in order to ensure personalized recording, as well as continuous professional development of healthcare workers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 2 as amended by the order of the Acting Minister of Health of the Republic of Kazakhstan dated 16.07.2025 № 66 (shall be enforced ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Maintaining a professional register serves as the basis for monitoring and forecasting the development of the labor market and human resources, planning personnel training.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
-[...15 lines deleted...]
-      3. Maintaining a professional register serves as the basis for monitoring and forecasting the development of the labor market and human resources, planning personnel training.</w:t>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. The Professional Register:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
-[...15 lines deleted...]
-      4. The Professional Register:</w:t>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) keeps record of the existing human resources in the field of healthcare in the context of healthcare entities, administrative-territorial unit;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
-[...15 lines deleted...]
-      1) keeps record of the existing human resources in the field of healthcare in the context of healthcare entities, administrative-territorial unit;</w:t>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) keeps record of information on the professional development of human resources in the field of healthcare;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
-[...15 lines deleted...]
-      2) keeps record of information on the professional development of human resources in the field of healthcare;</w:t>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) monitors, analyzes, forecasts and provides strategic planning of human resources in the field of healthcare;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
-[...15 lines deleted...]
-      3) monitors, analyzes, forecasts and provides strategic planning of human resources in the field of healthcare;</w:t>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) analyzed data in terms of staffing of healthcare entities, including the need for staff in the context of the specialties of a medical facility;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z17" w:id="15"/>
-[...15 lines deleted...]
-      4) analyzed data in terms of staffing of healthcare entities, including the need for staff in the context of the specialties of a medical facility;</w:t>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) provides access to professional medical associations and public associations operating in the field of healthcare to assess the continuous professional development of the health workforce.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z18" w:id="16"/>
-[...15 lines deleted...]
-      5) provides access to professional medical associations and public associations operating in the field of healthcare to assess the continuous professional development of the health workforce.</w:t>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chapter 2. Procedure for recordkeeping of human resources in the field of healthcare </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Recordkeeping of medical and pharmaceutical workers is carried out by local executive bodies through the automated functionality of the Professional Register.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. The National Coordinator for human resources in the field of healthcare submits to the authorized body in the field of healthcare (hereinafter referred to as the authorized body) information on monitoring the registration, recordkeeping, migration, outflow of healthcare workers on a monthly basis by the 10th day of the month following the reporting month, and also at the request of the authorized body.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 6 as amended by the order of the Acting Minister of Health of the Republic of Kazakhstan dated 16.07.2025 № 66 (shall be enforced ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. The National Coordinator for human resources in the field of healthcare quarterly submits to the authorized body predictive analytical data on the development of the labor market and human resources, the timing of qualification confirmation and other information at the request of the authorized body.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z39" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Within three working days of the date of employment in a healthcare organization, a human resources specialist shall enter information about the healthcare worker into the database, including:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) individual identification number (hereinafter referred to as IIN);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) surname, first name, patronymic (if any);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) gender;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) date of birth;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) place of birth;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) citizenship;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) identity document details;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) place of residence;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) place of registration;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) date of registration;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) education document, including details of educational and scientific institutions;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) name of place of work with business identification number (organization providing medical services);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) position in medical organization;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) information about healthcare specialist certificate (if available);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) information about professional development.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 8 as amended by the order of the Acting Minister of Health of the Republic of Kazakhstan dated 16.07.2025 № 66 (shall be enforced ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. In cases of changes and/or additions to the data of a healthcare system employee, a human resources specialist shall enter the information and changes into the database.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 9 as amended by the order of the Acting Minister of Health of the Republic of Kazakhstan dated 16.07.2025 № 66 (shall be enforced ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Entering, registering and recording data of medical personnel is carried out by specialists of the personnel management service of medical facilities.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z41" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Control of monitoring and updating of data in the Professional Register is carried out by the chief of the personnel management service and the head of the healthcare entity</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z42" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Control over the monitoring and updating of data in the Professional Register at the level of a region, a city of republican significance, the capital is carried out by the head of the health department of the relevant region, city of republican significance, the capital.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z43" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Chapter 2. Procedure for recordkeeping of human resources in the field of healthcare </w:t>
-[...139 lines deleted...]
-      3) sex;</w:t>
+        <w:t xml:space="preserve"> Chapter 3. Final provisions </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z27" w:id="25"/>
-[...15 lines deleted...]
-      4) date of birth;</w:t>
+    <w:bookmarkStart w:name="z44" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. The data of the Professional Register are subject to timely updating.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z28" w:id="26"/>
-[...15 lines deleted...]
-      5) place of birth;</w:t>
+    <w:bookmarkStart w:name="z45" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. The Professional Register provides opportunities for:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z29" w:id="27"/>
-[...15 lines deleted...]
-      6) citizenship;</w:t>
+    <w:bookmarkStart w:name="z46" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) the formation of an array of data containing information on the employees of the organization;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z30" w:id="28"/>
-[...15 lines deleted...]
-      7) data of the identity document;</w:t>
+    <w:bookmarkStart w:name="z47" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) the recordkeeping and registration of general, additional and postgraduate education, scientific publication, academic title, academic degree, qualification category of employees;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z31" w:id="29"/>
-[...15 lines deleted...]
-      8) place of residence;</w:t>
+    <w:bookmarkStart w:name="z48" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) the formation of a list of employees of the organization for advanced training;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z32" w:id="30"/>
-[...15 lines deleted...]
-      9) place of registration;</w:t>
+    <w:bookmarkStart w:name="z49" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) notifying the user 2 (two) months in advance of the expiration of the certificate for admission to clinical practice;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z33" w:id="31"/>
-[...15 lines deleted...]
-      10) date of registration;</w:t>
+    <w:bookmarkStart w:name="z50" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) blocking the record of employees of a healthcare entity in case of an expired certificate, in order to prevent fraud;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z34" w:id="32"/>
-[...15 lines deleted...]
-      11) document on education, including data on educational and scientific organizations;</w:t>
+    <w:bookmarkStart w:name="z51" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) maintaining documents related to personnel.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z35" w:id="33"/>
-[...336 lines deleted...]
-    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -1916,31 +2136,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>