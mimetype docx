--- v0 (2025-11-15)
+++ v1 (2025-12-31)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6acfe5a" w14:textId="6acfe5a">
+    <w:p w14:paraId="4022718" w14:textId="4022718">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -166,72 +166,124 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Unofficial translation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      In accordance with paragraph 4 of Article 50 of the Code of the Republic of Kazakhstan “On Public Health and the Healthcare System” as of July 7, 2020, I hereby </w:t>
+        <w:t>
+      In accordance with paragraph 4 of Article 50 of the Code of the Republic of Kazakhstan “On Public Health and the Healthcare System”,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ORDER</w:t>
-[...9 lines deleted...]
-        <w:t>:</w:t>
+        <w:t xml:space="preserve"> I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> HEREBY </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ORDER:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Preamble is in the wording of the order № 80 of the Minister of Healthcare of the Republic of Kazakhstan dated 14 August 2025 (shall be enforced upon expiry of ten calendar days after its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. To approve the appended rules for conducting sanitary-epidemiological audit.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -667,51 +719,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapter 1. General provisions </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. These rules for conducting sanitary-epidemiological audit (hereinafter referred to as the Rules) are developed in accordance with paragraph 4 of Article 50 of the Code of the Republic of Kazakhstan “On Public Health and the Healthcare System” as of July 7, 2020 (hereinafter referred to as the Code) and establish the procedure for conducting sanitary-epidemiological audit by individuals and legal entities..</w:t>
+      1. These rules for conducting sanitary-epidemiological audit (hereinafter referred to as the Rules) are developed in accordance with paragraph 4 of Article 50 of the Code of the Republic of Kazakhstan “On Public Health and the Healthcare System” as of July 7, 2020 (hereinafter referred to as the Code) and establish the procedure for conducting sanitary-epidemiological audit by individuals and legal entities.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Sanitary-epidemiological audit is carried out at facilities subject to state control and supervision in the field of sanitary and epidemiological welfare of the population.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1077,51 +1129,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) the checking of the organization of medical examinations, hygienic training of employees and control of the availability of personal medical records;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) the determination of the volume and list of samples from environmental objects for toxicological, radiological, sanitary and hygienic, bacteriological, virological, physicochemical examinations;;</w:t>
+      4) the determination of the volume and list of samples from environmental objects for toxicological, radiological, sanitary and hygienic, bacteriological, virological, physicochemical examinations;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) laboratory and instrumental measurements;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1506,62 +1558,104 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. The grounds for recognizing the results of the sanitary-epidemiological audit as invalid are provided for in paragraph 5 of Article 50 of the Code.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21. Disputes arising as a result of conducting the sanitary-epidemiological audit are resolved in court.</w:t>
+      21. Disputes between the auditor (audit organization) and the audited entity (object) arising as a result of conducting a sanitary and epidemiological audit shall be resolved within the framework of the stipulated agreement in accordance with the civil legislation of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 21 is in the wording of the order № 80 of the Minister of Healthcare of the Republic of Kazakhstan dated 14 August 2025 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 4. Auditor’s report and procedure for its issuance </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Based on the results of the sanitary-epidemiological audit, an auditor’s report is drawn up, which contains conclusions on the compliance of the facility with regulatory legal acts in the field of sanitary and epidemiological welfare of the population in accordance with the form in Appendix 2 to these Rules.</w:t>
       </w:r>
     </w:p>
@@ -1576,51 +1670,93 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. An auditor’s report with conclusions on the compliance of the facility with the requirements of regulatory legal acts in the field of sanitary and epidemiological welfare of the population is submitted by the auditor (audit organization) to the territorial subdivision of the state body for the sanitary and epidemiological welfare of the population within five working days of the audit’s completion.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      24. Annually, by the tenth of January after the reporting year, auditors (audit organizations) submit information on the conducted audit in the form approved by the state body for the sanitary and epidemiological welfare of the population in accordance with paragraph 3 of Article 48 of the Code to the department of the state body for the sanitary and epidemiological welfare of the population.</w:t>
+      24. Auditors (audit organizations) shall annually, by the tenth of January following the reporting year, submit to the competent state authority in the field of sanitary and epidemiological well-being of the population information on the audit conducted, in the form approved by the state authority in the field of sanitary and epidemiological well-being of the population, in written or electronic form, in accordance with paragraph 3 of Article 48 of the Code.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 24 is in the wording of the order № 80 of the Minister of Healthcare of the Republic of Kazakhstan dated 14 August 2025 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3561,231 +3697,249 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       “On Public Health and the Healthcare System” as of July 7, 2020, </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      _____________________________________________________________________________</w:t>
-[...17 lines deleted...]
-                   (surname, name, patronymic (if any) of the</w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (surname, name, patronymic (if any) of the</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      auditor and (or) full name of the audit organization, the record number of the Registry of permits </w:t>
+      auditor and (or) full name of the audit organization, the record number of the Registry of </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      permits </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       and notifications) conducted the sanitary-epidemiological audit of </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ____________________________________________________________________________</w:t>
-[...35 lines deleted...]
-                   (full name of the audited entity)</w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (full name of the audited entity)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       at the address: ______________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-                                            (location of the audited entity) </w:t>
-[...35 lines deleted...]
-      ___________________________________________________________________________</w:t>
+      (location of the audited entity) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Grounds for conducting the sanitary-epidemiological audit: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3813,69 +3967,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-                   (the application’s date and №, a copy of the plan for conducting the </w:t>
+      (the application’s date and №, a copy of the plan for conducting the sanitary-epidemiological </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-                   sanitary-epidemiological audit approved by the applicant) </w:t>
+      audit approved by the applicant) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3939,51 +4093,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       I have established that: _____________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-                   (description of the results of the facility’s inspection, checking of conditions) </w:t>
+      (description of the results of the facility’s inspection, checking of conditions) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       _________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4065,51 +4219,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       _________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-             (№ and date of the protocol, issued by …, data on the accreditation of the </w:t>
+      (№ and date of the protocol, issued by …, data on the accreditation of the </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       laboratory (center), protocols’ copies are attached)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4191,51 +4345,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Conclusions: the facility ___________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                         (full name of the audited entity)</w:t>
+      (full name of the audited entity)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       complies with the requirements of regulatory legal acts in the field of the </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4371,51 +4525,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Head of the audit organization (auditor) ______________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                                     (surname, name, patronymic (if any), position)</w:t>
+      (surname, name, patronymic (if any), position)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Stamp (if any) here</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4443,51 +4597,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Acknowledgement of receipt of the report ________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                         (surname, name, patronymic (if any) and signature of the recipient, date)</w:t>
+      (surname, name, patronymic (if any) and signature of the recipient, date)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -4495,55 +4649,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4869,31 +5023,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>