--- v0 (2025-10-27)
+++ v1 (2025-12-14)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="25c6c69" w14:textId="25c6c69">
+    <w:p w14:paraId="f55706e" w14:textId="f55706e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -131,166 +132,188 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Order of the Minister of Healthcare of the Republic of Kazakhstan No. KR DSM-229/2020 of 3 December 2020. Registered with the Ministry of Justice of the Republic of Kazakhstan on 4 December 2020 under No. 21728</w:t>
+        <w:t>Order of the Minister of Healthcare of the Republic of Kazakhstan № KR DSM-229/2020 of 3 December 2020. Registered with the Ministry of Justice of the Republic of Kazakhstan on 4 December 2020 under № 21728.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Unofficial translation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...27 lines deleted...]
-      In obedience to sub-paragraph 29) of Article 9 of the Code of the Republic of Kazakhstan of July 7, 2020 “On Public Health and Healthcare System” and sub-paragraph 5) of Article 6 of the Law of the Republic of Kazakhstan of May 4, 2010 “On Protection of Consumer Rights”, </w:t>
+      In accordance with subparagraph 29) of Article 9 of the Code of the Republic of Kazakhstan "On Public Health and the Healthcare System," subparagraph 5) of Article 6 of the Law of the Republic of Kazakhstan "On Protection of Consumer Rights," and subparagraph 2) of paragraph 3 of Article 16 of the Law of the Republic of Kazakhstan "On State Statistics," </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>I</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> HEREBY ORDER</w:t>
+        <w:t>I HEREBY ORDER</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. The preamble as amended by Order № 65 of the Acting Minister of Health of the Republic of Kazakhstan dated July 14, 2025 (shall be enforced ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. That the attached rules for maintaining a register of products not complying with the requirements of regulatory legal acts in the field of sanitary and epidemiological welfare of the population shall be approved.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. That Order of the Minister of Healthcare of the Republic of Kazakhstan KR DSM - 59 of May 2, 2019 “On Approval of the Rules for Maintaining Register of Products Not Complying with Requirements of Regulatory Legal Acts in the field of sanitary and epidemiological welfare of population, hygienic norms and technical regulations” (registered with the State Register of Regulatory Legal Acts of the Republic of Kazakhstan on May 6, 2019 under No. 18629, published in the Reference Control Bank of Regulatory Legal Acts of the Republic of Kazakhstan on May 15, 2019).</w:t>
+      2. That Order of the Minister of Healthcare of the Republic of Kazakhstan KR DSM - 59 of May 2, 2019 “On Approval of the Rules for Maintaining Register of Products Not Complying with Requirements of Regulatory Legal Acts in the field of sanitary and epidemiological welfare of population, hygienic norms and technical regulations” (registered with the State Register of Regulatory Legal Acts of the Republic of Kazakhstan on May 6, 2019 under № 18629, published in the Reference Control Bank of Regulatory Legal Acts of the Republic of Kazakhstan on May 15, 2019).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. That, in obedience to the procedure established by the legislation of the Republic of Kazakhstan, the Committee for Sanitary and Epidemiological Control of the Ministry of Healthcare of the Republic of Kazakhstan shall:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
@@ -382,127 +405,139 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. That this order shall be put into effect ten calendar days after the date of its first official publication.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7796"/>
-        <w:gridCol w:w="4204"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7796" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Minister of Healthcare</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>of the Republic of Kazakhstan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4204" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -626,51 +661,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>of the Republic of Kazakhstan</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">No. KR DSM-229/2020 </w:t>
+              <w:t xml:space="preserve">№ KR DSM-229/2020 </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>dated December 3, 2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -687,744 +722,966 @@
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>for maintaining a register of products not complying with the requirements of regulatory legal acts in the field of sanitary and epidemiological welfare of the population</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Chapter 1. General provisions</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
-[...15 lines deleted...]
-      1. These Rules for maintaining the register of products not complying with the requirements of regulatory legal acts in the field of sanitary and epidemiological welfare of the population (hereinafter - Rules) have been developed in compliance with sub-paragraph 29 of article 9 of Code of the Republic of Kazakhstan dated July 7, 2020 “On Public Health and Healthcare System” (hereinafter - Code) and sub-paragraph 5 of article 6 of Law of the Republic of Kazakhstan dated May 4, 2010 “On Protection of Consumer Rights” and determine the order of maintaining the register of products that do not meet the requirements of regulatory legal acts in the sphere of sanitary-epidemiological well-being of population. </w:t>
+    <w:bookmarkStart w:name="z19" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. These Rules for maintaining a register of products that do not meet the requirements of regulatory legal acts in the field of sanitary and epidemiological welfare of the population (hereinafter referred to as the Rules) have been developed in accordance with subparagraph 29) of Article 9 of the Code of the Republic of Kazakhstan "On Public Health and the Healthcare System" (hereinafter referred to as the Code) and subparagraph 5) of Article 6 of the Law of the Republic of Kazakhstan "On Protection of Consumer Rights" and determine the procedure for maintaining a register of products that do not comply with the requirements of regulatory legal acts in the field of sanitary and epidemiological welfare of the population.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
-[...15 lines deleted...]
-      2. The following concepts shall be applied in these Rules:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 1 as amended by Order № 65 of the Acting Minister of Health of the Republic of Kazakhstan dated July 14, 2025 (shall be enforced ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. The following terms are used in these Rules:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Hazard Analysis and Critical Control Point System (hereinafter referred to as HACCP) – systematic identification, assessment, and management of hazards affecting product safety throughout the food chain by identifying and evaluating potential risks that are critical to food safety, establishing permanent control at critical control points (in English transcription HACCP – Hazard Analysis and Critical Control Points);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) control purchase of products - the implementation by the control and supervisory authority of purchases within the framework of product control in the form of goods;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) applicant - individuals, legal entities of the manufacturer-importer of products, submitting information and materials about products in order to exclude products from the Register;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) state body in the field of sanitary and epidemiological welfare of the population (hereinafter referred to as the state authority) – a state body that implements state policy in the field of sanitary and epidemiological welfare of the population, control and supervision of compliance with the requirements established by regulatory legal acts in the field of sanitary and epidemiological welfare of the population and other legislative acts of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) register of products that do not meet the requirements of regulatory legal acts in the field of sanitary and epidemiological welfare of the population (hereinafter referred to as the Register) – a list of products that do not meet the requirements of regulatory legal acts in the field of sanitary and epidemiological welfare of the population.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 2 as amended by Order № 65 of the Acting Minister of Health of the Republic of Kazakhstan dated July 14, 2025 (shall be enforced ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. A report on control purchases and sanitary and epidemiological testing of products, including a list of products in electronic form, shall be prepared by regional divisions and sent to the state authority by the 5th day of each month using the form specified in Appendix 2 to these Rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 3 as amended by Order № 65 of the Acting Minister of Health of the Republic of Kazakhstan dated July 14, 2025 (shall be enforced ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chapter 2: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
-[...15 lines deleted...]
-      1) Hazard Analysis and Critical Control Points (hereinafter - HACCP) - systematic identification, assessment and management of hazards that affect product safety throughout the food chain by identifying and assessing potential risks that are critical to food safety, while establishing continuous control at critical control points; </w:t>
+    <w:bookmarkStart w:name="z21" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Procedure for maintenance of the register of products not complying with the requirements </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
-[...15 lines deleted...]
-      2) product safety monitoring is a system of measures aimed at detection, prevention and suppression of import, production, use and sale of products that do not comply with the requirements of regulatory legal acts in the field of sanitary and epidemiological welfare of the population; </w:t>
+    <w:bookmarkStart w:name="z22" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of regulatory legal acts in the field of sanitary and epidemiological well-being of the population</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
-[...15 lines deleted...]
-      3) applicant - natural persons, legal entities of the manufacturer-importer of products, submitting information and materials on products for the purpose of exclusion of products from the Register;</w:t>
+    <w:bookmarkStart w:name="z23" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. The register shall be formed and maintained by the state body.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
-[...15 lines deleted...]
-      4) register of products not complying with the requirements of regulatory legal acts in the field of sanitary and epidemiological welfare of population (hereinafter referred to as the Register) - list of products not complying with the requirements of regulatory legal acts in the field of sanitary and epidemiological welfare of population;</w:t>
+    <w:bookmarkStart w:name="z24" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. The register shall be maintained by publishing a monthly list on the website of the state authority of non-compliant products that pose a risk to the health and safety of the population, identified during test purchases of products.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z17" w:id="15"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z20" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...83 lines deleted...]
-    <w:bookmarkStart w:name="z25" w:id="23"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 6 as amended by Order № 65 of the Acting Minister of Health of the Republic of Kazakhstan dated July 14, 2025 (shall be enforced ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. The register shall be maintained in the Kazakh and Russian languages. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z26" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. The information contained in the Register shall be open and publicly accessible.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z27" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>The grounds for including products in the Register shall be:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) the results of control purchases and sanitary and epidemiological examination of products in cases of violations of the requirements of the legislation of the Republic of Kazakhstan in the field of sanitary and epidemiological welfare of the population;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) the results of control purchases and sanitary- epidemiological examination of products confirming information from international organizations, member states of the Eurasian Economic Union, or third countries on the detection of products subject to state sanitary- epidemiological supervision (control) that do not meet the requirements of technical regulations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 9 as amended by Order № 65 of the Acting Minister of Health of the Republic of Kazakhstan dated July 14, 2025 (shall be enforced ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. The Register shall contain the following product information to be published:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z31" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) types of products according to the coding in Annex 1 to these Rules and the product barcode;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z32" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) product name;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z33" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) name and location of the manufacturer of products or name, first name, patronymic name (if any) and location of the manufacturer of products or name and location of the person authorized by the manufacturer, name and location of the importing organization or name, first name, patronymic name (if any) and location of the manufacturer of importing products;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z34" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) country of manufacturer;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z35" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) place of sampling (name of the object, address);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z26" w:id="24"/>
-[...15 lines deleted...]
-      8. The information contained in the Register shall be open and publicly accessible.</w:t>
+    <w:bookmarkStart w:name="z36" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) date of manufacture, shelf life, storage conditions;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z27" w:id="25"/>
-[...15 lines deleted...]
-      9. The grounds for inclusion of products in the Register shall be:</w:t>
+    <w:bookmarkStart w:name="z37" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) batch or series number;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z28" w:id="26"/>
-[...15 lines deleted...]
-      1) results of selection and sanitary-and-epidemiologic examination of products in cases of detection of violations of requirements of the legislation of the Republic of Kazakhstan in the sphere of sanitary-and-epidemiologic welfare of the population representing danger for human life, health and environment;</w:t>
+    <w:bookmarkStart w:name="z38" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) protocol of research by results of sanitary and epidemiological expertise;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z29" w:id="27"/>
-[...15 lines deleted...]
-      2) results of selection and sanitary and epidemiological expertise of products, confirming information from international organizations, from member states of the Eurasian Economic Union or third countries on detection of products subject to state sanitary and epidemiological supervision (control), which do not meet the requirements of technical regulations.</w:t>
+    <w:bookmarkStart w:name="z39" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) information on identified breaches of safety and quality indicators (their actual value and permissible standards).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z30" w:id="28"/>
-[...15 lines deleted...]
-      10. The Register shall contain the following product information to be published:</w:t>
+    <w:bookmarkStart w:name="z40" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. The register shall contain the following non-public information on the products, access to which shall only be granted to a state body:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z31" w:id="29"/>
-[...199 lines deleted...]
-    <w:bookmarkStart w:name="z41" w:id="39"/>
+    <w:bookmarkStart w:name="z41" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) information on the measures taken; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z42" w:id="40"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z42" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) information on the documents certifying the conformity of the products.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z43" w:id="41"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z43" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The information published in the Register shall be valid and apply only to products of the series (batch) and date of manufacture specified in the Register.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-[...39 lines deleted...]
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z45" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Information confirming compliance by manufacturers with the requirements of regulatory legal acts in the field of sanitary and epidemiological welfare of the population in accordance with Article 95 of the Code, guaranteeing the release of safe and high-quality products into circulation, information on the implementation of procedures based on HACCP principles and the results of laboratory control submitted by the applicant to the territorial division shall be excluded from the Register within three working days from the date of establishing such a fact on the basis of a decision of the state authority.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The procedure for submitting an application, its acceptance, and the terms for reviewing the application submitted by the applicant to the territorial division shall be considered in accordance with the procedure established by the Administrative Procedural and Process-Related Code of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 13 as amended by Order № 65 of the Acting Minister of Health of the Republic of Kazakhstan dated July 14, 2025 (shall be enforced ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1529,1974 +1786,1975 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Sanitary and Epidemiological Welfare </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>of the Population</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z47" w:id="44"/>
+    <w:bookmarkStart w:name="z47" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Product code</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="623"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="9799"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="623" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1878" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Product code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9799" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Name by code</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1878" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9799" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Other non-food consumer goods</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1878" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9799" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Alcoholic and non-alcoholic beverages, juices, bottled water</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1878" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9799" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Meat and meat products</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1878" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9799" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Poultry meat and poultry products</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1878" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9799" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Fish and fish products</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1878" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9799" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Milk and dairy products</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1878" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9799" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Fruit and vegetable products and fruit and vegetable processing products</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1878" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9799" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Flour and cereal products</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1878" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9799" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Oil and fats products</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1878" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 09</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9799" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Pastry and bakery products</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1878" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9799" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Other foodstuffs + culinary products</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1878" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9799" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Light industry products and products for children and adolescents</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1878" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9799" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Furniture industry products</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1878" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9799" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Household chemicals and perfumes and cosmetics</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1878" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9799" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Chemical and petrochemical products</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="623" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1878" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9799" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3565,245 +3823,599 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annex 1 to the Rules </w:t>
+              <w:t>Appendix 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>for Maintaining the Register of Products</w:t>
+              <w:t xml:space="preserve">to the Rules for maintaining a register </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Not Complying with the Requirements </w:t>
+              <w:t xml:space="preserve">of products that do not meet the requirements </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> of Regulatory Legal Acts in the Field of</w:t>
+              <w:t xml:space="preserve">of regulatory legal acts in the field </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Sanitary and Epidemiological Welfare </w:t>
+              <w:t xml:space="preserve">of sanitary and epidemiological welfare </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>of the Population</w:t>
+              <w:t>of the population</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z49" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Form intended</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      for the collection of administrative data</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...6 lines deleted...]
-    <w:bookmarkEnd w:id="45"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. Appendix 2 as amended by Order № 65 of the Acting Minister of Health of the Republic of Kazakhstan dated July 14, 2025 (shall be enforced ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Submitted to: Ministry of Health of the Republic of Kazakhstan</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The form intended for the collection of administrative data on a free basis is available on the website: www.gov.kz</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Name of the administrative form: "Register of products that do not comply with the requirements of regulatory legal acts in the field of sanitary and epidemiological welfare of the population"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Index of the form intended for the collection of administrative data free of charge (abbreviated alphanumeric expression of the form name): 01-IRPK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Frequency: monthly, with a cumulative total for the year Reporting period: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Persons submitting the form intended for the collection of administrative data free of charge: territorial divisions of the regions and cities of Astana, Almaty, and Shymkent of the Committee for Sanitary and Epidemiological Control of the Ministry of Health of the Republic of Kazakhstan</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Deadline for submitting the form intended for the collection of administrative data free of charge: monthly, by the 5th day of the month following the reporting period</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z47" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      IIN/BIN </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="4521200" cy="431800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="4521200" cy="431800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Method of collection: electronically</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Register of products that do not comply with the requirements of regulatory legal acts in the field of sanitary and epidemiological welfare of the population</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="501"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1899"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-No. s/o</w:t>
+Item №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Product type</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="938" w:type="dxa"/>
+Type of product</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -3826,822 +4438,801 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...6 lines deleted...]
-            <w:tcW w:w="2396" w:type="dxa"/>
+              <w:t>
+Manufacturer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Batch or series number, date of manufacture, expiry date</w:t>
-[...35 lines deleted...]
-Place of sampling (name of facility, address)</w:t>
+Batch or series number, date of manufacture, expiration date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Sampling location (name of facility, address)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="745" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Product (goods) code or barcode</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Name by code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="923" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="983" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+country code (in accordance with the national classifier of the Republic of Kazakhstan NK RK ISO 3166-1-2016 "Codes for the representation of names of countries and units of their administrative-territorial subdivisions. Part 1. Country codes")</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Country name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2356" w:type="dxa"/>
-[...29 lines deleted...]
-Manufacturer (name of legal or natural person, address)</w:t>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Manufacturer  (name of legal entity or individual, address)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1899" w:type="dxa"/>
-[...34 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Continued</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3517"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1324"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Types of violations</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3517" w:type="dxa"/>
-[...173 lines deleted...]
-Counterfeit products</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+microbiological indicators, actual value and permissible standards according to regulatory documentation (expertise protocol №, date)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+physicochemical indicators, actual value and permissible standards according to regulatory documentation (expertise protocol №, date)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+safety indicators, actual value and permissible standards according to regulatory documentation (expertise protocol №, date)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+labeling, nature of violations (expertise protocol №, date)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+counterfeit products</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Continued</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="893"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="1294"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="1119"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Measures taken</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-A precept was issued (no., date, to whom it was sent)</w:t>
+order issued (№, date, addressee)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-commercial property</w:t>
+retail outlet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4658,891 +5249,1803 @@
               <w:t>
 supplier</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1576" w:type="dxa"/>
-[...353 lines deleted...]
-incl. products destroyed, method of destruction (amount in kg, l)</w:t>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+inspection report, date, №,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+violation identified)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+meas ures (fine, articl e, amou nt of fine, to who m)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+total remov ed from sale</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+including returned to supplier (quantity in kilograms, liters)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+including destroyed products, method of destruction (quantity in kilograms, liters)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+inspecti on report, №,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+date, violatio ns identifi ed</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+meas ures (fine, articl e, amou nt of fine, to who m)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+total remov ed from sale (quanti ty in kilogra ms, liters)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+including returned to the supplier or manufacturer (quanti ty in kilogra ms, liters)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+including destroyed products, method of destruction (quanti ty in kilogra ms, liters)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z52" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Continued</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="39"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1886"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="2090"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Measures taken</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-name of the document confirming the conformity of the product (goods)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2090" w:type="dxa"/>
+Name of document confirming the conformity of the product (goods)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-product (goods) supplier (name, address)</w:t>
+Supplier of the product (goods) (name, address)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ruling of the court</w:t>
+court decision</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1886" w:type="dxa"/>
-[...121 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+material submitted to court</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Under review</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Satisfied (administrative measures, ruling)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 rejected</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="982" w:type="dxa"/>
-[...65 lines deleted...]
-name, date of issue, expiry date, issued by (name)</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+nu m be r</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+name, date of issue, validity period, issued by</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z53" w:id="40"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Name ______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="40"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+___________________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z54" w:id="41"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Address_______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="41"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z55" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Phone _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z56" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Email address _________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Contractor _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Surname, name, patronymic (if any) signature, phone</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Head or person performing his duties _____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Surname, name, patronymic (if any) signature</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z61" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Place for stamp (except for persons who are private entrepreneurs) ___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z63" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Appendix </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to the form intended for collecting </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">administrative data free of charge: </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Register of products that do not meet </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the requirements of regulatory legal acts </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in the field of sanitary and epidemiological </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>welfare of the population"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Explanation on filling out the form intended for the collection of administrative data on a gratuitous basis </w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Register of products that do not comply with the requirements of regulatory legal acts in the field of sanitary and </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">epidemiological welfare of the population" (index: 01-IRPK and frequency of the form: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>monthly, with a cumulative total for the year) Chapter 1. General provisions</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z67" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. This explanation on filling out the form designed to collect administrative data (hereinafter referred to as the explanation) defines the uniform requirements for filling out the form designed to collect administrative data free of charge (hereinafter referred to as the Form) "Register of products that do not comply with the requirements of regulatory legal acts in the field of sanitary and epidemiological welfare of the population."</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. The Form shall be completed by the territorial divisions of the regions and cities of Astana, Almaty, and Shymkent of the Committee for Sanitary and Epidemiological Control of the Ministry of Health of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. The completed form shall be submitted monthly by the 5th day of the month following the reporting period.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. The form shall be signed by the head or the person acting on his behalf, indicating his surname and initials, as well as the date of completion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. The form shall be completed in Kazakh and Russian.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Terms and definitions used in the administrative data form:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) shelf life – the period of time after which the product is considered unfit for its intended use;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) date of manufacture (production) – the date indicated by the manufacturer, informing about the completion of the technological process of manufacture (production) of the product;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) marking – text, trademarks, symbols, and drawings that convey information to the consumer and are applied to products, documents, memos (inserts, information sheets), labels, tags, and packaging (containers).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chapter 2. Instructions for completing the Form </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) in column 1, fill in the number in order "No";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) In column 2, indicate the type of product according to the national Classifier of Products by Economic Activity NK RK 04-2008;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) In column 3, indicate the name of the product;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) In column 4, indicate the manufacturer;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) In column 5, indicate the batch or series number, date of manufacture, and expiration date.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) In column 6, indicate the place of sampling (name of the facility, address);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) In column 7, indicate the types of violations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) In column 8, indicate the measures taken;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) In column 9, indicate the name of the document confirming the conformity of the product (goods);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) In column 10, indicate the supplier of the product (goods) (name, address).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -5920,35 +7423,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>