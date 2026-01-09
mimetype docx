--- v0 (2025-10-02)
+++ v1 (2026-01-09)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="bf0ebd9" w14:textId="bf0ebd9">
+    <w:p w14:paraId="10529aa" w14:textId="10529aa">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1087,51 +1087,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z244" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14) state body in the provision of medical services (care) (hereinafter - state body) - a state body exercising leadership in the  provision of medical services (care), control over the quality of medical services (care);</w:t>
+      14) state body in the provision of medical services (care) (hereinafter - state body) - a state body exercising leadership in the provision of medical services (care), control over the quality of medical services (care);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z245" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) a defect in the provision of medical services (hereinafter referred to as a Defect) - a violation of the procedure for the provision of medical services (assistance), expressed in non-compliance with the Standards, which affected the outcome of treatment and resulted in adverse consequences for the patient’s health, as well as the fact of an unconfirmed case of the provision of medical service and (or) assistance;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z246" w:id="14"/>
     <w:p>
@@ -1949,152 +1949,152 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>expert examination of the quality of medical services (care)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z280" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. To manage the quality of medical care provided, organize quality management and standardization in a medical organization, organize and conduct internal examination, including clinical audit in a medical organization, regardless of the form of ownership, a patient support and internal examination service (hereinafter referred to as the Service) shall be created.</w:t>
+      9. To manage the quality of medical care provided, organize quality management and standardization in a medical organization, organize and conduct internal examination, including clinical audit in a medical organization, regardless of the ownership form, a patient’s support and internal examination service (hereinafter - the Service) shall be created.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The service shall be headed by a manager who is directly subordinate and appointed to the position by the first manager of the medical organization; the position of deputy first manager for the quality of medical care shall be also approved at the discretion of the first manager of the medical organization.</w:t>
+      The service is headed by a manager who is directly subordinate and appointed to the position by the first head of the medical organization; the position of deputy first manager for the quality of medical care shall also be approved at the discretion of the first head of the medical organization.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The structure and composition of the Service shall be approved by the head of the medical organization, taking into account the volume of medical services provided, profile, capacity for organizations providing medical care in inpatient and inpatient-replacing conditions, the number of assigned populations for organizations providing outpatient and polyclinic care.</w:t>
+      The structure and staff of the Service shall be approved by the head of the medical organization, taking into account the volume of medical services provided, profile, capacity for organizations providing medical care in inpatient and inpatient-substituting conditions, and the number of assigned population for organizations providing outpatient and polyclinic care.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      In the absence of an assigned population at a healthcare entity, the structure and composition of the Service shall be approved taking into account the number of medical workers and/or the volume of medical services provided.</w:t>
+      In the absence of an assigned population at a healthcare entity, the structure and staff of the Service shall be approved taking into account the number of medical workers and (or) the volume of medical services provided.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      In healthcare entities where the staffing structure does not exceed 5 units, the function of the Service shall be assigned to the first manager.</w:t>
+      In healthcare entities where the staffing structure does not exceed 5 units, the function of the Service shall be assigned to the first head.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 9 - as amended by the order of the Minister of Healthcare of the Republic of Kazakhstan dated 24.06.2024 № 29 (shall come into effect upon expiry of ten calendar days after its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 9 is in the wording of the Order No. 21 of the Acting Minister of Healthcare of the Republic of Kazakhstan dated 14.03.2025 (shall be enforced upon expiry of ten calendar days after its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z285" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2172,1378 +2172,1864 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. The Service shall conduct an examination of:</w:t>
+      10. The Service shall conduct an examination:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) in organizations providing inpatient or hospital substitute care, at least 15% of treated cases per month, as well as all cases of:</w:t>
+      1) in organizations providing inpatient or inpatient-replacing care, at least 15% of treated cases per month, as well as all cases:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      cases of non-core hospitalization;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      number of refusals of emergency hospitalization;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      number of assets transferred to primary health care after discharge from hospital, as well as refusals of emergency hospitalization (100%);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       fatal outcomes;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      complications, including postoperative ones;</w:t>
+      complications, including postoperative;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      intrahospital;</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z290" w:id="27"/>
+      nosocomial;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      re-hospitalization for the same disease within one month due to poor quality of previous treatment;</w:t>
+      re- hospitalization for the same disease within one month due to poor quality of previous treatment;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      increasing or decreasing the duration of treatment;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      discrepancies between clinical and pathological diagnoses;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      unjustified hospitalization;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20% of cases of blood transfusions performed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) in organizations providing outpatient and polyclinic care:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      at least 10% of examinations per month:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      treated cases, outpatient cards of persons subject to immunization against infectious diseases;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      and also all cases of:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      maternal mortality;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      deaths at home of children aged 0 to 5 years inclusive;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      deaths at home of persons of working age from diseases;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      untimely vaccination or lack of vaccination against infectious diseases;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      home care visits for pregnant women and newborns (100%);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      home care for children with acute illnesses that do not require hospitalization for inpatient treatment;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      efficacy and analysis of the control response after chemotherapy;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      advanced forms of cancer and tuberculosis;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      initial disability of persons of working age;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      pregnancy complications managed at the level of organizations providing primary health care;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      observation of patients after discharge from hospital (children, women in the postpartum period), patients with diseases of the circulatory system (after strokes and heart attacks).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) in emergency medical care organizations, an assessment of the quality of medical services (care) for at least 10% of calls handled per quarter, including all cases of:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      visiting a patient after a refusal of hospitalization by a medical organization providing inpatient care;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      refusal of medical care with an indication of the possible consequences, documented in a medical documentation record, including in electronic form, signed by the patient or his/her legal representative, as well as a medical worker;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      refusal by the patient or his/her legal representative to sign a refusal of medical care, with a corresponding entry about this in the medical documentation, including in electronic form, signed by a medical professional;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      repeated calls for the same disease within 24 hours from the moment of the first call, except in the following cases of:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      mortality during calls: death before the arrival of the team, death in the presence of the team;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      refusal of medical care with an indication of the possible consequences, documented in medical documents, including in electronic format, and signed by the patient or his/her legal representative, as well as a medical professional;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) in organizations of restorative treatment and medical rehabilitation – quarterly all cases of:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      fatal outcomes;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      transfer to hospital organizations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      increasing or decreasing the duration of treatment;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      number of ambulance calls;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      provision of first aid in case of acute diseases;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      hospital trauma;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      nosocomial infections.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) in organizations providing palliative care and nursing care – quarterly all cases of:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      fatal outcomes;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      nosocomial infections;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      hospital trauma.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) in organizations operating in the field of blood services, an examination of the quality of medical services (care) shall be carried out for at least 20% of donor medical records per quarter, and compliance with the order of the Minister of Healthcare of the Republic of Kazakhstan dated October 20, 2020 № KR HСМ - 140/2020 "On approval of the nomenclature, rules for the procurement, processing, quality control, storage, sale of blood, its components, as well as the rules for the transfusion of blood, its components" (registered in the Register of state registration of regulatory legal acts under 21478) and all cases of examination of the recipient before transfusion for markers of blood-borne infections (HIV, hepatitis B and C) is monitored.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 10 is in the wording of the order № 21 of the Acting Minister of Healthcare of the Republic of Kazakhstan dated 14.03.2025 (shall be enforced upon expiry of ten calendar days after its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z324" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. The Service shall carry out ongoing work based on external expert opinions regarding the implementation of recommendations on the availability and timeliness of medical care, compliance with standards for the provision of medical care, and rules for the provision of medical care.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z291" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 11 - as amended by the order of the Minister of Healthcare of the Republic of Kazakhstan dated 24.06.2024 № 29 (shall come into effect upon expiry of ten calendar days after its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z325" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      increase or decrease in the duration of treatment;</w:t>
+      12. The Service shall continuously monitor the correctness of patient data entry into medical information systems in accordance with classifiers and directories, according to the data sets of primary medical documentation of health care organizations, corresponding to the profile of the medical organization.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z292" w:id="29"/>
+    <w:bookmarkStart w:name="z326" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      discrepancies between clinical and pathologic-anatomical diagnoses;</w:t>
+      13. The Service shall carry out the registration and ongoing analysis of the facts of occurrence of medical incidents and insurance cases, the results of which shall be entered into a single register of the facts of occurrence of medical incidents and insurance cases in accordance with paragraph 1 of Article 270-3 of the Code.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z293" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      unjustified hospitalization;</w:t>
+      The Service shall keep records of medical incidents and send a certificate (summary information) on each case (event) of a medical incident in accordance with the order of the Minister of Healthcare of the Republic of Kazakhstan dated October 22, 2020 № KR HСМ-147/2020 "On approval of the rules for determining cases (events) of a medical incident, their recording and analysis" (registered in the Register of state registration of regulatory legal acts under № 21511) (hereinafter – the Order № KR HСМ-147/2020).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 13 is in the wording of the order № 21 of the Acting Minister of Healthcare of the Republic of Kazakhstan dated 14.03.2025 (shall be enforced upon expiry of ten calendar days after its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z327" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. The service shall also conduct monthly examination of at least 10% of treated cases for the quality of filling out medical records by the medical staff.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z294" w:id="31"/>
+    <w:bookmarkStart w:name="z328" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20% of cases of hemotransfusions performed.</w:t>
+      15. In cases of detected irregularities in medical care, treatment and diagnostic measures, such as unjustified deviation from the Standards (hereinafter - defects), the Service shall identify and analyze the root causes of their occurrence, develop recommendations to prevent defects and errors.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z295" w:id="32"/>
+    <w:bookmarkStart w:name="z329" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "2) in organizations providing outpatient care:</w:t>
+      Cases of committed defects, including repeated and (or) recurring violations requiring managerial decisions (referral for additional training, advanced training courses for medical workers, procurement of medicines, medical devices, medical equipment) shall be submitted to the management for consideration.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z296" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      at least 10 % of examinations per month:</w:t>
+      16. The Service studies:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) internal indicators approved in this medical organization in accordance with the standards for the provision of medical care, the rules for the provision of medical care, including the indicators set out in Appendix 1 to these Rules (in accordance with the possibility of application to this specific profile);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) plans for corrective measures and their implementation based on the results of the completed assessments;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) conclusions of clinical auditors;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) results of questionnaires and interviews with patients, results of work on requests;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) results of the analysis of medical incidents in accordance with Order № KR HСМ - 147/2020.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) results of the analysis of the population's accessibility to the Service through official sources posted on Internet platforms, and contact numbers of the helpline.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Analysis of the efficiency, accessibility and location of the public reception office;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z595" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) progress of the risk management program;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z297" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      treated cases, outpatient records of persons to be immunized against infectious diseases;</w:t>
+      9) analysis of appeals from patients or their spouses, close relatives or legal representatives in the event of disagreement with the conclusion of an independent expert commission on the presence (absence) of a fact of harm to the life and health of a patient as a result of medical activities, indicating the number of cases recognized as a medical incident or the presence of a fact of harm to the life and health of a patient as a result of medical activities, indicating the number and amount of insurance payment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Based on the results of the analysis, the activities of structural divisions and the medical organization as a whole shall be assessed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 16 is in the wording of the order № 21 of the Acting Minister of Healthcare of the Republic of Kazakhstan dated 14.03.2025 (shall be enforced upon expiry of ten calendar days after its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z337" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. The Service shall determine the degree of patient satisfaction with the level and quality of medical services (care) and identify the needs of the population and patients by:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z298" w:id="35"/>
+    <w:bookmarkStart w:name="z338" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      and also all cases of:</w:t>
+      1) application of the tool of public dialogue of openness in order to promptly respond to the needs of the population and patients by medical organizations and state bodies, focus group interviewing of the population, patients and specialists of health care organizations and questionnaires of patients and (or) their relatives, medical and non-medical staff of the health care organization;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z299" w:id="36"/>
+    <w:bookmarkStart w:name="z339" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      maternal mortality;</w:t>
+      2) analysis of justified appeals on the quality of rendered medical services (care);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z300" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      deaths at home of children from 0 to 5 years of age inclusive;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z301" w:id="38"/>
+      3) analysis of population surveys in health information systems.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Footnote. Paragraph 17 as amended by the order of the Minister of Healthcare of the Republic of Kazakhstan dated 24.06.2024 № 29 (shall come into effect upon expiry of ten calendar days after its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      deaths at home of persons of working age from diseases;</w:t>
-[...959 lines deleted...]
-        <w:t>
       18. To develop proposals and recommendations on topical issues of health and health care services of the attached population, as well as to monitor the follow-up of recommendations, a permanent commission of public trust in health care (hereinafter referred to as the Commission of Public Trust in Health Care) shall be established at the medical organization, with involvement of representatives of the attached population, private business entities and non-governmental organizations, employees of local public health authorities of the region, cities of republican status and the capital.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z344" w:id="65"/>
+    <w:bookmarkStart w:name="z344" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Basing on the performance results, the commission shall send quarterly information to the local public health authorities of oblasts, cities of republican status and the capital. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      19. The Service shall consider applications of patients regarding the provided medical care with the establishment of a commission. In this case, the application is considered within a period not exceeding fifteen working days, the complaint within a period not exceeding twenty working days. </w:t>
+        <w:t>
+      19. The Service shall review patients’ inquiries regarding medical care provided, establishing a commission for internal review. Inquiries shall be reviewed within fifteen business days, and complaints within twenty business days from the date of registration.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      Copies of the following documents shall be submitted to the Service (personal delivery in paper and/or electronic versions):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) an appeal from a patient or his/her spouse, close relative or legal representative;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) consent of the patient or his/her spouse, close relative or legal representative to the collection and processing of personal medical data in accordance with subparagraph 2) of Article 58 and paragraph 3 of Article 60 of the Code and the collection and processing of personal data in accordance with Article 8 of the Law of the Republic of Kazakhstan "On Personal Data and Their Protection" in accordance with Appendix 1-1 to these Rules;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) the patient's medical history;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) medical documentation in the form of medical registration documentation in accordance with the order of the Acting Minister of Healthcare of the Republic of Kazakhstan dated October 30, 2020 № KR HСМ-175/2020 "On approval of forms of registration documentation in the field of healthcare, as well as instructions for filling them out" (registered in the Register of state registration of regulatory legal acts under № 21579);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) death certificate (if any);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) pathological report on the cause of death and diagnosis of the disease (if any);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) results of pathological diagnostic studies (macroscopic studies, microscopic studies) (if any);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) the conclusion of the medical and social examination to establish disability and (or) the degree of loss of working capacity (if any);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) a financial document confirming payment of the patient’s actual expenses related to the disease (if any);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) results of laboratory and instrumental studies (if any);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) documents for the provision of paid services (if any).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 19 is in the wording of the order of the Minister of Healthcare of the Republic of Kazakhstan dated 08.10.2024 № 79 (shall be enforced from 23.10.2024).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       19-1. When considering an application, the Service shall conduct an internal examination of the quality of the medical care provided for compliance with the standards for the organization of the provision of medical care in the profile, the rules for the provision of medical care with the involvement of independent experts or specialized specialists (if necessary).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The Service shall conduct an internal examination by analyzing medical services (assistance) taking into account:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -3761,126 +4247,126 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       every medical worker;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       structural unit.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z346" w:id="66"/>
+    <w:bookmarkStart w:name="z346" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Examination at the level of a medical worker shall be carried out by a doctor and each nurse of the department for all cases treated.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Examination at the level of a structural unit shall be carried out by its head as part of its current activities.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Examination of the work of paramedical workers at the level of a structural unit shall be carried out by a senior nurse. Examination of the quality of work of paramedical workers of structural units shall be determined by the completeness and timeliness of filling out medical documentation, as well as by the completeness, timeliness and quality of fulfillment of medical prescriptions.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z349" w:id="67"/>
+    <w:bookmarkStart w:name="z349" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. The Service shall draw up a conclusion based on the results of the internal examination, which shall include:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) the total number of identified defects, their structure, possible causes and ways of elimination;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3891,1201 +4377,1240 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) the number of identified defects that caused deterioration of health condition;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) the number of identified defects that resulted in increased costs of medical care.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z353" w:id="68"/>
+    <w:bookmarkStart w:name="z353" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. The results of internal examination, including their comparison with the results of external examination, shall be presented and discussed at the meetings of the internal examination unit once a month, intra-hospital commissions, at medical conferences with subsequent adoption of organizational decisions, in order to improve proficiency level of medical workers and to develop optimal approaches to the treatment and diagnostic process, which shall be documented in minutes.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z354" w:id="69"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z354" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Heads of structural subdivisions (specialized departments), physicians with at least 3 years of continuous work experience in their specialization shall be included in the in-hospital commissions.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z355" w:id="70"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z355" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Upon the internal examination results, the Service shall submit monthly proposals to the head of the medical organization to eliminate the identified causes and conditions of deterioration in the quality of medical services (care).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25-1. The head of the Service or the deputy head of the Service for the quality of medical care shall evaluate the activities by assessing the achievement of the performance indicators of the Service in accordance with Appendix 1-2 to these Rules.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Chapter 2 has been supplemented with paragraph 25-1 in accordance with the order of the Acting Minister of Healthcare of the Republic of Kazakhstan dated 14.03.2025, № 21 (shall be enforced upon expiry of ten calendar days after its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 3. Procedure for organizing and conducting external </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>examination of the quality of medical services (care)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z357" w:id="71"/>
+    <w:bookmarkStart w:name="z357" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. External examination of the quality of medical services (care) shall be carried out by:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z358" w:id="72"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z358" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) a state body;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z359" w:id="73"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z359" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) local public health authorities of oblasts, cities of republican status and the capital city;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) Social Health Insurance Fund within the framework of monitoring of fulfillment of contractual obligations on quality and volume of medical services. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z361" w:id="74"/>
+    <w:bookmarkStart w:name="z361" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) independent health care experts; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) by the Department of the Office of the President of the Republic of Kazakhstan in relation to subordinate organizations.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z363" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Based on the external examination results, the following shall be analyzed:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z364" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      the result of the internal examination for compliance with the principles of expertise;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      compliance and efficacy of measures taken by the Service;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z366" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      compliance of threshold values in the dynamics of external indicators in accordance with the standards of medical care and indicators set out in Appendix 2 to these Rules (subject to the possibility of their application to this profile);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z367" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      quality of medical services (care) provided.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z368" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. The state body, local state bodies of healthcare administration of regions, cities of republican significance and the capital and the Social Health Insurance Fund conduct external examination of the quality of medical services (assistance), including with the involvement of independent experts in the field of healthcare.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      In the absence of conditions for engaging independent experts, the presence of a conflict of interest of an independent expert in healthcare organizations entitled to provide independent experts, as well as in the period from the completion of civil (contractual) relations between healthcare organizations entitled to provide independent experts and a government agency and until the completion of competitive procedures, as well as the absence of an independent expert in this speciality, according to the nomenclature of specialities and specializations in the field of healthcare, approved by the order of the Minister of Healthcare of the Republic of Kazakhstan dated December 21, 2020, № ҚР ДСМ-305/2020 "On approval of the nomenclature of specialities and specializations in the field of healthcare, the nomenclature and qualification characteristics of positions of healthcare workers" (registered in the State Register of Normative Legal Acts under № 21856), specialized specialists in the field of healthcare shall be involved to assess the quality of medical care by the decision:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) a government agency;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) a territorial subdivision of a government agency;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) local government bodies for health care in regions, cities of republican significance and the capital;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Social Health Insurance Fund.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Based on the results of the assessment of the quality of medical care, specialized healthcare specialists shall, within the scope of their competence, provide a conclusion with findings on the quality of medical services (care) provided, concerning regulatory legal acts, standards for the provision of medical care, rules for the provision of medical care, clinical protocols for diagnosis and treatment, scientifically proven published data for the formation of reasoned conclusions and inclusion in the conclusion of the external examination of the quality of medical services (care) in the form according to Appendix 3 to these Rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 28 - as amended by the order of the Minister of Healthcare of the Republic of Kazakhstan dated 24.06.2024 № 29 (shall come into effect upon expiry of ten calendar days after its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z375" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. An external examination of all cases of maternal mortality (except for accidents) shall be carried out by a state body.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z376" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. If defects are identified based on the external examination results, no later than 10 calendar days after the full completion of consideration of applications from individuals and legal entities, as well as reports on maternal mortality cases and other applications, the state body shall send to the Fund, law enforcement bodies and local government health authorities of the oblast, cities of republican status and the capital, information for taking response measures within the competence.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z377" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. If violations of standards for the organization of medical care, rules for the organization of medical care in cases of fatal outcomes, harm to human health that is dangerous to his life, or other harm to health that entails: loss of vision, speech, hearing or any organ; loss of organ functions; permanent disfigurement of the face; signs of permanent loss of ability to work, termination of pregnancy are detected, the state body, in accordance with Article 179 of the Criminal Procedure Code of the Republic of Kazakhstan, shall send materials based on the results of the inspection to the internal affairs agencies for making a procedural decision.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 31 - as amended by the order of the Minister of Healthcare of the Republic of Kazakhstan dated 24.06.2024 № 29 (shall come into effect upon expiry of ten calendar days after its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z378" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Based on the results of an external examination of the quality of medical services (care) carried out by a state body, local public health authorities of oblasts, cities of republican status and the capital and the results of monitoring the quality of medical care carried out by the Fund, the state body shall conduct an analysis to develop proposals for improving the provision of medical services (care).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z379" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. When conducting an inspection of health care entities, a specialist of the state body shall provide the expert with the materials that are the subject of the examination. If necessary, he organizes a meeting with the applicant (with the applicant’s consent).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z380" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Upon completion of the expert examination by the state body a conclusion shall be drawn up in the form of Appendix 4 to these Rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z381" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. The Fund shall conduct an external examination as part of monitoring the fulfillment of contractual obligations on the quality and volume of medical services in accordance with the order of the Acting Minister of Health of the Republic of Kazakhstan dated December 24, 2020 № ҚР ДСМ -321/2020 “On approval of the Rules for monitoring the fulfillment of the contractual terms of the procurement of medical services from health care entities within the guaranteed volume of free medical care and (or) in the system of compulsory social health insurance”  (registered in the Register of State Registration of Regulatory Legal Acts under № 21904) (hereinafter referred to as Order № ҚР ДСМ -321/2020).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z382" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Local state bodies of healthcare of regions, cities of republican significance and the capital shall carry out external examination of the quality of medical services (care) and payment for services of healthcare entities as part of monitoring the fulfilment of contractual obligations regarding the quality and volume of medical services in relation to medical organizations, including those providing medical care to persons held in pre-trial detention centres and institutions of the penal (penitentiary) system in accordance with these Rules and the order of the Minister of Healthcare of the Republic of Kazakhstan dated May 13, 2022 № KR HСМ-43 "On approval of the rules for monitoring contractual obligations regarding the quality and volume of medical services of healthcare entities within the framework of the additional volume of medical care to persons held in pre-trial detention centres and institutions of the penal (penitentiary) system" (registered in the Register of state registration of regulatory legal acts under № 28054) (hereinafter – the order № KR HСМ-43).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 36 is in the wording of the order № 21 of the Acting Minister of Healthcare of the Republic of Kazakhstan dated 14.03.2025 (shall be enforced upon expiry of ten calendar days after its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z383" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. The Fund, local public health authorities of oblasts, cities of republican status and the capital city shall provide the independent expert with the materials that are the subject of expertise.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Upon completion of the external expertise, the Fund draws up a conclusion on monitoring the quality and volume of medical services (assistance), as well as on the proper fulfillment of the terms and conditions of the contract for the procurement of services according to Appendix 2 to the order № ҚР ДСМ-321/2020.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z385" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Upon completion of the external examination of the quality of medical services (care), local public health authorities of oblasts, cities of republican status and the capital city shall draw up a conclusion on monitoring the quality and volume of medical services according to Appendix 2 to the rules for monitoring of contractual obligations on the quality and volume of medical services of health care entities within the framework of additional medical assistance to persons held in pre-trial detention facilities and penal institutions approved by Order № ҚР ДСМ-43.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z386" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Independent health care experts shall conduct external expert examination when they are engaged by individuals or legal entities on a contractual basis.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z387" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Information on independent experts shall be contained in the Register of independent experts formed by the state body in accordance with the order of the Minister of Health of the Republic of Kazakhstan dated October 21, 2020 № ҚР ДСМ-145/2020 “On approval of the rules for maintaining the register of independent experts, as well as the basis for inclusion in the unified register of independent experts and exclusion from it” (registered in the Register of state registration of Regulatory Legal Acts legal Acts under № 21509). The register of independent experts shall be posted on the website of the state body.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z388" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. When performing an independent expert examination, individuals or legal entities engaging independent experts on a contractual basis (hereinafter referred to as the Customer) shall provide the independent expert with materials that are the subject of the expert examination.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      If the questions raised are beyond the scope of special knowledge of the independent expert or the materials provided are insufficient to provide an expert opinion, the independent expert shall refuse to provide an expert opinion.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z390" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Expertise conducted by independent experts hired by a state body shall be divided into the following categories:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z391" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) examination of the quality of medical services (care) with unfavorable outcome:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z392" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      examination of histologic and, if available, pathologic studies;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z393" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      study of medical records of not more than two health care organizations (according to the patient's medical care route);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      study of medical records of three or more health care organizations (according to the patient's medical care route);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z395" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Medical services (care) provided with an unfavorable outcome include the provision of medical services (care) in the event of non-compliance with the Standards and Rules for the provision of medical care, which resulted in death, a life-threatening condition, significant permanent loss of general ability to work, or complete loss of professional ability to work.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z396" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Provision of medical services (care) with a favorable outcome includes provision of medical services (care) with non-compliance with the Standards and Rules for the provision of medical care, which did not result in harm to human life and health.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z397" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Upon completion of the external expert examination of the quality of medical services (care), the independent expert shall submit an expert opinion in the form of Appendix 3 to these Rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z398" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The expert opinion of the independent expert shall be drawn up in three copies. One copy shall be given to the health care entity, the second copy - to the Customer, the third copy remains with the independent expert.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z399" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Upon completion of the external examination of the quality of medical services (care), the Conclusion of the examination of the state body on the quality of medical services (care) provided shall be completed in accordance with Appendix 4 to these Rules. The conclusion of the examination of the state body on the quality of medical services (care) shall be drawn up in three copies, one copy shall be handed over to the health care entity, the second copy shall be sent to the authorized body in legal statistics and special records, the third copy shall be kept by the state body.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z400" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. Comments and (or) objections on the external examination results shall be stated in writing and attached to the external examination conclusion. Based on the results of the external examination of the quality of medical services (care), the head of a medical organization shall take management measures, including determining the need and direction of training programs for doctors and nursing staff.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z401" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) by the Department of the Office of the President of the Republic of Kazakhstan in relation to subordinate organizations.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z363" w:id="75"/>
+      45. Repeated expert examination shall be conducted in cases of disagreement with the conclusions of external expert examination on the basis of applications of health care entities, individuals or legal entities.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z402" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      27. Based on the external examination results, the following shall be analyzed:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z364" w:id="76"/>
+      When conducting a re-examination, experts who did not take part in the initial examination are involved.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z403" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      the result of the internal examination for compliance with the principles of expertise;</w:t>
-[...37 lines deleted...]
-      compliance of threshold values in the dynamics of external indicators in accordance with the standards of medical care and indicators set out in Appendix 2 to these Rules (subject to the possibility of their application to this profile);</w:t>
+      46. ​​A complaint about disagreement with conclusions of the external expert examination shall be filed to a higher state body (higher official) or to the court as required by the legislation of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z367" w:id="78"/>
-[...867 lines deleted...]
-    <w:bookmarkEnd w:id="105"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5164,68 +5689,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>conducting internal and external examination</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>of the quality of medical services (care)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z405" w:id="106"/>
+    <w:bookmarkStart w:name="z405" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Internal indicators</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -16006,358 +16531,358 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 The indicator value approaches 85 % in a year</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z406" w:id="107"/>
+    <w:bookmarkStart w:name="z406" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Note:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z407" w:id="108"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z407" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. IPMR – In-Patient Medical Record </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z408" w:id="109"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z408" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. ERI IS -Electronic Register of Inpatients Information System</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z409" w:id="110"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z409" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. DISC - Discharged Inpatients Statistical Chart</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z410" w:id="111"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z410" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. APR IS – Attached Patient Register Information System</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z411" w:id="112"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z411" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. PHC - Primary Health Care</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z412" w:id="113"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z412" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. OMR - Outpatient Medical Record</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z413" w:id="114"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z413" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. MIS - Medical Information Systems</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z414" w:id="115"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z414" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. DPER IS - Dispensary Patients Electronic Register Information System</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z415" w:id="116"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z415" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. ИС RPWWFA IS - Register of Pregnant Women and Women of Fertile Age Information System</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z416" w:id="117"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z416" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. IMCI programme - Integrated Management of Childhood Illnesses Programme</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z417" w:id="118"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z417" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. AEI - Acute Enteric Infection</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z418" w:id="119"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z418" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ARI - Acute Respiratory Infection </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. NRTP IS – National Registry of Tuberculosis Patients Information System</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z420" w:id="120"/>
+    <w:bookmarkStart w:name="z420" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. ERCP IS - Electronic Registry of Cancer Patients Information System</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkEnd w:id="92"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -16391,113 +16916,7195 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Appendix 2</w:t>
+              <w:t xml:space="preserve">Appendix 1-1 </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">to the Rules for organizing and </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>conducting internal and external examination</w:t>
+              <w:t xml:space="preserve">conducting internal and external assessments </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>of the quality of medical services (care)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z422" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:t xml:space="preserve"> Consent to the collection and processing of personal medical and personal data</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. The rules have been supplemented by Appendix 1-1 in accordance with Order № 79 of the Minister of Healthcare of the Republic of Kazakhstan dated 08.10.2024 (shall be enforced from 23.10.2024).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I, __________________________________________________, IIN _______________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      hereby give my consent for the collection and processing of personal medical data in accordance with subparagraph 2) of Article 58 and paragraph 3 of Article 60 of the Code, as well as the collection and processing of personal data in accordance with Article 8 of the Law of the Republic of Kazakhstan “On Personal Data and Their Protection.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      “____” __________ 20 year</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________ (signature)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+               surname, first name, patronymic (if any)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Appendix 1-2 </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to the Rules for organizing and </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">conducting internal and external assessments </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>of the quality of medical services (care)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. The rules have been supplemented by Appendix 1-2 in accordance with the order of the Acting Minister of Healthcare of the Republic of Kazakhstan dated March 14, 2025, № 21 (shall be enforced upon expiry of ten calendar days after its first official publication).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Performance indicators of the Patients Support Service and internal expertise as part of the performance assessment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Name of indicators</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Unit of measurement</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Frequency of information</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Source of information</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Threshold value</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Indicators of the conducted assessments of the quality of medical care</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+In organizations providing inpatient or inpatient-replacing care</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.1.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+The share of conducted examinations of treated cases</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+monthly      </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Report of the head of the Service or deputy head of the Service for the quality of medical care</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+at least 15%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.1.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Share of examinations carried out:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+cases of non-core hospitalization;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+number of refusals of emergency hospitalization;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+the number of assets transferred to primary health care after discharge from hospital, as well as refusals of emergency hospitalization;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+fatal outcomes;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+complications, including postoperative;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+nosocomial;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+re- hospitalization for the same disease within one month due to poor quality of previous treatment;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+increasing or decreasing the duration of treatment;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+discrepancies between clinical and pathological diagnoses;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+unjustified hospitalization;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+monthly      </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Report of the head of the Service or deputy head of the Service for the quality of medical care</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.1.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Share of examinations carried out:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+from cases of blood transfusions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+monthly</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Report of the head of the Service or deputy head of the Service for the quality of medical care</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.2. In organizations providing outpatient and polyclinic care:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.2.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Share of examinations carried out:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+treated cases, outpatient cards of persons subject to immunization against infectious diseases</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+monthly</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Report of the head of the Service or deputy head of the Service for the quality of medical care</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+at least 10 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.2.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Share of conducted examinations of:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+maternal mortality;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+deaths at home of children aged 0 to 5 years inclusive;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+deaths at home of persons of working age from diseases;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+untimely vaccination or lack of vaccination against infectious diseases;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+home care visits for pregnant women and newborns (100%);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+home care for children with acute illnesses that do not require hospitalization for inpatient treatment;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+efficacy and analysis of the control response after chemotherapy;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+advanced forms of cancer and tuberculosis;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+initial disability of persons of working age;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+complications managed at the level of primary healthcare organizations;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+observation of patients after discharge from hospital (children, women in the postpartum period), patients with diseases of the circulatory system (after strokes and heart attacks).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+monthly</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Report of the head of the Service or deputy head of the Service for the quality of medical care</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.3. In emergency medical care organizations, examination of the quality of medical services (care)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.3.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Share of conducted examinations:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+calls served</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Quarterly</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Report of the head of the Service or deputy head of the Service for the quality of medical care</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+at least 10 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.3.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Share of conducted examinations:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+visiting a patient after a refusal of hospitalization by a medical organization providing inpatient care;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+refusal of medical care with an indication of the possible consequences, documented in a record in medical documentation, including in electronic form, signed by the patient or his/her legal representative, as well as a medical worker;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+refusal by the patient or his/her legal representative to sign a refusal of medical care, with a corresponding entry about this in the medical documentation, including in electronic form, signed by a medical professional;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+repeated calls for the same disease within 24 hours from the moment of the first call, except in the following cases:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+mortality during calls: death before the arrival of the team, death in the presence of the team;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+refusal of medical care with an indication of the possible consequences, documented in medical documents, including in electronic format, and signed by the patient or his/her legal representative, as well as a medical professional;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+quarterly</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Report of the head of the Service or deputy head of the Service for the quality of medical care</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.4.In organizations of restorative treatment and medical rehabilitation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.4.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Share of conducted examinations of:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+fatal outcomes;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+transfer to hospital organizations;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+increasing or decreasing the duration of treatment;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+number of ambulance calls;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+provision of first aid in case of acute diseases;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+hospital trauma;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+nosocomial infections.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+quarterly</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Report of the head of the Service or deputy head of the Service for the quality of medical care</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.5. In organizations providing palliative assistance and nursing care</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.5.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Share of conducted examinations of:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+fatal outcomes;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+nosocomial infections;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+hospital trauma.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+quarterly</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Report of the head of the Service or deputy head of the Service for the quality of medical care</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.6.In organizations operating in the field of blood services</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.6.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+The share of completed donor card examinations and compliance with the rules for procurement, processing, quality control, storage, sale of blood and its components, as well as the rules for transfusion of blood and its components</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+quarterly</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Report of the head of the Service or deputy head of the Service for the quality of medical care</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+at least 20 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.6.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+The proportion of examinations conducted to examine the recipient before transfusion for markers of blood-borne infections (HIV, hepatitis B and C).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+quarterly</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Report of the head of the Service or deputy head of the Service for the quality of medical care</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Indicators for other functional activities for all organizations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+The share of appeals considered in a timely and objective manner within the period of time specified by the legislation of the Republic of Kazakhstan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Quarterly</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Journal of requests (if any), Unified platform for receiving and processing all citizen requests “E -Otinish ” (if any ), Call center (if any), blog of the first head and website (if any), e-mail of the medical organization (if any)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+The indicator value tends to 100%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+The share of requests recognized as an insurance event following the meetings of the IEC from the total number of requests sent to the IEC by the Service</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Quarterly</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+The Service's recommendations with justification for sending the appeal to the IEC meeting</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+The indicator value is not less than 50%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Analysis of appeals from patients or their spouses, close relatives or legal representatives in the event of disagreement with the conclusion of an independent expert commission on the presence (absence) of harm to the life and health of a patient as a result of medical activities, indicating the number of cases recognized as a medical incident or the presence of harm to the life and health of a patient as a result of medical activities, indicating the number and amount of insurance payments</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Quarterly</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Conclusions of the IEC, information from insurance companies</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Recording and ongoing analysis of medical incidents and insurance claims</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Quarterly</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+MIS (CMIS, ERIP), reporting data, form of accounting of operations and manipulations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+The indicator value tends to 100%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Determining the degree of patients satisfaction with the level and quality of medical services (care)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Quarterly</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Survey results (paper and electronic)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+The indicator value is not less than 80%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+The share of implemented recommendations and proposals of the Service to eliminate the identified causes and conditions for the decline in the quality of medical services (care) provided based on the results of the internal audit</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Quarterly</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Recommendations and proposals of the Service for eliminating the identified causes and conditions for the decline in the quality of medical services (care) provided based on the results of the internal audit</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+The indicator value is not less than 75%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Monitoring the implementation of the risk management program</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Quarterly</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Report of the first head of a medical organization on the implementation of the risks management Program, including the approved risk register</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+не менее 50 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+The percentage of compliance with recommendations of regulatory authorities regarding appeals</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Quarterly</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Recommendations from regulatory authorities (certificates, reports, monitoring results, orders)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+The indicator value tends to 100%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z132" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Note:       </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. IS ERIP - information system "Electronic Register of Inpatients" </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. MIS - medical information systems </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. IEC - independent expert commission </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. CMIS - comprehensive medical information system</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Appendix 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to the Rules for organizing and </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>conducting internal and external examination</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>of the quality of medical services (care)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z422" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t xml:space="preserve"> External indicators</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -20576,140 +28183,140 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 The indicator value is at least 50%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z423" w:id="122"/>
+    <w:bookmarkStart w:name="z423" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Note:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z424" w:id="123"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z424" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. IPMR – In-Patient Medical Record</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z425" w:id="124"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z425" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. ERI IS – Electronic Register of In-Patients Information System</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z426" w:id="125"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z426" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. DISC –</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Discharged Inpatients Statistical Chart</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. PHC - Primary Health Care</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
@@ -20806,306 +28413,306 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>conducting internal and external examination</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>of the quality of medical services (care)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z429" w:id="126"/>
+    <w:bookmarkStart w:name="z429" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Expert evaluation and (or) conclusion</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z430" w:id="127"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z430" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Surname, first name, patronymic (if any) of the person who conducted the examination, indicating specialization, position, academic degree</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z431" w:id="128"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z431" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Name of the health care entity (facility) where the examination was conducted</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z432" w:id="129"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z432" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Ground for the examination, or information on the customer</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z433" w:id="130"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z433" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Timing of the examination      </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z434" w:id="131"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z434" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Period of the examination </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Subject matter of the examination</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z436" w:id="132"/>
+    <w:bookmarkStart w:name="z436" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Information on the results of the expert examination, including identified violations and their nature </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z437" w:id="133"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z437" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Conclusions.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z438" w:id="134"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z438" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Recommendations</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z439" w:id="135"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z439" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________ ________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z440" w:id="136"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z440" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        Surname, first name, patronymic (if any) of the person who conducted the examination </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z441" w:id="137"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z441" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        Date “____” ___________ 20 ___ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -21184,408 +28791,408 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>and conducting internal and external examination</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">of the quality of medical services (care) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z443" w:id="138"/>
+    <w:bookmarkStart w:name="z443" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Conclusion of the examination of the state body on the quality of medical services (care) provided </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z444" w:id="139"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z444" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Report on the inspection results №_____;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z445" w:id="140"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z445" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Date, time and place where the report was drawn;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z446" w:id="141"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z446" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Name of the control and supervision body;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z447" w:id="142"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z447" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Date and number of the act on appointment of the inspection, upon which the inspection was conducted;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z448" w:id="143"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z448" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Surname, first name, patronymic (if it is indicated in the identity document) and position of the person (persons) who conducted the inspection;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z449" w:id="144"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z449" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Information about specialists, consultants and experts involved for inspection;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z451" w:id="145"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z451" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Name or surname, first name, patronymic (if it is indicated in the identity document) of the subject of control and supervision, position of the representative of the individual or legal entity who was present during the inspection; Name of the inspected object/ location address of the inspected object, individual identification number/business identification number, area of the territory;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z452" w:id="146"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z452" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Subject of the assigned inspection</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z453" w:id="147"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z453" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Period of inspection from “___”____20____ to “___”_____20____</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z454" w:id="148"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z454" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Legal grounds for conducting an inspection, including regulatory legal acts, mandatory requirements that are subject to inspection</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z455" w:id="149"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z455" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. The period under examination from “___”_______20____ to “___”_______20____</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z456" w:id="150"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z456" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Items of requirements under examination (checklist in the state control over the medical services quality in relation to subjects (objects);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z457" w:id="151"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z457" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. List of materials, medical documentation that is the subject of the examination;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z458" w:id="152"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z458" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Information about the inspection results, including the violations identified and their nature;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z459" w:id="153"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z459" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Conclusions with reference to regulatory legal acts</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z460" w:id="154"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z460" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Recommendations</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z461" w:id="155"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z461" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Name of the checklist and items of the requirements on which violations were identified;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -22019,150 +29626,150 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z462" w:id="156"/>
+    <w:bookmarkStart w:name="z462" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. The act on the inspection results was sent to the state bodies for taking response measures within the competence;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z463" w:id="157"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z463" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Signature of the official (persons) who conducted the inspection;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z464" w:id="158"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z464" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Information about familiarization or refusal to familiarize with the report on the inspection results of representatives of the subject of control and supervision, the position of the representative of an individual or legal entity, name or surname, first name, patronymic (if it is indicated in the identity document), as well as persons who were present during the inspection, their signatures or refusal to sign;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z465" w:id="159"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z465" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Comments and (or) objections on the inspection results </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z466" w:id="160"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z466" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Date of familiarization “____” ___________20__</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkEnd w:id="133"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -22373,55 +29980,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -22747,31 +30354,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>