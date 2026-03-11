--- v0 (2025-10-12)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="efec89c" w14:textId="efec89c">
+    <w:p w14:paraId="665fc4c" w14:textId="665fc4c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -859,97 +859,79 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rules and frequency of medical examinations of law enforcement officers and military personnel of internal affairs bodies in military medical (medical) divisions (organizations) of internal affairs bodies of the Republic of Kazakhstan  Chapter 1. General provisions </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. These Rules and the frequency of medical examinations of law enforcement officers and military personnel of internal affairs bodies in military medical (medical) units (organizations) of internal affairs bodies of the Republic of Kazakhstan are developed in accordance with subparagraph 12 of paragraph 1 of Article 11 of the Code of the Republic of Kazakhstan “On people’s health and the healthcare system" (hereinafter referred to as the Code) and determine the procedure for conducting medical examinations of law enforcement officers and military personnel of internal affairs bodies, with the exception of certain categories of persons specified in paragraph 2 of the Rules for medical and sanatorium-resort services for employees and members of their families living with them, pensioners of law enforcement agencies, as well as children of employees who died in the line of duty, before they reach the age of majority, in the relevant state healthcare organizations approved by the resolution of the Government of the Republic of Kazakhstan dated 18.02.2016 № 78.</w:t>
-[...17 lines deleted...]
-      Military personnel of internal affairs bodies include military personnel of the National Guard of the Republic of Kazakhstan and military investigative bodies.</w:t>
+      1. These Rules and the frequency of medical examinations of law enforcement officers and military personnel of internal affairs bodies in military medical (medical) units (organizations) of the internal affairs bodies of the Republic of Kazakhstan have been developed in accordance with subparagraph 12 of paragraph 1 of Article 11 of the Code of the Republic of Kazakhstan "On Public Health and the Healthcare System" and shall determine the procedure for conducting medical examinations of law enforcement officers and military personnel of internal affairs bodies, with the exception of certain categories of persons specified in paragraph 2 of the Rules for medical and sanatorium-resort provision of employees and their family members living with them, retirees of law enforcement agencies, as well as children of employees who died in the line of duty, before they reach the age of majority, in the relevant state healthcare organizations approved by Resolution of the Government of the Republic of Kazakhstan dated February 18, 2016 № 78.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 1 - as amended by the order of the Minister of Internal Affairs of the Republic of Kazakhstan dated 13.06.2023 № 480 (shall be enforced upon expiration of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 1 – as amended by Order of the Minister of Internal Affairs of the Republic of Kazakhstan dated July 31, 2025, № 571 (shall come into effect ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -1024,70 +1006,154 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. In the medical organizations of the internal affairs bodies of the Republic of Kazakhstan (hereinafter - the medical organizations of the Internal Affairs Directorate), periodic medical examinations (hereinafter - medical examinations) are carried out for law enforcement officers and military personnel of the internal affairs bodies (hereinafter - the employees). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...18 lines deleted...]
-      5. Medical organizations of the Internal Affairs Directorate annually, until December 15 of the current year, from the personnel services of law enforcement bodies, the National Guard (hereinafter - personnel services) request a list of employees and their family members by divisions, which indicate: last name, first name, patronymic of the employee (family members), year of birth, position (place of work of family members), special (military) rank, home address, contact numbers. </w:t>
+        <w:t>
+      4. Screening tests for family members of law enforcement officers and retirees of law enforcement agencies are carried out within the framework of the guaranteed volume of free medical care and in the system of compulsory social health insurance in healthcare organizations providing primary health care at the place of residence, in accordance with the Target Groups of Persons Subject to Screening Tests, as well as the rules, scope and frequency of these tests, approved by the order of the Acting Minister of Healthcare of the Republic of Kazakhstan dated October 30, 2020 № ҚР ДСМ-174/2020 (registered in the State Register of Normative Legal Acts under № 21572).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 4 – as amended by Order of the Minister of Internal Affairs of the Republic of Kazakhstan dated July 31, 2025, № 571 (shall come into effect ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Medical organizations of the Internal Affairs Directorate annually, before December 15 of the current year, shall request from the personnel departments of law enforcement agencies and the National Guard (hereinafter referred to as Personnel departments) a list of employees and their family members by division, indicating: last name, first name, patronymic (if any) of the employee (family members), year of birth, position held (place of work of family members), special (military) rank, home address, contact telephone numbers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 5 – as amended by Order of the Minister of Internal Affairs of the Republic of Kazakhstan dated July 31, 2025, № 571 (shall come into effect ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. In accordance with the lists received from the personnel services in the medical organizations of the Internal Affairs Directorate, a schedule of medical examination of employees by divisions is drawn up (from January to November next year). Schedules of medical examination of employees subject to medical examination in the state institution "Central hospital with a polyclinic of the Ministry of Internal Affairs of the Republic of Kazakhstan" are approved by the Deputy Minister of Internal Affairs of the Republic of Kazakhstan. The schedules of employees of territorial divisions are approved by the heads of the police departments of the capital, cities of republican significance and regions (hereinafter referred to as police departments). The approved schedules are sent to the heads of divisions of the law enforcement bodies, who ensure the timely passage of medical examinations by employees. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1492,52 +1558,94 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. To carry out additional laboratory and diagnostic tests that are not carried out in the medical organizations of the Internal Affairs Directorate, employees are sent to the health care organizations that provide primary health care at the place of residence. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      14. Doctors-specialists enter the data of the medical examination into the medical record of an outpatient patient, the form of which is approved by the authorized body in the field of healthcare in accordance with the competence provided for in paragraph 31) of Article 7 of the Code. </w:t>
+        <w:t>
+      14. Medical specialists shall enter the medical examination data into the outpatient medical record, in accordance with the Forms of reporting documentation in the field of healthcare, approved by the order of the Minister of Healthcare of the Republic of Kazakhstan dated December 22, 2020, № ҚР ДСМ-313/2020 (registered in the State Register of Normative Legal Acts under № 21879).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 14 – as amended by Order of the Minister of Internal Affairs of the Republic of Kazakhstan dated July 31, 2025, № 571 (shall come into effect ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Upon completion of the medical examination, the general practitioner (general practitioner), taking into account the conclusion of profile specialists and laboratory diagnostic studies, determines the following health groups: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1636,106 +1744,232 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Persons of the 3rd group are subject to registration and dynamic observation, followed by a complex of therapeutic and prophylactic measures aimed at restoring, improving and strengthening health. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      18. The list of chronic diseases subject to dynamic observation is approved by the authorized body in the field of healthcare in accordance with the competence provided for in paragraph 2 of Article 88 of the Code. </w:t>
+        <w:t>
+      18. The list of chronic diseases subject to dynamic monitoring was approved by the order of the Minister of Healthcare of the Republic of Kazakhstan dated September 23, 2020, № ҚР ДСМ-109/2020 (registered in the State Register of Normative Legal Acts under № 21262).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 18 – as amended by Order of the Minister of Internal Affairs of the Republic of Kazakhstan dated July 31, 2025, № 571 (shall come into effect ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Dynamic monitoring of patients with chronic diseases is carried out within the guaranteed volume of free medical care and in the system of compulsory social health insurance. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...18 lines deleted...]
-      21. The indicators of dynamic observation are calculated according to the methodology for the formation (calculation) of indicators in the field of health care, approved by the authorized body in the field of healthcare in accordance with the competence provided for in paragraph 61) of Article 7 of the Code. </w:t>
+        <w:t>
+      20. Dynamic monitoring of patients with chronic diseases, the frequency and duration of monitoring, the mandatory minimum and frequency of diagnostic tests shall be carried out in accordance with the Rules for organizing the provision of medical care to persons with chronic diseases, the frequency and duration of monitoring, the mandatory minimum and frequency of diagnostic tests, approved by order of the Minister of Healthcare of the Republic of Kazakhstan dated October 23, 2020 № ҚР ДСМ-149/2020 (registered in the State Register of Normative Legal Acts under № 21513).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 20 – as amended by Order of the Minister of Internal Affairs of the Republic of Kazakhstan dated July 31, 2025, № 571 (shall come into effect ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Dynamic monitoring indicators shall be calculated in accordance with the Methodology for the formation (calculation) of indicators in the field of healthcare, approved by the order of the Minister of Healthcare of the Republic of Kazakhstan dated November 30, 2020, № ҚР ДСМ-212/2020 (registered in the State Register of Normative Legal Acts under № 21698).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Footnote. Paragraph 21 – as amended by Order of the Minister of Internal Affairs of the Republic of Kazakhstan dated July 31, 2025, № 571 (shall come into effect ten calendar days after the date of its first official publication). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. The list of employees who did not appear on time for a medical examination is brought to the attention of the heads of law enforcement bodies to ensure the appearance of these employees for a medical examination. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -1761,55 +1995,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2135,31 +2369,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>