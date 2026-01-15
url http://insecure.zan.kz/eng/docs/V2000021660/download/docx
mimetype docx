--- v0 (2025-11-28)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="419970b" w14:textId="419970b">
+    <w:p w14:paraId="913ce86" w14:textId="913ce86">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -131,107 +131,149 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Order of the Minister of Health of the Republic of Kazakhstan dated November 18, 2020 No. ҚР ДСМ -198/2020. Registered in the Ministry of Justice of the Republic of Kazakhstan on November 20, 2020 No. 21660.</w:t>
+        <w:t>Order of the Minister of Health of the Republic of Kazakhstan dated November 18, 2020 № ҚР ДСМ -198/2020. Registered in the Ministry of Justice of the Republic of Kazakhstan on November 20, 2020 № 21660.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Unofficial translation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      In accordance with paragraph 2 of Article 89 of the Code of the Republic of Kazakhstan dated July 7, 2020 "On people's health and health care system" and paragraph 1 of Article 10 of the Law of the Republic of Kazakhstan dated April 15, 2013 "On public services" </w:t>
+      In accordance with paragraph 2 of Article 89 of the Code of the Republic of Kazakhstan “On Public Health and Healthcare System” and paragraph 1 of Article 10 of the Law of the Republic of Kazakhstan “On State Services” </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>I HEREBY ORDER:</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>I HEREBY ORDER</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. The preamble in the wording of the order of the Minister of Healthcare of the Republic of Kazakhstan dated 21.08.2025 № 82 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. To approve the Rules for examination of temporary incapacity for work, as well as the issuance of a sheet or certificate of temporary incapacity for work in accordance with Appendix 1 to this order. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -664,52 +706,94 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rules for examination of temporary incapacity for work, as well as issuance of a sheet or certificate of temporary incapacity for work  Chapter 1. General provisions </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      1. These Rules for examination of temporary incapacity for work, as well as the issuance of a sheet or certificate of temporary incapacity for work (hereinafter - the Rules) are developed in accordance with paragraph 2 of Article 89 of the Code of the Republic of Kazakhstan dated July 7, 2020 "On people’s health and health care system" (hereinafter - Code) and paragraph 1 of Article 10 of the Law of the Republic of Kazakhstan dated April 15, 2013 "On public services" and determine the procedure for examination of temporary incapacity for work, issuance by medical organizations of documents certifying temporary incapacity for work. </w:t>
+        <w:t>
+      1. These Rules for conducting an examination of temporary disability, as well as issuing a sheet or certificate of temporary disability (hereinafter – the Rules) have been developed in accordance with paragraph 2 of Article 89 of the Code of the Republic of Kazakhstan “On Public Health and Healthcare System” and paragraph 1 of Article 10 of the Law of the Republic of Kazakhstan “On State Services” and shall determine the procedure for conducting an examination of temporary disability, issuance of documents, certifying temporary disability by healthcare organizations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 1 in the wording of the order of the Minister of Healthcare of the Republic of Kazakhstan dated 21.08.2025 № 82 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. The following concepts shall be used in these Rules:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3482,376 +3566,418 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Paragraph 3. Issuance of a sheet or certificate of temporary incapacity for work due to pregnancy and childbirth </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...160 lines deleted...]
-        </w:rPr>
         <w:t>
-      5) women living in territories affected by nuclear tests, in case of childbirth at a period of twenty-two to twenty-nine weeks of pregnancy and the birth of a child weighing five hundred grams or more, who has lived for more than seven days, a sheet or certificate of temporary incapacity for work is issued for ninety three calendar days after childbirth.</w:t>
-[...161 lines deleted...]
-      Persons who have adopted (adopted) a newborn child (children), as well as a biological mother with surrogacy directly from the maternity hospital, a sheet or certificate of temporary incapacity for work is issued from the date of adoption and until the expiration of fifty six calendar days from the date of birth of the child. </w:t>
+      57. Procedure for issuance of a sheet or certificate of temporary disability due to pregnancy and delivery:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) A sheet or certificate of temporary incapacity for work due to pregnancy and delivery shall be issued by a medical professional (obstetrician-gynecologist) at the medical facility where the patient is being monitored, and in their absence, by a physician (therapist, general practitioner), together with the head of the department after the conclusion of the Medical Consultative Board at the thirtieth week of pregnancy for a period of one hundred and twenty-six calendar days (seventy calendar days before delivery and fifty-six calendar days after delivery). On the day of issuing the temporary disability certificate for pregnancy and delivery, a corresponding entry shall be made in the outpatient's medical record regarding the woman's state of health with the diagnosis (gestational age).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Women residing in the territories and/or holding certificates confirming their right to benefits and compensation, who were exposed to nuclear tests, a certificate or statement of incapacity for work due to pregnancy and delivery is issued at twenty-seven weeks for a period of one hundred and seventy calendar days (ninety-one calendar days before delivery and seventy-nine calendar days after delivery) in the case of a normal delivery (in accordance with Article 10, of the Law of the Republic of Kazakhstan “On social protection of citizens affected by nuclear tests at the Semipalatinsk nuclear test site”);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Women who have temporarily left their permanent place of residence within the Republic of Kazakhstan a sheet or certificate of temporary disability due to pregnancy and delivery shall be issued (extended) at the medical organization where the (premature) delivery took place or at the medical organization at the place of observation according to the discharge summary (prenatal record) of the obstetric organization, in accordance with subparagraph 31) of Article 7 of the Code.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Women who have temporarily left their permanent place of residence outside the Republic of Kazakhstan, when applying during their maternity leave, shall be issued (or have extended) a sheet or certificate of temporary disability due to pregnancy and delivery at the medical organization at their place of registration, based on the conclusion of the Medical Consultative Board, upon presentation of documents certifying the fact of the pregnant woman's stay outside the Republic of Kazakhstan and the fact of the birth of a child (children) at a medical institution (birth certificate). The documents provided shall be translated into Kazakh or Russian and certified in the country of stay or in the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) In the case of obstructed labor, as specified in the list of obstructed labor in Appendix 4 to these Rules, the birth of two or more children, a sheet or certificate of temporary disability shall be issued and extended for an additional fourteen calendar days by a medical professional at the medical organization at the place of observation (obstetrician-gynecologist), and in his/her absence, by a physician (therapist, general practitioner), together with the head of the department after the conclusion of the Medical Consultative Board according to the discharge summary of the obstetric healthcare organization.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Women residing in the territories and/or having a certificate confirming their right to benefits and compensation, who have been exposed to nuclear tests, in the event of complicated delivery, the birth of two or more children, a temporary disability certificate or statement shall be issued and extended for an additional fourteen calendar days by a medical professional at the medical facility where they are being monitored (an obstetrician-gynecologist), and in his/her absence, by a physician (therapist, general practitioner), together with the head of the department after the conclusion of the medical commission at the place of observation according to the discharge summary from the obstetric healthcare organization ( in accordance with Article 10, of the Law of the Republic of Kazakhstan “On social protection of citizens affected by nuclear tests at the Semipalatinsk nuclear test site”);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) in the case of delivery between twenty-two and thirty weeks of pregnancy and the birth of a child weighing five hundred grams or more, regardless of complications during delivery and any operations performed, the woman shall be issued a certificate or statement of incapacity for work due to delivery for seventy calendar days after delivery;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Women residing in territories and/or having certificates confirming their right to benefits and compensation, who have been exposed to nuclear tests, in the event of delivery at a gestational age of twenty-two to twenty-seven weeks and the birth of a child weighing five hundred grams or more, regardless of complications during delivery and any operations performed, the woman shall be issued a certificate or note of incapacity for work due to delivery for ninety-three calendar days after delivery, (in accordance with Article 10, of the Law of the Republic of Kazakhstan “On social protection of citizens affected by nuclear tests at the Semipalatinsk nuclear test site”);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) When a woman applies for a temporary disability certificate during pregnancy, maternity leave shall be calculated from 30 weeks of pregnancy for a period of one hundred and twenty-six calendar days (seventy calendar days before delivery and fifty-six calendar days after delivery).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      If a sick leave certificate is required during the period of hospitalization at 30 weeks of pregnancy, the sheet or certificate of temporary disability due to pregnancy and delivery is issued by a medical worker at the medical organization at the place of observation (obstetrician-gynecologist), and in his absence, by a physician (therapist, general practitioner), together with the head of the department, after the conclusion of the Medical Consultative Board for a period of one hundred and twenty-six calendar days (seventy calendar days before delivery and fifty-six calendar days after delivery), according to the extract from the healthcare organization.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      When a woman applies for a temporary disability certificate after giving birth, she is only granted postnatal leave for the duration specified in these rules; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) if a woman becomes pregnant while on unpaid leave to care for a child under the age of three, she shall be issued a temporary disability certificate at the thirtieth week of pregnancy for a period of one hundred and twenty-six calendar days (70 calendar days before delivery and 56 calendar days after delivery);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) in the event of the death of the mother during delivery or in the postpartum period, a temporary disability sheet or certificate shall be issued to the person caring for the newborn;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) In case of an abortion, a doctor and the head of the department will give you a sick leave certificate for the time you're in the hospital or outpatient clinic where the procedure was done, or for the whole time you're unable to work if there are complications.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      In the case of a spontaneous abortion (miscarriage), a medical worker (obstetrician-gynecologist), or in their absence, a doctor, together with the head of the department, after the conclusion of the Medical Consultative Board at the place of observation, in accordance with the discharge summary from the obstetric healthcare organization/multidisciplinary hospital, a certificate or note of temporary incapacity for work is issued for the entire period of temporary incapacity for work, and a corresponding entry is made in the outpatient's medical record in the medical information system, describing the patient's condition and establishing the diagnosis and complications;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) When performing an embryo transfer operation, a sick leave certificate or temporary disability certificate is issued by the medical organization that performed the operation, from the date of embryo transfer until the date of confirmation of pregnancy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      In the case of surrogacy, the biological mother is issued a temporary disability certificate directly at the maternity hospital for a period of fifty-six calendar days from the date of the child's birth.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) Employees who have adopted a newborn child (children) are granted (one of the parents) leave for the period from the date of adoption until the expiration of fifty-six days from the date of birth of the child.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 57 - in the wording of the order of the Minister of Healthcare of the Republic of Kazakhstan dated 21.02.2025 № 12 (shall be enforced upon expiry of ten calendar days after the date of its first official publication); an amendment has been made in the Kazakh language, the text in Russian remains unchanged in accordance with the order of the Minister of Health of the Republic of Kazakhstan dated 21.08.2025 № 82 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       58. Pregnant women, women who have given birth to a child (children), women (men) who have adopted or adopted a newborn child (children), a certificate of temporary incapacity for work is issued in two copies: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3930,124 +4056,166 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       60. For caring for a sick child, a sheet or certificate of temporary incapacity for work is issued and extended for the period during which he needs care, but not more than ten calendar days. In case of illness of a child who is with the mother or other legal representative of the child outside the place of permanent residence, a sheet or certificate of temporary incapacity for work for caring for a sick child is issued as for a nonresident (signed by the head of the medical organization). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...72 lines deleted...]
-      4) on a referral by a medical organization outside their place of permanent residence, including outside the Republic of Kazakhstan, for the entire period of hospital stay, including the time required for round trip travel. </w:t>
+        <w:t>
+      61. When a child requiring care according to the conclusion of the Medical Consultative Board is undergoing inpatient treatment, including at a rehabilitation center, a certificate or statement of temporary incapacity for work due to caregiving is issued to one of the child's legal representatives or to the person caring for the child during treatment:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) for a child under the age of five – for the entire period of the child's stay in the hospital;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) seriously ill children over five years of age – for the period during which the child needs such care;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) a child with a disability – for the entire period of stay in the hospital, according to the conclusion of the Medical Consultative Board;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) upon referral by a medical organization outside their place of permanent residence, including outside the Republic of Kazakhstan, for the entire period of stay in the hospital, including the time required for round-trip travel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Footnote. Paragraph 61 in the wording of the order of the Minister of Healthcare of the Republic of Kazakhstan dated 21.08.2025 № 82 (shall be enforced upon expiry of ten calendar days after the date of its first official publication). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       62. If a child needs care after being discharged from the hospital and before hospitalization there was no release from work to care for him, a sheet or certificate of temporary incapacity for work is issued by a medical organization at the place of residence for a period of up to ten calendar days. If a sheet or certificate of temporary incapacity for work has already been issued for a given disease before being admitted to a hospital, then it is issued for the remaining days (up to ten days). 63. If a child develops another illness that is not related to the previous illness during the period of release for care, another sheet or certificate of temporary incapacity for work of the mother (father or other family member) is issued. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -9982,50 +10150,3290 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">Appendix 4 </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to Order On approval of the Rules </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>for conducting an examination</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">of temporary disability, as well as issuing </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>a sheet or certificate of temporary disability”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z354" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> List of obstructed labor</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. The Rules were supplemented with Appendix 4 in accordance with the order of the Minister of Healthcare of the Republic of Kazakhstan dated 21.02.2025 № 12 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z357" w:id="1"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+O14.2</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="1"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+HELLP syndrome</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z360" w:id="2"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+O15.0</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="2"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Eclampsia during pregnancy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z363" w:id="3"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+O15.1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="3"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Eclampsia during labor</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z366" w:id="4"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+O15.2</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="4"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Eclampsia in the postpartum period</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z369" w:id="5"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+O30.0</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="5"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Twin pregnancy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z372" w:id="6"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+O30.1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="6"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Triplet pregnancy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z375" w:id="7"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+O30.2</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="7"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Quadruple pregnancy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z378" w:id="8"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+O44.1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="8"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Placenta previa with bleeding</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z381" w:id="9"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+O45.0</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="9"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Premature placental abruption with bleeding disorder</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z384" w:id="10"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+O60.1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="10"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Spontaneous preterm labor with preterm delivery</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z387" w:id="11"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+O60.2</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="11"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Spontaneous preterm labor with timely delivery</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z390" w:id="12"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+O60.3</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="12"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Premature delivery without spontaneous labor </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z393" w:id="13"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+O70.2</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="13"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Third-degree perineal tear during delivery</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z396" w:id="14"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+O70.3</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="14"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Fourth-degree perineal tear during delivery</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z399" w:id="15"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+O71.0</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="15"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Uterine rupture before the onset of labor</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z402" w:id="16"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+O71.1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="16"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Uterine rupture during labor</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z405" w:id="17"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+O71.2</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="17"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Postpartum uterine prolapse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z408" w:id="18"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+O71.5</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="18"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Other obstetric injuries to the pelvic organs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z411" w:id="19"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+O71.6</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="19"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Obstetric injuries to the pelvic joints and ligaments</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z414" w:id="20"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+О75.1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="20"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Shock in the mother during or after labor and delivery </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z417" w:id="21"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+О75.4</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="21"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Other complications caused by obstetric surgery and other procedures </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z420" w:id="22"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+O81.1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="22"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Application of medium (cavity) forceps</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z423" w:id="23"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+O81.2</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="23"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Application of medium (cavity) forceps with rotation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z426" w:id="24"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+O81.4</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="24"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Use of vacuum extractor</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z429" w:id="25"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+O82.0</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="25"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Elective cesarean section</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z432" w:id="26"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+O82.1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="26"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Emergency cesarean section</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z435" w:id="27"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+O82.2</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="27"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Performing a cesarean section with hysterectomy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z438" w:id="28"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+O82.8</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="28"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Other single-fetus deliveries by cesarean section</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z441" w:id="29"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+O82.9</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="29"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Delivery by cesarean section, unspecified</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z444" w:id="30"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+O83.4</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="30"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Destructive surgery during childbirth</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z447" w:id="31"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+O84.0</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="31"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Multiple births, completely spontaneous</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z450" w:id="32"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+O84.1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="32"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Multiple births, completely with the use of forceps and vacuum extractor</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+O84.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Multiple births, completely by cesarean section</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z456" w:id="33"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+O85</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="33"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Postpartum sepsis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z459" w:id="34"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+O87.1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="34"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Deep vein thrombosis in the postpartum period</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z462" w:id="35"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+O88.0</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="35"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Obstetric air embolism</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z465" w:id="36"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+O88.1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="36"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Amniotic fluid embolism</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z468" w:id="37"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+O88.8</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="37"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Other obstetric embolism</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Appendix 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">to the order </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -10138,55 +13546,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -10512,31 +13920,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>