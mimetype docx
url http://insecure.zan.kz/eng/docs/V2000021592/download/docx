--- v0 (2025-10-13)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9d59612" w14:textId="9d59612">
+    <w:p w14:paraId="0051495" w14:textId="0051495">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -167,81 +167,103 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Unofficial translation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      In obedience to sub-paragraph 13) of Article 8 of the Code of the Republic of Kazakhstan of July 7, 2020 "On Public Health and Healthcare System" and sub-paragraph 1) of Article 10 of the Law of the Republic of Kazakhstan of 15 April 2013 “On Public Services</w:t>
+            In accordance with subparagraph 13) of Article 8 of the Code of the Republic of Kazakhstan “On Public Health and the Healthcare System” and subparagraph 1) of Article 10 of the Law of the Republic of Kazakhstan “On Public Services”,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>”</w:t>
-[...19 lines deleted...]
-        <w:t>HEREBY ORDER:</w:t>
+        <w:t xml:space="preserve"> I HEREBY ORDER:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. The Preamble is presented in the wording of Order № 55 of the Minister of Healthcare of the Republic of Kazakhstan dated 11 June 2025 (shall enter into force upon expiry of sixty calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. That the attached regulations for issuing statements (permits) for the import of human biological materials, hematopoietic stem cells, bone marrow, donor lymphocytes for the purpose of unrelated transplantation, germ cells and embryos into the Republic of Kazakhstan from states that are not members of the Eurasian Economic Union, and export from the territory of the Republic of Kazakhstan to these states shall be approved.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -977,427 +999,408 @@
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">states of samples of human biological materials, hematopoietic stem cells, bone marrow, donor lymphocytes for unrelated transplantation, </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">germ cells and embryos </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. To obtain a conclusion (permit documents) for import into the territory of the Republic of Kazakhstan from states that are not members of the Eurasian Economic Union, and export from the territory of the Republic of Kazakhstan to these states of samples of human biological materials, hematopoietic stem cells, bone marrow, donor lymphocytes for unrelated transplantation, germ cells and embryos, legal entities (hereinafter referred to as the service recipient) send an application to the territorial departments of the state body in the field of providing medical services (assistance) (hereinafter - the service provider) through the "electronic government" web portal www.egov.kz, www.elicense.kz (hereinafter - the portal), in the form approved by Appendix 1 to these Rules and the list of documents specified in paragraph 8 of the List of basic requirements to the provision of the state service “Issuance of conclusions (permits) for import into the territory of the Republic of Kazakhstan from states that are not members of the Eurasian Economic Union, and export from the territory of the Republic of Kazakhstan to these states of samples of human biological materials, hematopoietic stem cells, bone marrow, donor lymphocytes for unrelated transplantation, germ cells and embryos” (hereinafter referred to as the List) in accordance with Appendix 2 to these Rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The conclusion (permit document) for import to the territory of the Republic of Kazakhstan from states that are not members of the Eurasian Economic Union and export from the territory of the Republic of Kazakhstan to these states of samples of human biological materials, hematopoietic stem cells, bone marrow, donor lymphocytes for the purposes of unrelated transplantation, germ cells and embryos" shall be issued to legal entities for a single movement across the border of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-    </w:p>
-[...35 lines deleted...]
-    </w:p>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 3 as amended by the order of the Minister of Healthcare of the Republic of Kazakhstan dated 30.05.2023 № 92 (shall be enforced upon expiry of sixty calendar days after its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. The List of basic requirements for the provision of state service, including the characterization of the process, form, content and result of provision, as well as other information, taking into account the specifics of state service provision are set out in the List.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 3 as amended by the order of the Minister of Healthcare of the Republic of Kazakhstan dated 30.05.2023 № 92 (shall be enforced upon expiry of sixty calendar days after its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 4 as amended by the order of the Minister of Healthcare of the Republic of Kazakhstan dated 30.05.2023 № 92 (shall be enforced upon expiry of sixty calendar days after its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. On the day of receipt of documents, the service provider accepts and registers them.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       If the service recipient applies after the end of working hours, on weekends and holidays in accordance with the labor legislation of the Republic of Kazakhstan, the acceptance of the application and the issuance of the result of the provision of the public service are carried out on the next working day. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. The total period for consideration of documents and issuance of a conclusion (permit document) by the service provider is 1 (one) working day.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z10" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. In case the service recipient submits an incomplete package of documents, the service provider within 1 (one) working day from the moment of registration of the submitted documents specified in paragraph 8 of the List shall prepare a reasoned refusal (in free form) in rendering the state service, certified by electronic digital signature (hereinafter - EDS) of the authorized person of the service provider, and send it to the portal.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...23 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 7 as amended by the order of the Minister of Healthcare of the Republic of Kazakhstan dated 30.05.2023 № 92 (shall be enforced upon expiry of sixty calendar days after its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    </w:p>
+    <w:bookmarkStart w:name="z11" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. The result of the provision of a public service is the issuance of an appropriate conclusion (permit) in the form in accordance with Appendix 3 to these Rules or a reasoned refusal to provide a public service in any form.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Conclusion (permit document) for import into the territory of the Republic of Kazakhstan from states that are not members of the Eurasian Economic Union, and export from the territory of the Republic of Kazakhstan to these states of samples of human biological materials, hematopoietic stem cells, bone marrow, donor lymphocytes for unrelated transplantation, germ cells and embryos is issued for one movement across the border of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z12" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. The service provider ensures that data is entered into the information system for monitoring the provision of public services in accordance with subparagraph 11) of paragraph 2 of Article 5 of the Law.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Entering data into the information system for monitoring the provision of public services is automated.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z13" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. A complaint against decisions, actions (inaction) of the service provider and (or) their employees on the provision of public services is filed in the name of the head of the service provider.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The complaint of the service recipient received by the service provider directly providing the public service, in accordance with paragraph 2 of Article 25 of the Law of the Republic of Kazakhstan, is subject to consideration within five working days from the date of its registration.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1854,101 +1857,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Application for a statement (permits) for the import       of human biological materials, hematopoietic stem cells, bone marrow, donor lymphocytes for the purpose of unrelated transplantation, germ cells and embryos into the Republic of Kazakhstan from states that are not members of the Eurasian Economic Union, and export from the territory of the Republic of Kazakhstan to these states</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       _______________________________________________________________________________</w:t>
-[...49 lines deleted...]
-      We, (Name of the importing (exporting) organisation, its address) hereby request permission to import (export) of haematopoietic stem cells, bone marrow,</w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      We, (Name of the importing (exporting) organization, its address) hereby request permission to import (export) of hematopoietic stem cells, bone marrow,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       donor lymphocytes into (from) the territory (territories) of the Republic of Kazakhstan for the purpose of unrelated transplantation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1958,105 +1929,105 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       pursuant to Contract № _____ of _______(date) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ________________________________________________________________________________</w:t>
-[...53 lines deleted...]
-                               (please indicate the specific purpose of the import/export)</w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (name, quantity)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (please indicate the specific purpose of the import/export)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Availability of the donor’s/patient’s </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2084,213 +2055,213 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Recipient/sender</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ________________________________________________________________________________</w:t>
-[...17 lines deleted...]
-                               (Name, registered office, country)</w:t>
+      _________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Name, registered office, country)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Destination/sending country</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ________________________________________________________________________________</w:t>
+      __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The following documents are enclosed:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ________________________________________________________________________________</w:t>
-[...71 lines deleted...]
-                               (surname, first name, patronymic (if any))</w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________ _</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (position of the head of organization) (signature)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (surname, first name, patronymic (if any))</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -2358,204 +2329,543 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Appendix 2</w:t>
-[...103 lines deleted...]
-              <w:t>to these states organs (part of an organ) and (or) tissues (part of a tissue) of a person, blood and its components"</w:t>
+              <w:t xml:space="preserve">Appendix 2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to the Rules for issuing statements  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(permits) for the import of samples of human biological materials, hematopoietic stem cells, </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">bone marrow, donor lymphocytes for the purpose of unrelated transplantation, </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>germ cells, and embryos into the territory of the Republic of Kazakhstan from states</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> that are not members of the Eurasian Economic Union, </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and the export from the territory </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">of the Republic of Kazakhstan to these states </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> List of basic requirements for the provision of the state service </w:t>
-[...11 lines deleted...]
-        <w:t>"Issuance of a license for import into the territory of the Republic of Kazakhstan from states that are not members of the Eurasian Economic Union and export from the territory of the Republic of Kazakhstan to these states organs (part of an organ) and (or) tissues (part of a tissue) of a person, blood and its components"</w:t>
+        <w:t xml:space="preserve"> List of basic requirements for the provision of a public service "Issuance of statements (permits) for the import of samples of human biological materials, hematopoietic stem cells, bone marrow, donor lymphocytes for the purpose of unrelated transplantation, germ cells, and embryos into the territory of the Republic of Kazakhstan from states that are not members of the Eurasian Economic Union, and the export from the territory of the Republic of Kazakhstan to these states</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Footnote. Appendix 2 as amended by the order of the Minister of Healthcare of the Republic of Kazakhstan dated 30.05.2023 № 92 (shall be enforced upon expiry of sixty calendar days after its first official publication).</w:t>
+      Footnote. Appendix 2 is presented in the wording of Order of the Minister of Healthcare of the Republic of Kazakhstan dated 11 June 2025, № 55 (shall enter into force upon expiry of sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -2642,51 +2952,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Territorial departments of the state body in the field of provision of medical services (assistance) (hereinafter – the service provider).</w:t>
+Territorial departments of the state body in the field of provision of medical services (assistance) (hereinafter - the service provider ).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2719,87 +3029,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Methods of provision of the state service</w:t>
+Methods of providing a public service</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-web portal of "electronic government" www.egov.kz, www. elicense.kz (hereinafter - the portal)</w:t>
+e-government web portal www.egov.kz,  www.elicense.kz (hereinafter - the portal)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2832,51 +3142,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Term of provision of the state service</w:t>
+Terms for the provision of a public service</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2981,51 +3291,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-electronic (fully automated)</w:t>
+electronic (partially automated)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3058,87 +3368,141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Result of provision of the state service</w:t>
+Result of providing a public service</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+A statement (permit document) for the import of samples of human biological materials, hematopoietic stem cells, </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-Conclusion ( permit document) for import to the territory of the Republic of Kazakhstan from states that are not members of the Eurasian Economic Union and export from the territory of the Republic of Kazakhstan to these states samples of human biological materials, hematopoietic stem cells, bone marrow, donor lymphocytes for the purposes of unrelated transplantation, germ cells and embryos or a reasoned refusal to provide a state service in an arbitrary form.</w:t>
+bone marrow, donor lymphocytes for the purpose of unrelated transplantation, germ cells, and embryos into the territory of the Republic of Kazakhstan from states</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ that are not members of the Eurasian Economic Union, </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+and the export from the territory of the Republic of Kazakhstan to these states </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3171,87 +3535,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-The amount of payment charged from the service recipient when rendering a state service and the ways of its collection in cases provided for by the legislation of the Republic of Kazakhstan</w:t>
+The amount of payment charged to the service recipient for the provision of a public service and methods of collecting it in cases stipulated by the legislation of the Republic of Kazakhstan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-The state service shall be provided free of charge</w:t>
+A public service is provided free of charge.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3284,105 +3648,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Work schedule of the service provider and the information facilities</w:t>
+Opening hours of the service provider and information facilities</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+1) the service provider - from Monday to Friday from 9:00 to 18:30 with a lunch break from 13:00 to 14:30, except weekends and holidays; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-1) service provider - from Monday to Friday from 9.00 to 18.30 hours with a lunch break from 13.00 to 14.30 hours, except weekends and public holidays;</w:t>
-[...17 lines deleted...]
-2) portal - around the clock, except for technical breaks related to repair works (when the service recipient applies after working hours, on weekends and public holidays, receiving applications and issuing the results of the state service is carried out on the next working day).</w:t>
+2) the portal - around the clock, except for technical breaks related to repair works (if the service recipient applies after working hours, on weekends and holidays, applications shall be accepted and the results of the provision of the public service shall be issued on the following working day)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3415,723 +3779,393 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-List of documents and information requested from the service recipient for the provision of the state service</w:t>
+List of documents and information requested from the service recipient for the provision of a public service</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+List of documents and information required to provide a public service: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1. To obtain a statement (permit document) for the import or export of hematopoietic stem cells (bone marrow), donor lymphocytes for the purpose of performing an unrelated transplant, a healthcare organization licensed for medical activity in the specialty of "transplantology" and (or) "hematology" shall submit the following documents: an application in the form according to Appendix 1 to these Rules; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+confirmation (in any form) from the healthcare organization in which it is planned to perform an unrelated transplant of hematopoietic stem cells (bone marrow), donor lymphocytes from the donor to the recipient indicating information on the informed consent of the donor and recipient and the date of the planned unrelated transplant. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2. To obtain a statement (permit document) for the import or export of germ cells and embryos, a legal entity shall submit the following documents: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1) if in vitro fertilization is required in healthcare organizations of the Republic of Kazakhstan: an application in the form according to Appendix 1 to these Rules; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+confirmation (in any form) from a medical organization licensed for medical activity in the specialty of "obstetrics and gynecology" and/or) "urology"; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) if diagnostic tests are required: an application in the form according to Appendix 1 to these Rules; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3) in case of conducting joint scientific researches; an application in the form according to Appendix 1 to these Rules; an electronic copy of the document confirming that the healthcare organization receiving or sending the materials (germ cells, embryos) is engaged in scientific activity; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+4) if in vitro fertilization of a donor residing in the territory of the Republic of Kazakhstan or a recipient residing abroad is required: an application in the form according to Appendix 1 to these Rules; confirmation (in any form) from a medical organization performing in vitro fertilization and licensed for medical activities in the specialty of "obstetrics and gynecology" and (or) "urology". </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+5) in cases stipulated by international treaties ratified by the Republic of Kazakhstan: an application in the form according to Appendix 1 to these Rules. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3. To obtain a statement (permit document) for the import or export of samples of human biological materials, a legal entity shall submit the following documents: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1) in case of need to provide medical care on the territory of the Republic of Kazakhstan; an application in the form according to Appendix 1 to these Rules; confirmation (in any form) from the medical organization accepting samples of biological materials and in which it is planned to provide medical care; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) in case of need for diagnostic tests on the territory of the Republic of Kazakhstan; an application in the form according to Appendix 1 to these Rules; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3) in case of conducting joint scientific researches: an application in the form according to Appendix 1 to these Rules; an electronic copy of the document confirming the scientific activity of the legal entity receiving or sending biological materials; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+4) if it is necessary to conduct laboratory tests using the HLA system to confirm the tissue compatibility of a donor living abroad and a recipient living in the Republic of Kazakhstan, as well as to conduct immunostimulation of the recipient as part of hematopoietic stem cell transplantation: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+an application in the form according to Appendix 1 to these Rules; confirmation (in any form) from the medical organization sending and (or) receiving samples of biological materials. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+The Service provider receives the following information from the relevant state information systems, through the e-government gateway, the digital document service or from the elicense.kz information system: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-List of documents and information required to provide the state service:</w:t>
-[...635 lines deleted...]
-state registration (re-registration) (in case the legal entity is a resident).</w:t>
+on international treaties ratified by the Republic of Kazakhstan; on the availability of a license for medical activity and an appendix to the license in the specialties of "transplantology", "hematology", "obstetrics and gynecology", "urology"; on state registration (re-registration) (if the legal entity is a resident).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4164,141 +4198,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Grounds for the refusal to provide the state services, established by the legislation of the Republic of Kazakhstan</w:t>
+Grounds for refusal to provide a public service established by the laws of the Republic of Kazakhstan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+1) establishment of inaccuracy of documents submitted by the service recipient for obtaining the public service, and (or) data (information) contained therein; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) non-compliance of the service recipient and (or) the submitted materials, objects, data and information necessary for the provision of the public service, with the requirements established by these Rules; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3) in respect to the service recipient there is a court decision (sentence) that has entered into legal force prohibiting the activity or certain types of activity that require the receipt of a certain public service; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+4) in respect to the service recipient there is a court decision that has entered into legal force, on the basis of which the service recipient is deprived of a special right associated with receiving the public service; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-1) submission of an incomplete set of documents by the service recipient;</w:t>
-[...53 lines deleted...]
-4) lack of consent of the service recipient provided in accordance with Article 8 of the law of the Republic of Kazakhstan "On Personal Data and Their Protection", access to personal data of restricted access, which are required for the provision of state services.</w:t>
+5) lack of consent of the service recipient, provided in accordance with Article 8 of the Law of the Republic of Kazakhstan "On personal data and their protection", to access personal data of restricted access that are required to provide a public service.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4331,159 +4383,141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Other requirements taking into account the peculiarities of rendering the state service, including those rendered in electronic form and through the State Corporation</w:t>
+Other requirements taking into account the specifics of the provision of a public service, including those provided in electronic form and through the State Corporation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+1. The service recipient shall have the opportunity to receive information on the procedure and status of providing a public service in remote access mode through the "personal account" of the portal, as well as a Unified contact centre. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2. The service recipient shall receive the public service in electronic form through the portal, subject to the availability of an electronic digital signature. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3. Contact phone numbers of help desks for questions about the provision of public services are listed on the Internet resource of the Committee for Medical and Pharmaceutical Control of the Ministry of Healthcare of the Republic of Kazakhstan kmfk@dsm.gov.kz. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-1. The service recipient has the opportunity to receive information on the procedure and status of rendering the state service in the mode of remote access through the "personal cabinet" of the portal, as well as a single contact center.</w:t>
-[...71 lines deleted...]
-5. Telephone numbers of the single contact center for the provision of state services - 1414, 8-800-080-7777</w:t>
+4. Phone numbers of the Unified contact centre for questions about the provision of public services - 1414, 8-800-080-7777</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -4772,63 +4806,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> STATEMENT </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">(permit) for the import       of human biological materials, hematopoietic stem cells, bone marrow, </w:t>
-[...11 lines deleted...]
-        <w:t>donor lymphocytes for the purpose of unrelated transplantation, germ cells and embryos into the Republic of Kazakhstan from states that are  not members of the Eurasian Economic Union, and export from the territory of the Republic of Kazakhstan to these states</w:t>
+        <w:t>(permit) for the import of human biological materials, hematopoietic stem cells, bone marrow, donor lymphocytes for the purpose of unrelated transplantation, germ cells and embryos into the Republic of Kazakhstan from states that are  not members of the Eurasian Economic Union, and export from the territory of the Republic of Kazakhstan to these states</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -5028,88 +5050,124 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                          (Name of the issuing authority)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...36 lines deleted...]
-      Type of transportation ________________________________________________________________</w:t>
+        <w:t xml:space="preserve">
+      Issued to </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                         (Country, name of organization, registered office)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Type of transportation </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________/ / _____________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5407,124 +5465,196 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Destination/sending country* _____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...72 lines deleted...]
-      Ground:________________________________________________________________</w:t>
+        <w:t xml:space="preserve">
+      Country of import </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Country of export </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Purpose of import/export </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Time limit for temporary importation </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (exportation)______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ground: ________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Further information ________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5587,52 +5717,70 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The statement is valid through ____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      _________________________________________________________ ___________________</w:t>
+        <w:t xml:space="preserve">
+      _________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                    (first name, surname and patronymic (if any) (position)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5680,50 +5828,99 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        &lt;*&gt; to be completed with due account for the requirements for categories of goods</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -6800,202 +6997,202 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ KR DSM-177/2020 </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>dated November 3, 2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z19" w:id="10"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> List of orders of the Ministry of Healthcare of the Republic of Kazakhstan that are no longer in force</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z20" w:id="11"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Order of the Acting Minister of Healthcare of the Republic of Kazakhstan № 151 of March 26, 2014 "On approval of the Rules for issuance of statements (permits) for the import into the territory of the Republic of Kazakhstan and export from the territory of the Republic of Kazakhstan of hematopoietic stem cells, bone marrow in case of their transfer for the purpose of unrelated transplantation, as well as samples of cells, tissues, biological fluids and secretions, including products of human vital functions, physiological and pathological excretions, smears, scrapes, wipes intended for diagnostic scientific purposes or obtained in the process of biomedical research" (registered with the Register of State Regulatory Legal Acts of the Republic of Kazakhstan under № 9372, published on June 2, 2014 in Adilet, the information and legal system);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z21" w:id="12"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Order of the Minister of Healthcare and Social Development of the Republic of Kazakhstan №650 of July 25, 2016 "On amendments to Order of the Acting Minister of Healthcare of the Republic of Kazakhstan №151 of March 26, 2014 "On approval of the Rules for issuing statements (permits) to import into the territory of the Republic of Kazakhstan and export from the territory of the Republic of Kazakhstan hematopoietic stem cells, bone marrow in case of their transfer for the purpose of non-related transplant, as well as samples of cells, tissues, biological fluids and secretions, including products of human vital functions, physiological and pathological excretions, smears, scrapes, washes intended for diagnostic scientific purposes or obtained in the process of biomedical research" (recorded in the Register of State Regulatory Legal Acts of the Republic of Kazakhstan under № 14152, published in Adilet, the information and legal system on September 8, 2016);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z22" w:id="13"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Order of the Minister of Healthcare of the Republic of Kazakhstan № KR DSM-25 of October 9, 2018 "On Amendments to Order of Acting Minister of Healthcare of the Republic of Kazakhstan № 151 of March 26, 2014 "On Approval of Rules for Issuance of Statements (Permits) for the Import into and Export from the Republic of Kazakhstan of Haemopoietic Stem Cells, Bone Marrow in case of their Movement for the Purpose of Non-Parental Transplantation as well as Cell Samples, tissues, biological fluids and secretions, including products of human vital functions, physiological and pathological excretions, smears, scrapes, washes intended for diagnostic scientific purposes or obtained in the process of biomedical research" (registered with the Register of State Regulatory Legal Acts of the Republic of Kazakhstan under № 17626, published in the Reference Regulatory Legal Acts Bank of the Republic of Kazakhstan on November 14, 2018 in electronic form);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z23" w:id="14"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Paragraph 1 of the list of certain orders in the field of health care, which are amended, approved by Order of the Minister of Healthcare of the Republic of Kazakhstan № KR DSM-27/2020 dated April 4, 2020 "On amendments to certain orders in the field of health care" (registered with the Register of State Registration of Regulatory Legal Acts of the Republic of Kazakhstan under № 20333, published on April 13, 2020 in the Reference Bank of Regulatory Legal Acts of the Republic of Kazakhstan in electronic form)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -7321,31 +7518,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>