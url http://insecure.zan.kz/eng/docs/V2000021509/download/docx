--- v0 (2025-11-03)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="26583d7" w14:textId="26583d7">
+    <w:p w14:paraId="bead3d1" w14:textId="bead3d1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -840,51 +840,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. The unified register of independent experts (hereinafter referred to as the register) is maintained by the state body in the field of medical services (assistance) (hereinafter referred to as the state body) in the Kazakh and Russian languages, in electronic form in accordance with Appendix 1 to these Rules.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. The register shall be formed on the basis of applications submitted by individuals (specialists and/or applicants) applying for the provision of services for conducting an examination of the medical services (assistance) quality or healthcare entities carrying out an examination of the  medical services (assistance) quality in the field of healthcare (hereinafter - the entity) in the form according to Appendix 2 to these Rules. </w:t>
+      4. The register shall be formed on the basis of applications submitted by individuals (specialists and/or applicants) applying for the provision of services for conducting an examination of the medical services (assistance) quality or healthcare entities carrying out an examination of the medical services (assistance) quality in the field of healthcare (hereinafter - the entity) in the form according to Appendix 2 to these Rules. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The application shall be submitted to the address indicated on the official website of the state body, from Monday to Friday, in accordance with the established work schedule from 9.00 to 18.30 p.m, excluding weekends and holidays.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1011,79 +1011,79 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) a document confirming completion of additional and informal education over the past 5 years on the issues of conducting examination of the medical services (assistance) quality, in a total volume of at least 4 credits (120 hours);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) a certificate of assignment of the first and (or) highest qualification category or a specialist certificate in the relevant specialty/specialization with a qualification level of at least 7.2 (R), and for employees providing outpatient care at least 7.2 (I) in accordance with the order of the Minister of Healthcare of the Republic of Kazakhstan from the Minister of Healthcare of the Republic of Kazakhstan dated December 20, 2020 № KR МHC-283/2020 "On approval of the rules for confirming the results of continuous professional development, assignment and confirmation of qualification levels of healthcare workers" (registered in the Register of state registration of regulatory legal acts under № 21843).</w:t>
+      5) a certificate confirming the award of the first and/or highest qualification category or a specialist certificate in the relevant specialty/specialization with a qualification level of not lower than 7.3 (R), and for employees providing outpatient and polyclinic care – not lower than 7.2 (I), in accordance with the Order of the Minister of Healthcare of the Republic of Kazakhstan dated December 20, 2020 № ҚР ДСМ-283/2020 “On Approval of the Rules for Confirmation of the Results of Continuous Professional Development, Awarding and Confirmation of Qualification Levels of Healthcare Workers” (registered in the Register of state registration of regulatory legal acts under № 21843).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 5 is in the wording of the order of the Minister of Healthcare of the Republic of Kazakhstan dated 21.06.2024 № 26 (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 5 is in the wording of the order of the Minister of Healthcare of the Republic of Kazakhstan dated 21.06.2024 № 26 (shall be enforced upon expiry of ten calendar days after the day of its first official publication); as amended by the order of the Minister of Healthcare of the Republic of Kazakhstan dated 18 September 2025, № 97 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z28" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4469,55 +4469,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>