--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="32b8e1c" w14:textId="32b8e1c">
+    <w:p w14:paraId="a0745b8" w14:textId="a0745b8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -145,87 +145,149 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Order of the Minister of Healthcare of the Republic of Kazakhstan dated September 7, 2020, No. ҚР ДСМ -100/2020. Registered with the Ministry of Justice of the Republic of Kazakhstan on September 8, 2020, No. 21181.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Unofficial translation</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z0" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      In accordance with subparagraph 17) of Article 8 of the Code of the Republic of Kazakhstan dated July 7, 2020 "On public health and healthcare system", </w:t>
+      In accordance with subparagraph 17) of Article 8 of the Code of the Republic of Kazakhstan “On Public Health and the Healthcare System”, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>I HEREBY ORDER:</w:t>
+        <w:t xml:space="preserve">I </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HEREBY </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ORDER:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Preamble – as amended by Order № 97 of the Minister of Healthcare of the Republic of Kazakhstan dated September 18, 2025 (shall come into effect ten calendar days after its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z1" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. To approve the attached Rules for the provision of information (emergency notification) on deaths of pregnant women, parturient women, as well as in the event of the death of postpartum women within forty-two calendar days after childbirth, the sudden death of patients during the provision of elective medical care (primary healthcare and specialized assistance, including high-tech medical services).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z2" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -584,51 +646,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>of the Republic of Kazakhstan</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">No. KR DSM-100/2020 </w:t>
+              <w:t xml:space="preserve">№ KR DSM-100/2020 </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>of September 7, 2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -660,51 +722,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Sudden Death in Planned Medical Care (Primary Health Care and Specialised Care, Including High-Tech Medical Services)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Footnote. The Rules - as reworded by Order No. KR DSM-104 of the Minister of Health of 15.10.2021 (shall be put into effect ten calendar days after the date of its first official publication).</w:t>
+      Footnote. The Rules - as reworded by Order № KR DSM-104 of the Minister of Health of 15.10.2021 (shall be put into effect ten calendar days after the date of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 1. General provisions </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -772,51 +834,93 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) a competent authority in the field of health care (hereinafter referred to as the competent authority) - the central executive body responsible for management and inter-sectoral coordination in the field of health protection of citizens of the Republic of Kazakhstan, medical and pharmaceutical science, medical and pharmaceutical education, sanitary and epidemiological welfare of the population, circulation of medicines and medical devices, quality of medical services (assistance));</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) A public authority in the field of health services (care) - a public authority that manages the provision of health services (care) and monitors the quality of health services (care).</w:t>
+      3) government agency in the area of providing medical services (assistance) – a government agency that exercises leadership in the area of providing medical services (assistance), and controls and supervises the quality of medical services (assistance).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 2 as amended by Order № 97 of the Minister of Healthcare of the Republic of Kazakhstan dated September 18, 2025 (shall come into effect ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z10" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 2: Procedures for reporting deaths in pregnancy, childbirth and maternity</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
@@ -858,51 +962,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) notification within two hours by telephone to the management of the approved authority;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) within 24 hours to the public authority and its territorial subdivisions (hereinafter territorial subdivisions) information and copies of the following medical documents, in electronic form (in PDF format) with the available results of additional methods of investigation (laboratory, instrumental ones) as per the forms approved by Order of the Acting Minister of Health No. KR DSM-175/2020 of October 30, 2020 “On Approval of Health Record Forms” (recorded in the Register of State Registration of Regulatory Legal Acts under No. 21579) (hereinafter Order No. </w:t>
+      2) within 24 hours to the public authority and its territorial subdivisions (hereinafter territorial subdivisions) information and copies of the following medical documents, in electronic form (in PDF format) with the available results of additional methods of investigation (laboratory, instrumental ones) as per the forms approved by Order of the Acting Minister of Health № KR DSM-175/2020 of October 30, 2020 “On Approval of Health Record Forms” (recorded in the Register of State Registration of Regulatory Legal Acts under № 21579) (hereinafter Order № </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>K</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>R DSM-175/2020), daily:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -914,177 +1018,177 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       “Notifications” in the form annexed hereto;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Form No. 077/y “Medical History of Pregnancy and Maternity”;</w:t>
+      Form № 077/y “Medical History of Pregnancy and Maternity”;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Form No 048/y “Exchange Card of Pregnancy and Maternity”;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Form No. 020/y “Birth Registration Form”;</w:t>
+      Form № 020/y “Birth Registration Form”;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Insert sheet 11 to the inpatient medical record “Developmental History of the Newborn Infant”;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Form No. 001/y “Medical Record of an Inpatient Patient”, including a history of termination of pregnancy and a history of childbirth;</w:t>
-[...53 lines deleted...]
-      3) Form No. 002/y “Protocol (Card) of Pathological-Anatomical Examination, Blocks and Cover-Glass Preparations” approved by Order No. KR DSM-175/2020, Blocks and Cover-Glass Preparations to territorial offices within seven working days from the registration of a case of maternal mortality.</w:t>
+      Form № 001/y “Medical Record of an Inpatient Patient”, including a history of termination of pregnancy and a history of childbirth;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Form № 052/y “Outpatient Medical Record”, including for completing a history of termination of pregnancy;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Form № 051/y “Maternal Mortality Registration Card”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Form № 002/y “Protocol (Card) of Pathological-Anatomical Examination, Blocks and Cover-Glass Preparations” approved by Order № KR DSM-175/2020, Blocks and Cover-Glass Preparations to territorial offices within seven working days from the registration of a case of maternal mortality.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z12" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Maternal mortality cases shall be registered and counted at the place of attachment to the healthcare facility, irrespective of the place of death of pregnant women, parturient women and women in labour within forty-two calendar days after childbirth.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -1352,105 +1456,105 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) a notification in the form annexed hereto within 24 hours;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) copies of medical documents per forms approved by Order No. KP DSM-175/2020 in electronic format (PDF) with the results of additional examinations (laboratory, instrumental) within two working days:</w:t>
+      2) copies of medical documents per forms approved by Order № KP DSM-175/2020 in electronic format (PDF) with the results of additional examinations (laboratory, instrumental) within two working days:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Form No. 001/y “Medical Record of an Inpatient Patient”, </w:t>
+      Form № 001/y “Medical Record of an Inpatient Patient”, </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Form No. 052/y “Outpatient Medical Record”, </w:t>
-[...17 lines deleted...]
-      3) Form No. 002/y “Protocol (Card) of Pathological-Anatomical Examination, Blocks and Cover-Glass Preparations”, approved by Order No. KR DSM-175/2020, within fourteen working days.</w:t>
+      Form № 052/y “Outpatient Medical Record”, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Form № 002/y “Protocol (Card) of Pathological-Anatomical Examination, Blocks and Cover-Glass Preparations”, approved by Order № KR DSM-175/2020, within fourteen working days.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z19" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Control over registration and accounting of sudden death cases (R96) of patients during provided planned medical care (primary and specialised medical care, including high-tech medical services), as well as deaths of patients with diagnoses: anaphylactic shock (T78.0), iatrogenic complications (T80-85), cardiac arrest (I46.1, I46.9), shall be performed by the first executive of the healthcare facility, as well as the deputy head of the local public health authority of the region, city of national importance and the capital responsible for preventive health care.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
@@ -2113,55 +2217,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>