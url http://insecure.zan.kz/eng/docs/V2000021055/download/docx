--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="895dd1c" w14:textId="895dd1c">
+    <w:p w14:paraId="30efa73" w14:textId="30efa73">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -103,129 +105,167 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="888888"/>
         </w:rPr>
+        <w:t>Invalidated</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
         <w:t>Unofficial translation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Order of the Minister of Ecology, Geology and Natural Resources of the Republic of Kazakhstan dated July 30, 2020, No. 178. Registered with the Ministry of Justice of the Republic of Kazakhstan on August 5, 2020, No. 21055</w:t>
-[...13 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>Order of the Minister of Ecology, Geology and Natural Resources of the Republic of Kazakhstan dated July 30, 2020, № 178. Registered with the Ministry of Justice of the Republic of Kazakhstan on August 5, 2020, № 21055. Abrogated by the Order of the Minister of Water Resources and Irrigation of the Republic of Kazakhstan dated June 10, 2025 № 128-NK.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z5" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Unofficial translation</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. Abrogated by the Order of the Minister of Water Resources and Irrigation of the Republic of Kazakhstan dated 06/10/2025 № 128-NK (effective from 10.06.2025).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       In accordance with subparagraph 7-4) of paragraph 1 of Article 37 of the Water Code of the Republic of Kazakhstan dated July 9, 2003, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>I HEREBY ORDER:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z6" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. To approve the attached Rules for the provision of water bodies for separate or joint use on a competitive basis.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -334,137 +374,156 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. This Order shall come into effect upon the expiration of ten calendar days after the day of its first official publication.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7773"/>
-        <w:gridCol w:w="4227"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7773" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Minister of Ecology, Geology and Natural Resources</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> of the Republic of Kazakhstan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4227" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -472,96 +531,104 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> M. Mirzagaliyev</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z14" w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "AGREED"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Ministry of National Economy </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>of the Republic of Kazakhstan</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -660,51 +727,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Republic of Kazakhstan</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>dated July 30, 2020, No. 178</w:t>
+              <w:t>dated July 30, 2020, № 178</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z16" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> The Rules for the provision of water bodies for separate or joint use on a competitive basis</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z17" w:id="10"/>
     <w:p>
@@ -1496,111 +1563,111 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) obligations for:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:bookmarkStart w:name="z57" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      compliance with the rules of general water use on the conditions established by the local representative bodies of the relevant region in accordance with subparagraph 1) of Article 38 of the Code;</w:t>
+      compliance with the rules of general water use on the conditions established by the local representative bodies of the relevant region in accordance with subparagraph 1) of Article 38 of the Code;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
     <w:bookmarkStart w:name="z58" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      implementation of water protection measures;</w:t>
+      implementation of water protection measures;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
     <w:bookmarkStart w:name="z59" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ensuring the safety of individuals on water bodies provided for separate or joint water use, compliance with the established regime of economic and other activities on the territory of water protection zones of water bodies;</w:t>
+      ensuring the safety of individuals on water bodies provided for separate or joint water use, compliance with the established regime of economic and other activities on the territory of water protection zones of water bodies;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:bookmarkStart w:name="z60" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      establishment of a water easement.</w:t>
+      establishment of a water easement.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:bookmarkStart w:name="z61" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) in a sealed envelope the intention of the bidder concerning the use of the water body with a brief justification of the planned investment.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
     <w:bookmarkStart w:name="z62" w:id="55"/>
     <w:p>
@@ -1636,51 +1703,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. The participant of the competition shall get acquainted with the materials about the water body before the start of the competition.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:bookmarkStart w:name="z64" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19. The tender committee within 10 (ten) working days having considered the submitted documents of the tender participants shall draw up a preliminary admission protocol with a description of comments on applications that do not meet the qualification requirements.</w:t>
+      19. The tender committee within 10 (ten) working days having considered the submitted documents of the tender participants shall draw up a preliminary admission protocol with a description of comments on applications that do not meet the qualification requirements.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
     <w:bookmarkStart w:name="z65" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       In the course of consideration of tender applications, the tender committee, if necessary, shall send written requests to the relevant state bodies to confirm the accuracy of the submitted documents.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
     <w:bookmarkStart w:name="z66" w:id="59"/>
     <w:p>
@@ -1696,91 +1763,91 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. The secretary of the competition, within 2 (two) working days, shall publish a copy of the preliminary admission protocol on the official Internet resource of the organizer of the competition and send it to the participants of the competition.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
     <w:bookmarkStart w:name="z67" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21. From the date of publication of a copy of the protocol on the official Internet resource of the organizer of the competition, the participants of the competition shall be given 3 (three) working days to eliminate comments. If the comments are not eliminated, the participant shall be excluded.</w:t>
+      21. From the date of publication of a copy of the protocol on the official Internet resource of the organizer of the competition, the participants of the competition shall be given 3 (three) working days to eliminate comments. If the comments are not eliminated, the participant shall be excluded.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
     <w:bookmarkStart w:name="z68" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. The tender committee shall open the envelopes with the intentions of the tender participants concerning the use of the water body with a brief justification of the planned investments in the place and time specified by the organizer of the tender. The envelope opening procedure shall be carried out with video recording without interrupting the recording. The participant of the tender shall be present at the opening of the envelopes.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
     <w:bookmarkStart w:name="z69" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      23. The results of the opening of envelopes shall be reflected in the protocol of opening the envelopes, signed by all members of the tender committee present at the meeting and the secretary. The opening protocol within 2 (two) working days shall be posted on the Internet resource of the organizer of the competition by the secretary of the competition committee.</w:t>
+      23. The results of the opening of envelopes shall be reflected in the protocol of opening the envelopes, signed by all members of the tender committee present at the meeting and the secretary. The opening protocol within 2 (two) working days shall be posted on the Internet resource of the organizer of the competition by the secretary of the competition committee.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
     <w:bookmarkStart w:name="z70" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       In the course of consideration of bids, the tender committee may request clarifications from the bidders on their bids.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
     <w:bookmarkStart w:name="z71" w:id="64"/>
     <w:p>
@@ -1856,51 +1923,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. In the absence of a competitive environment (there is one applicant); the only participant in the competition shall be recognized as the winner of the competition if they have met all the requirements for the participants in the competition.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
     <w:bookmarkStart w:name="z75" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      26. The results of the competition shall be are summed up by the protocol of the tender committee within 10 (ten) calendar days from the day of opening the envelopes, signed by the members of the tender committee present at the meeting, a copy of which shall be sent to the participants of the competition no later than 1 (one) working day.</w:t>
+      26. The results of the competition shall be are summed up by the protocol of the tender committee within 10 (ten) calendar days from the day of opening the envelopes, signed by the members of the tender committee present at the meeting, a copy of which shall be sent to the participants of the competition no later than 1 (one) working day.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
     <w:bookmarkStart w:name="z76" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The results of the competition shall be posted on the Internet resource of the competition organizer.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
     <w:bookmarkStart w:name="z77" w:id="70"/>
     <w:p>
@@ -2056,51 +2123,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) documents confirming solvency:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
     <w:bookmarkStart w:name="z85" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      original certificate of a bank or a bank branch with a signature and a seal, in which the bidder is served on the absence of overdue debts for all types of obligations to the bank or bank branch (if the bidder is a client of several second-tier banks or branches, as well as a foreign bank, this certificate is submitted from each of these banks). The certificate shall be issued not earlier than one month preceding the date of opening of envelopes with tender bids;</w:t>
+      original certificate of a bank or a bank branch with a signature and a seal, in which the bidder is served on the absence of overdue debts for all types of obligations to the bank or bank branch (if the bidder is a client of several second-tier banks or branches, as well as a foreign bank, this certificate is submitted from each of these banks). The certificate shall be issued not earlier than one month preceding the date of opening of envelopes with tender bids;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
     <w:bookmarkStart w:name="z86" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       original balance sheet for the last financial year, signed by the chief executive or a person replacing him. If the opening of envelopes occurs before April 30 of the current year, then the original or a notarized copy of the balance sheet for the financial year preceding the last financial year shall be submitted;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
     <w:bookmarkStart w:name="z87" w:id="80"/>
     <w:p>
@@ -2136,51 +2203,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. The tender participant, after receiving water bodies for separate or joint use, shall ensure compliance with the rules for general water use established by local representative bodies of the relevant region in accordance with subparagraph 1) of Article 38 of the Code in agreement with the basin inspectorates.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
     <w:bookmarkStart w:name="z89" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      31. Local executive bodies of a district, a city of regional significance, a region, a city of republican significance shall keep records by compiling a list of water bodies provided for separate or joint use in the form in accordance with Annex 2 to these Rules and annually no later than January 20 of the year following the reporting year, provide this information (with a copy of agreements on the provision of a water body for separate or joint use) to the Inspectorate.</w:t>
+      31. Local executive bodies of a district, a city of regional significance, a region, a city of republican significance shall keep records by compiling a list of water bodies provided for separate or joint use in the form in accordance with Annex 2 to these Rules and annually no later than January 20 of the year following the reporting year, provide this information (with a copy of agreements on the provision of a water body for separate or joint use) to the Inspectorate.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -2348,55 +2415,127 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Location)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
     <w:bookmarkStart w:name="z94" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      ___________________________________________________________, referred to as the (full name of the organizer of the competition) hereinafter referred to as the Local executive body, represented by _______________________________, (position, surname, name, patronymic (if any) of an authorized person) acting on the basis of ____________________________________________, on the one hand and ____________________________________________________, (full name of the water user - the winner of the tender) hereinafter referred to as the Water user, represented by _________________ _____________________________________________________________________, (position, surname, name, patronymic (if any) of the authorized person) acting on the basis of _____________________________________________, (Charter, Regulations and others) on the other hand, based on ______________________________________________________________</w:t>
+        <w:t xml:space="preserve">
+      ___________________________________________________________, referred to as the (full name of the organizer of the competition) hereinafter referred to as the Local executive body, represented by _______________________________, (position, surname, name, patronymic (if any) of an authorized person) acting on the basis of </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ____________________________________________, on the one hand and </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ____________________________________________________, (full name of the water user - the winner of the tender) hereinafter referred to as the Water user, represented by </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ______________________________________________________________________________________, (position, surname, name, patronymic (if any) of the authorized person) acting on the basis of, (Charter, Regulations and others) on the other hand, based on </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z95" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (number and date of the decision on granting the right to isolated or joint use of a water body) have entered into this agreement on the provision of a water body for separate or joint use (hereinafter referred to as the Agreement) and have agreed on the following:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
     <w:bookmarkStart w:name="z96" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -3496,642 +3635,731 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Details of the parties</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="143"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5760"/>
-        <w:gridCol w:w="6540"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5760" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z152" w:id="144"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Local executive body"</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="144"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>___________________________________ </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(name) ___________________________________ </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(postal, telegraphic address)</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>___________________________________ </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(bank details, Individual </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>identification code, the full name of the bank, address of the bank or its branch)</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>___________________________________ </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(position, surname, name, patronymic (with his </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">available)) _____________________________ </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (signature, stamp)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="144"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6540" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z162" w:id="145"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Water user"</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="145"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>_____________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(Surname, name, patronymic. (if any) of</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>individual or name of legal entity</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(address of an individual or legal entity)</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(Individual identification number for individuals, bank details, </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Individual identification code, the full name of the bank, address of the bank or its branch)</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(position, surname, name, patronymic (if any))</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (signature, stamp (except for persons who are subjects of private entrepreneurship))</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="145"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -4244,467 +4472,468 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> List of water bodies provided for separate or joint use</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="501"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2088"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-No.</w:t>
+№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Surname, name, patronymic (if any) of an individual, or the name of a legal entity that has been granted the right to use a water body separately or jointly</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="745" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Name of the water body</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1037" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Purpose of isolated or joint use of a water body</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4527" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 The number and date of the decision of the local executive body of the district, city of regional significance, regions, cities of republican significance on granting the right to separate or joint use of a water body</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2088" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Number and duration of the agreement on the provision of a water body for separate or joint use</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="745" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1037" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4527" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2088" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4758,63 +4987,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -5136,35 +5387,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>