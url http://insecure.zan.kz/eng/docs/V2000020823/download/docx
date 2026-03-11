--- v0 (2025-10-12)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="14a4c51" w14:textId="14a4c51">
+    <w:p w14:paraId="9c2c8d5" w14:textId="9c2c8d5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1042,1068 +1042,717 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Republic of Kazakhstan</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>dated June 2, 2020 № 130</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z17" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Rules for provision of public service "Issuance of a license to perform works and provide services in the field of environmental protection" Chapter 1. General provisions </w:t>
-[...55 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Rules for provision of state service "Issuance of a license to perform works and provide services in the field of environmental protection"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. Appendix 1 - Footnote. Appendix as amended by order of the Minister of Ecology and Natural Resources of the Republic of Kazakhstan dated 17.03.2025 № 66 (shall be enforced sixty calendar days after the day of its first official publication).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Chapter 2. Procedure for provision of public service</w:t>
-[...577 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Chapter 1. General provisions</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z1925" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. These Rules for provision of state service “Issuance of a license to perform works and provide services in the field of environmental protection” (hereinafter referred to as the Rules) are developed in accordance with subparagraph 1) of Article 10 of the Law of the Republic of Kazakhstan “On State Services" (hereinafter referred to as the Law) and determine the procedure for provision of state service “Issuance of a license to perform works and provide services in the field of environmental protection” (hereinafter referred to as the state service).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z1926" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. The state service is provided to individuals and legal entities (hereinafter referred to as the service recipient).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z1927" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. The Ministry of Ecology, Geology and Natural Resources of the Republic of Kazakhstan shall, within 3 (three) working days from the date of amendment and (or) addition to these Rules, update them and send them to the operator of the information and communication infrastructure of the “electronic government”, to the Unified Contact Center.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z1928" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Chapter 3. Procedure for appealing decisions, actions (inaction) of service providers and (or) their officials on the issues of provision of public services </w:t>
-[...289 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Chapter 2. Procedure for provision of state service</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z1929" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. The service provider shall receive information on documents certifying the identity of the service recipient, on state registration (re-registration) of a legal entity, on registration as an individual entrepreneur, and a document confirming payment from the relevant state information systems through the e-government gateway in accordance with Article 8 of the Law of the Republic of Kazakhstan “On Personal Data and their Protection", to access restricted personal data required to provide a state service.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z1930" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      to obtain a license with an annex:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z1931" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      the service provider shall verify that the electronic form has been completed in full and that the information provided meets the qualification requirements for the licensed type of activity in the field of environmental protection according to their sub-types as approved by order of the Acting Minister of Ecology and Natural Resources of the Republic of Kazakhstan dated June 6, 2023 № 179 (registered in the Register of State Registration of Regulatory Legal Acts under № 32716) (hereinafter referred to as the Qualification requirements), within 2 (two) working days from the registration of an application;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z1932" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      if the electronic form is found to be incomplete, the service provider shall refuse to further consider the applications in accordance with paragraph 8 of Appendix 6 to these Rules;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z1933" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      upon establishing that the electronic form has been completed in full, the service provider shall send the documents to the territorial subdivision for verification of compliance with the Qualification Requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z1934" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      from the date of receipt of documents from the service provider, the territorial subdivision shall, within 5 (five) working days, verify the submitted documents for compliance with the Qualification Requirements and the current legislation of the Republic of Kazakhstan and submit a conclusion based on the results of the verification;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      after receiving the conclusion from the territorial subdivision, the service provider shall, within 2 (two) working days, prepare a license with an annex or a reasoned refusal to provide the state service based on the conclusion of the territorial subdivision;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1936" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      upon receipt of a substantiated refusal opinion from the territorial subdivision, the service provider shall send to the service recipient a notification of the preliminary decision to refuse the provision of the state service, indicating the time and place of the hearing to enable the service recipient to present his or her position on the preliminary decision, in accordance with Article 73 of the Administrative Procedure and Process-Related Code of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z1937" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      to reissue a license and (or) an annex to the license:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z1938" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      the reissuance shall be considered within 3 (three) working days upon receipt of an application from the service recipient;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z1939" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      the service provider shall, within 2 (two) working days upon receipt the documents of the service recipient, verify the completeness of the provided documents, specified in paragraph 7 of Appendix 6 to these Rules;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z1940" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      if the submitted documents are found to be incomplete, the service provider shall prepare a reasoned refusal to further consider the application according to paragraph 8 of Appendix 6 to these Rules;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z1941" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      if the submitted documents are found to be complete, the performer shall review them for compliance with paragraph 3 of Article 33 of the Law of the Republic of Kazakhstan “On Permissions and Notifications" and shall prepare the decision.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z1942" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Chapter 4. Other requirements taking into account the specifics of provision of public service </w:t>
-[...37 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Chapter 3. Procedure for appealing against decisions, actions </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>and omissions of service providers in relation to the provision of state services</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z1943" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. To appeal against decisions, actions, and inactions of the service provider regarding the provision of state services, a complaint shall be submitted to the central state body of the service provider at the address specified in paragraph 6 of Appendix 6 to these Rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z1944" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      A complaint of the service recipient in accordance with paragraph 2 of Article 25 of the Law, shall be subject to consideration by:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z1945" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      the service provider, directly providing the state service within 5 (five) working days upon its registration;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z1946" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      the authorized body for assessing and monitoring the quality of state services during 15 (fifteen) working days upon its registration.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z1947" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The period for consideration of a complaint by the service provider, the authorized body for assessment and control of the quality of state services in accordance with paragraph 4 of Article 25 of the Law, shall be extended by no more than 10 (ten) working days in cases where necessary:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z1948" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) conducting an additional study or inspection based on a complaint or an on-site inspection;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z1949" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) obtaining additional information.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z1950" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      When extending the period for considering a complaint, the official empowered to consider complaints shall, within 3 (three) working days from the date of extension of the period, notify the applicant who filed the complaint in electronic form of the extension of the period for considering the complaint, indicating the reasons for the extension.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z1951" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. In cases of disagreement with the results of the decision of the service provider, the service recipient shall apply to the court in accordance with subparagraph 6) of paragraph 1 of Article 4 of the Law.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z1952" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chapter 4. Other requirements subject to particularities of the provision of state service</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z1953" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. The service recipient shall have the opportunity to receive information about the procedure and status of the provision of state services in remote access mode through the portal's "personal account", as well as a Unified Contact Centre for issues related to the provision of state services.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z1954" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Contact numbers for information services regarding state services: Unified Contact Centre: 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2150,709 +1799,635 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Appendix 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">to the Rules for public service </w:t>
+              <w:t xml:space="preserve">to the Rules for provision of state service </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Issuance of a license for </w:t>
+              <w:t>"Issuance of a license to perform works and</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">performance of work and provision </w:t>
+              <w:t>provide services in the field of environmental</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">of services in the field of </w:t>
-[...77 lines deleted...]
-              <w:t xml:space="preserve">Form </w:t>
+              <w:t>protection"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z87" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Form</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Application of an individual for obtaining a license and (or) annex to a license </w:t>
-[...233 lines deleted...]
-      Bank account _______________________________________________________________</w:t>
+        <w:t xml:space="preserve"> Application of an individual to obtain a license with an annex</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z99" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (full name of a licensor)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      from ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ( surname, name, patronymic (if any) of an individual,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      individual identification number)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      please issue a license with an annex for implementation of</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (indicate the full name of the type of activities and (or) subtype(s) of activities </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Address of residence of an individual ____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Postal code, region, city, district, town, street name, house/building number)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      E-mail________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Phone numbers ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Fax ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Bank account __________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (account number, name and location of the bank)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      Address of the object where the activity or actions (operations) are carried out</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Postal code, region, city, district, town, street name, house/building number (stationary premise)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____sheets attached.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      This is to certify that: all the information provided is official contact information and may be used to regarding the issuance or refusal to issue a license with an annex;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      the applicant is not prohibited by a court from engaging in the licensed activity;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      all attached documents are accurate and valid;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      the applicant gives consent to the use of restricted personal data, which constitutes a legally protected secret, contained in information systems when issuing a license with an annex;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Individual _________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ( surname, name, patronymic (if any)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      Address of the object of implementation of the activity or actions (operations) </w:t>
-[...251 lines deleted...]
-      Place for electronic digital signature </w:t>
+      Date of completion: “____" ______________ 20 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Place for electronic digital signature</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -2901,727 +2476,689 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Appendix 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">to the Rules for public service </w:t>
+              <w:t xml:space="preserve">to the Rules for provision of state service </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Issuance of a license for </w:t>
+              <w:t>"Issuance of a license to perform works and</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">performance of work and provision </w:t>
+              <w:t>provide services in the field of environmental</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">of services in the field of </w:t>
-[...77 lines deleted...]
-              <w:t xml:space="preserve">Form </w:t>
+              <w:t>protection"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Form</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z102" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Application of a legal entity for obtaining a license and (or) annex to a license</w:t>
-[...161 lines deleted...]
-      Legal entity address __________________________________________________________</w:t>
+        <w:t xml:space="preserve"> Application of a legal entity to obtain a license with an annex</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z108" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (full name of a licensor)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      from ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Full name, location, business identification number of the legal entity (including a foreign legal entity),</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      business identification number of the branch or representative office of a foreign legal entity – if the legal entity does not have a business identification number)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      please issue a license with an annex for implementation of</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (indicate the full name of subtype of activities)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Address of legal entity</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (postal code, country (for a foreign legal entity, region, locality, street name, house/building number (stationary premise)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      E-mail_________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Phone numbers _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Fax _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Bank account ___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (account number, name and location of the bank),</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Address of the object where the activity or actions (operations) are carried out</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Postal code, region, city, district, town, street name, house/building number (stationary premise)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____sheets attached.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      This is to certify that: all the information provided is official contact information and may be used to regarding the issuance or refusal to issue a license with an annex;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      the applicant is not prohibited by a court from engaging in the licensed activity;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      all attached documents are accurate and valid;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      the applicant gives consent to the use of restricted personal data, which constitutes a legally protected secret, contained in information systems when issuing a license with an annex.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I hereby confirm that I am responsible, in accordance with the laws of the Republic of Kazakhstan, for the accuracy of the information I provide (complete).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Head _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ( surname, name, patronymic (if any)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-       (postal code, country (for a foreign legal entity, region, city, district, settlement, street name, house / building № (stationary premises) </w:t>
-[...359 lines deleted...]
-      Place for electronic digital signature </w:t>
+      Date of completion: “____" ______________ 20 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Place for electronic digital signature</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3670,1879 +3207,449 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Appendix 3</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">to the Rules for public service </w:t>
+              <w:t xml:space="preserve">to the Rules for provision of state service </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Issuance of a license for </w:t>
+              <w:t>"Issuance of a license to perform works and</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">performance of work and provision </w:t>
+              <w:t>provide services in the field of environmental</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">of services in the field of </w:t>
-[...77 lines deleted...]
-              <w:t xml:space="preserve">Form </w:t>
+              <w:t>protection"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Form</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z112" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Information on compliance with qualification requirements for performance of work and provision of services in the field of environmental protection </w:t>
-[...1691 lines deleted...]
-      program package manufacturer ________________________________________________;</w:t>
+        <w:t xml:space="preserve"> Information about the compliance with the qualification requirements for the implementation </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>of activities to perform work and provide services in the field of environmental protection</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z113" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. For environmental design and standardization activities for Category I facilities for individuals:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Relevant higher education in the field of environmental protection;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) At least three years of practical experience in the field of environmental protection;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) An accredited specialized laboratory or a contract for analytical work (services) with organizations that have such laboratories;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Software for calculating environmental emission standards.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. For environmental design and standardization activities for Category I facilities for legal entities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) The applicant's manager must have a higher or secondary education (general secondary education, technical and vocational education);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) at least two specialists working on the staff of the legal entity must have a relevant higher education in the field and at least three years of practical experience in the field of environmental protection.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) an accredited specialized laboratory or a contract for analytical work (services) with organizations that have such laboratories;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) software for calculating environmental emission standards.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. For activities related to the processing, neutralization, disposal and destruction of hazardous waste:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) the presence of an ecologist (higher or secondary education) with at least one year of practical experience in the field of environmental protection;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ownership or lease by the owner of a production facility (building, structure, premises and/or hazardous waste landfill) intended for the processing, neutralization, disposal and/or destruction of hazardous waste (in an administrative-territorial unit – region, city of republican significance or capital, where hazardous waste is received and managed);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) the owner of the production complex (installations, equipment and/or transport) specified in the conclusion of the state environmental review or comprehensive environmental permit for the processing, neutralization, disposal and/or destruction of hazardous waste must be in possession of the production complex;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) an environmental permit and/or state environmental assessment appropriate to the applicant's type of activity;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) compulsory environmental insurance policy;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) the enterprise's transport and/or rented vehicle used by the hazardous waste manager for transporting hazardous waste shall be equipped with a global positioning system device (tracker).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5591,1051 +3698,1081 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Appendix 4</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">to the Rules for public service </w:t>
+              <w:t xml:space="preserve">to the Rules for provision of state service </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Issuance of a license for </w:t>
+              <w:t>"Issuance of a license to perform works and</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">performance of work and provision </w:t>
+              <w:t>provide services in the field of environmental</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">of services in the field of </w:t>
-[...77 lines deleted...]
-              <w:t xml:space="preserve">Form </w:t>
+              <w:t>protection"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Form</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Application of an individual for re-issuing a license and (or) annex to a license</w:t>
-[...125 lines deleted...]
-      date of issue, _______________________________________________________________</w:t>
+        <w:t xml:space="preserve"> Application of an individual for reissuance of a license and (or) annex to license</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (full name of a licensor)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      from _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (surname, name, patronymic (if any) of an individual, individual</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      identification number)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-       name of the licensor who issued the license and (or) </w:t>
-[...53 lines deleted...]
-      __________________________________________________________________________</w:t>
+      Please reissue a license with an annex </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      №________ dated “___" _________ 20 ___, issued</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (license number with appendix, date of issue, name of licensor ___</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      for implementation of __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (full name of subtype of activities) and based on the following grounds)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (indicate X in the relevant box):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) change of a surname, name, patronymic (if any) of an individual -licensee</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       __________________________________________________________________;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      (full name of the type of activity and (or) subtype (s) of activity) for the following reason (s) (indicate in the appropriate cell X): </w:t>
-[...35 lines deleted...]
-      _________________________________________________________________________;</w:t>
+      2) re-registration of an individual entrepreneur – licensee, </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) re-registration of an individual entrepreneur-licensee, change of his name </w:t>
-[...17 lines deleted...]
-      _________________________________________________________________________;</w:t>
+      change of its name or legal address </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) change of the location of the legal entity – licensee</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) re-registration of an individual entrepreneur-licensee, change of his legal address </w:t>
-[...17 lines deleted...]
-      _________________________________________________________________________;</w:t>
+      4) alienation by the licensee of a license issued under the class “permits issued for facilities" </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4) alienation by the licensee of the license issued under the class "permits issued for objects", together with the object in favor of third parties in cases where the alienation of the license is provided for by Appendix 1 to the Law of the Republic of Kazakhstan "On permits and notifications" dated May 16, 2014 </w:t>
-[...17 lines deleted...]
-      _________________________________________________________________________;</w:t>
+      together with the facility in favor of third parties in cases where the alienability of the license </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      is provided for in Annex 1 to the Law;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5) change of the address of the location of an object without its physical movement for a license issued under the class "permits issued to objects" or for annexes to a license indicating objects </w:t>
-[...89 lines deleted...]
-      8) change of the name of the subtype of activity ___________________________________;</w:t>
+      5) change in the address of location of the facility without its physical movement for the license, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      issued under the class “permits, issued for facilities"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      or for annexes to a license with indication of facilities</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) availability of the requirement on reissuance in the laws of the Republic of Kazakhstan</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) change of the name of the type of activities</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) change of the name of the subtype of activities</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      E-mail_________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Phone numbers _________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Fax _____________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Bank account ___________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (account number, name and location of the bank)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Address of the object where the activity or actions (operations) are carried out</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Postal code, region, city, district, town, street name, house/building number (stationary premise)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____sheets attached.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      This is to certify that: all the information provided is official</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Residence address of an individual </w:t>
-[...107 lines deleted...]
-      Bank account ____________________________________________________________;</w:t>
+      contact details and any information regarding the issuance or refusal to issue a license with an appendix may be sent to them; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      (account number, name and location of the bank) address of the object of implementation of activity or actions (operations) </w:t>
-[...35 lines deleted...]
-      (postal code, region, city, district, locality, street name, house / building № (stationary premises)</w:t>
+      the applicant is not prohibited by the court from engaging in the licensed activity; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      all attached documents are accurate and valid;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      the applicant gives consent to the use of restricted access personal data,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      which constitutes a legally protected secret, contained in information</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      systems, when issuing a license and (or) annex to license.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Head _________________________________________________________;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      _____ sheets attached. </w:t>
-[...107 lines deleted...]
-      the applicant agrees to the use of personal data of limited access, constituting a secret protected by law, contained in information systems, when issuing a license and (or) annex to the license.</w:t>
+      (surname, name, patronymic (if any) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Individual </w:t>
-[...71 lines deleted...]
-      Place for electronic digital signature </w:t>
+      Date of completion: “__" _______ 20 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Place for electronic digital signature</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -6684,1015 +4821,1247 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Appendix 5</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">to the Rules for public service </w:t>
+              <w:t xml:space="preserve">to the Rules for provision of state service </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Issuance of a license for </w:t>
+              <w:t>"Issuance of a license to perform works and</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">performance of work and provision </w:t>
+              <w:t>provide services in the field of environmental</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">of services in the field of </w:t>
-[...77 lines deleted...]
-              <w:t>Form</w:t>
+              <w:t>protection"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Form</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z121" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Application of a legal entity for re-issuing a license and (or) annex to a license </w:t>
-[...53 lines deleted...]
-      from _____________________________________________________________________</w:t>
+        <w:t xml:space="preserve"> Application of a legal entity for reissuance of a license and (or) annex to license</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z127" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (full name of a licensor)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      from ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (full name, location, business identification number of the legal entity (including a foreign legal entity),</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      (full name, location, business identification number of a legal entity (including a foreign legal entity), business identification number of a branch or representative office of a foreign legal entity - if the legal entity does not have a business identification number) </w:t>
-[...71 lines deleted...]
-      name of the licensor who issued the license and (or) annex (s) to the license)</w:t>
+      business identification number of a branch or representative office of a foreign legal </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      entity - in the absence of a business identification number of a legal entity)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      please reissue a license with an annex</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      №________ dated “___" _________ 20 ___,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      issued __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (license number with appendix, date of issue, name of licensor___</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      for implementation of __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (full name of subtype of activities) and based on the following grounds)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (indicate X in the relevant box):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      For implementation of _____________________________________________________ </w:t>
+      reorganization of the legal entity – licensee in accordance with the procedure, determined </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      by Article 34 of the Law путем (indicate X in the relevant box):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      merger ___________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      reorganization ____________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      affiliation _____________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      spin-off _________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выделения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) change in the name of the legal entity-licensee</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) change of the location of the legal entity-licensee</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      (full name of the type of activity and (or) subtype (s) of activity) </w:t>
+      alienation by the licensee of a license issued under the class of permits issued </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      for facilities, together with the facility, in favor of third parties in cases</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      where the alienability of the license is provided for by Annex 1 to the Law</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      on the following basis (indicate in the appropriate X cell): </w:t>
-[...143 lines deleted...]
-      3) change of the location of the legal entity-licensee _________;</w:t>
+      change of address of the location of the facility without its physical movement for a license </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      issued under the class of “permits issued for facilities or for annexes to a license indicating facilities”</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) availability of the requirement on reissuance in the laws of the Republic of Kazakhstan</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) change in the name of the type of activities</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) change in the name of the subtype of activities</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Address of the legal entity ___________________________________________;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4) alienation by the licensee of the license issued under the class "permits issued for objects", together with the object in favor of third parties in cases where the alienation of the license is provided for by Appendix 1 to the Law _____;  </w:t>
-[...125 lines deleted...]
-      Legal entity address _________________________________________________________;</w:t>
+      (country – for a foreign legal entity, postal code, region, city, locality, street name, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      house/building number (stationary premise)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      E-mail_________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Phone numbers _________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Fax _____________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Bank account ___________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (account number, name and location of the bank)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Address of the object where the activity or actions (operations) are carried out</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (postal code, region, city, locality, street name, house/building number (stationary premise)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____sheets attached.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      This is to certify that:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      all the information provided is official</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      (country - for a foreign legal entity, postal code, region, city, district, settlement, street name, house / building № (stationary premises) </w:t>
-[...125 lines deleted...]
-      _________________________________________________________________________.</w:t>
+      contact details and any information regarding the issuance or refusal to issue a license with an appendix may be sent to them; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      (postal code, region, city, district, locality, street name, house / building № (stationary premises) </w:t>
+      the applicant is not prohibited by the court from engaging in the licensed activity; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      all attached documents are accurate and valid;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      the applicant gives consent to the use of restricted access personal data,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      which constitutes a legally protected secret, contained in information</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      systems, when issuing a license and (or) annex to license.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Head_________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (surname, name, patronymic (if any)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ______ sheets attached. </w:t>
-[...161 lines deleted...]
-      Place for electronic digital signature </w:t>
+      Date of completion: " " 20 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Place for electronic digital signature</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -7741,108 +6110,113 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Appendix 6</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">to the Rules for public service </w:t>
+              <w:t xml:space="preserve">to the Rules for provision of state service </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Issuance of a license for </w:t>
+              <w:t>"Issuance of a license to perform works and</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">performance of work and provision </w:t>
+              <w:t>provide services in the field of environmental</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">of services in the field of </w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">environmental protection" </w:t>
+              <w:t>protection"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Form</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -7855,1483 +6229,1458 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Public service standard "Issuance of a license to perform work and provide services in the field of environmental protection" </w:t>
+              <w:t>
+List of basic requirements for provision of state service “Issuance of a license to perform works and provide services in the field of environmental protection”</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Name of subtypes of the state service:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...71 lines deleted...]
-Committee for environmental regulation and control of the Ministry of Ecology, Geology and Natural Resources of the Republic of Kazakhstan. </w:t>
+Environmental design, standardization for Category I facilities;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Processing, neutralization, disposal and/or destruction of hazardous waste;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Reissuing a license and/or annex to a license</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Methods of provision of a public service </w:t>
+ Service provider name </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Through the web portal of the "electronic government" www.egov.kz. </w:t>
+              <w:t>
+Committee for environmental regulation and control of the Ministry of Ecology and Natural Resources of the Republic of Kazakhstan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+ Methods of provision of a state service </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-Term for provision of a public service</w:t>
-[...71 lines deleted...]
-reissuance of a license and (or) annex to the license - within 3 (three) working days. </w:t>
+All subtypes of the state service are provided through the web-portal of “electronic government” www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Form of provision of a public service </w:t>
+              <w:t>
+Term for provision of a state service</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Electronic (fully automated). </w:t>
+              <w:t>
+From the moment of registration of the application by the service provider: issuance of a license and (or) annex to the license no later than 10 (ten) working days;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ reissuance of a license and (or) annex to the license - within 3 (three) working days.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Result of provision of a public service </w:t>
+ Form of provision of a state service </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-License and (or) annex to the license, reissuance of a license and (or) annex to the license for performance of work and provision of services in the field of environmental protection, or a reasoned refusal to provide public service in the cases and on the grounds provided for in paragraph 9 of this public service standard.</w:t>
-[...17 lines deleted...]
-The form of rendering is electronic (completely electronic). </w:t>
+Electronic.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Amount of payment charged from the service recipient when rendering a public service, and methods of collecting it in cases provided for by the legislation of the Republic of Kazakhstan</w:t>
+Amount of payment charged from the service recipient when rendering a state service, and methods of collecting it in cases provided for by the legislation of the Republic of Kazakhstan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-The public service is provided on a paid basis to service recipients.</w:t>
+The state service is provided on a paid basis to service recipients.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+The license fee for issuing and renewing a license is charged in line with Article 554 of the Code of the Republic of Kazakhstan “On taxes and other obligatory payments to the budget” (Tax Code) and amounts to: license issuance - 50 monthly calculation indices (hereinafter - MCI); license renewal is 10% of the rate for issuing a license. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-The license fee for issuing a license, reissuing a license to perform work and provide services in the field of environmental protection is carried out in accordance with Article 554 of the Code of the Republic of Kazakhstan dated December 25, 2017 "On taxes and other obligatory payments to the budget" (Tax Code) and amounts to:</w:t>
-[...71 lines deleted...]
-payment of the license fee is carried out in cash and non-cash forms through second-tier banks and organizations that carry out certain types of banking operations, as well as through the payment gateway of the "electronic government" (hereinafter - PGEG). </w:t>
+The license fee is paid in cash and non-cash forms through second-tier banks and organizations that carry out certain types of banking operations, as well as through the “e-government" payment gateway.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Schedule </w:t>
+              <w:t>
+Work schedule of the service provider and information facilities</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-The service provider - daily from 9:00 to 18:30, except weekends and holidays. Days off: Saturday and Sunday.</w:t>
+Daily from 9:00 to 18:30, except weekends and holidays. Days off: Saturday and Sunday.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Portal - around the clock, except for technical breaks associated with repair work (when the service recipient applies after the end of working hours, on weekends and holidays in accordance with the Labor Code of the Republic of Kazakhstan dated November 23, 2015, the application is accepted and the results of provision of public service are issued on the next working day).</w:t>
+Portal - around the clock, except for technical breaks associated with repair work (when the service recipient applies after the end of working hours, on weekends and holidays in accordance with the Labor Code of the Republic of Kazakhstan, the application is accepted and the results of provision of state service are issued on the next working day).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-The addresses of the places of rendering public service are posted on:</w:t>
+The addresses of the places of rendering state service are posted on:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) the Internet resource of the service provider;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-2) the portal www.egov.kz. </w:t>
+              <w:t>
+ 2) the portal www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+List of documents and information required from the service recipient to provide the state service</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Information about documents certifying the identity of the service recipient, about state registration (re-registration) of a legal entity, about registration as an individual entrepreneur, and a document confirming payment is obtained by the service provider from the relevant state information systems through the “e-Government" gateway.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">
-List of documents required for provision of a public service when the service recipient applies </w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+To obtain a license with an annex; </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-To obtain a license and (or) an annex to a license:</w:t>
+an application from an individual in electronic form, certified by the service recipient's electronic digital signature;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-an application of an individual for obtaining a license and (or) annex to a license in electronic form, certified by an electronic digital signature (hereinafter - EDS) of the service recipient;</w:t>
+an application from a legal entity in electronic form, certified by the service recipient's electronic digital signature;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-an application of a legal entity for obtaining a license and (or) annex to the license in electronic form, certified by the EDS of the service recipient;</w:t>
+an electronic form containing information on compliance with the qualification requirements for carrying out activities related to the performance of work and the provision of services in the field of environmental protection;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-an electronic form of information on compliance with qualification requirements for performance of work and provision of services in the field of environmental protection;</w:t>
+to renew a license with an annex:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-to reissue a license and (or) annex to a license:</w:t>
+an application from an individual in the form of an electronic document certified by the service recipient's electronic digital signature;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-an application of an individual for re-issuing a license and (or) annex to a license in the form of an electronic document certified by the service recipient's EDS in electronic form, certified by the service recipient's EDS;</w:t>
-[...17 lines deleted...]
-an application of a legal entity for re-issuing a license and (or) annex to the license in electronic form, certified by the EDS of the service recipient. </w:t>
+an application from a legal entity in electronic form, certified by the service recipient's electronic digital signature.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Grounds for refusal to provide a public service</w:t>
+Grounds for refusal to provide a state service, established by the laws of the Republic of Kazakhstan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) engaging in an activity is prohibited for the service recipient in accordance with subparagraph 1) of paragraph 1 of article 32 of the Law of the Republic of Kazakhstan dated May 16, 2014 "On permits and notifications";</w:t>
-[...18 lines deleted...]
-            </w:r>
+1) engaging in an activity is prohibited for the service recipient in accordance with subparagraph 1) of paragraph 1 of Article 32 of the Law of the Republic of Kazakhstan “On Permissions and Notifications";</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) non-compliance with the Qualification requirements;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) the license fee for the right to engage in certain types of activities has not been paid, in the case of an application for issuing a license for the type of activity;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) establishment of the inaccuracy of the documents submitted by the service recipient for receiving public service, and (or) the data (information) contained therein;</w:t>
+4) establishment of the inaccuracy of the documents submitted by the service recipient for receiving state service, and (or) the data (information) contained therein;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5) in relation to the service recipient, there is a court decision (verdict) that has entered into legal force on prohibition of activities or certain types of activities requiring the receipt of a certain public service;</w:t>
-[...17 lines deleted...]
-6) in relation to the service recipient there is a court decision that has entered into legal force, on the basis of which the service recipient is deprived of a special right related to the receipt of a public service. </w:t>
+5) in relation to the service recipient, there is a court decision (verdict) that has entered into legal force on prohibition of activities or certain types of activities requiring the receipt of a certain state service;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) in relation to the service recipient there is a court decision that has entered into legal force, on the basis of which the service recipient is deprived of a special right related to the receipt of a state service;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) lack of consent from the service recipient, provided in accordance with Article 8 of the Law of the Republic of Kazakhstan “On Personal Data and their Protection”, to access restricted personal data required for the provision of state services.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9383,1090 +7732,667 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Appendix 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">to the order of the </w:t>
+              <w:t xml:space="preserve">to the order of the Minister </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Minister of ecology, geology and</w:t>
+              <w:t>of Ecology and Natural Resources</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>natural resources of the</w:t>
+              <w:t>of the Republic of Kazakhstan</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Republic of Kazakhstan </w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">dated June 2, 2020 № 130 </w:t>
+              <w:t>dated June 2, 2020 № 130</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Rules for provision of public service "Issuance of a license for import into the territory of the Republic of Kazakhstan from countries that are not members of the Customs Union, and export from the territory of the Republic of Kazakhstan to these countries of ozone-depleting substances and products containing them" Chapter 1. General provisions</w:t>
-[...55 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Rules </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for provision of state service “Issuance of a license for import into the territory of the Republic of Kazakhstan </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">from states that are not members of the Customs Union, and export from the territory of the Republic of Kazakhstan </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>to these countries of ozone-depleting substances and products containing them"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. Appendix 2 - Footnote. Appendix as amended by order of the Minister of Ecology and Natural Resources of the Republic of Kazakhstan dated 17.03.2025 № 66 (shall be enforced sixty calendar days after the day of its first official publication).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z154" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Chapter 2. Procedure for provision of public service</w:t>
-[...559 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Chapter 1. General provisions</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z1956" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. These Rules for provision of state service "Issuance of a license for import into the territory of the Republic of Kazakhstan from states that are not members of the Customs Union, and export from the territory of the Republic of Kazakhstan to these countries of ozone-depleting substances and products containing them" (hereinafter referred to as the Rules) are developed in accordance with subparagraph 1) of Article 10 of the Law of the Republic of Kazakhstan “On State Services" (hereinafter referred to as the Law) and determine the procedure for provision of state service "Issuance of a license for import into the territory of the Republic of Kazakhstan from states that are not members of the Customs Union, and export from the territory of the Republic of Kazakhstan to these countries of ozone-depleting substances and products containing them” (hereinafter - the state service).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z1957" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. The state service is provided to individuals and legal entities (hereinafter referred to as the service recipient).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z1958" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. The Ministry of Ecology, Geology and Natural Resources of the Republic of Kazakhstan shall, within 3 (three) working days from the date of amendment and (or) addition to these Rules, update them and send them to the operator of the information and communication infrastructure of the “electronic government”, to the Unified Contact Center.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z1959" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Chapter 3. Procedure for appealing decisions, actions (inaction) of service providers and (or) their officials on the issues of provision of public services</w:t>
-[...289 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Chapter 2. Procedure for provision of state service</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z1960" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. The service provider shall receive information on documents certifying the identity of the service recipient, on state registration (re-registration) of a legal entity, on registration as an individual entrepreneur, and a document confirming payment from the relevant state information systems through the e-government gateway in accordance with Article 8 of the Law of the Republic of Kazakhstan “On Personal Data and their Protection", to access restricted personal data required to provide a state service.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z1961" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      to obtain a license with an annex:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z1962" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The service provider checks the completeness of the completed electronic form of information for compliance with the qualification requirements imposed on the activities of licensing the export and import of goods, the list of documents confirming compliance with them, application forms for obtaining a license and (or) annex to a license, forms of licenses and (or) annex to a license approved by order of the Minister of National Economy of the Republic of Kazakhstan dated January 30, 2015 № 67 (registered in the Register of State Registration of Regulatory Legal Acts under № 11074, published on June 12, 2015) (hereinafter referred to as the Qualification requirements), within 2 (two) working days from the registration of an application;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z1963" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      if the electronic form is found to be incomplete, the service provider shall refuse to further consider the applications in accordance with paragraph 9 of Appendix 3 to these Rules;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z1964" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Upon establishing that the electronic form has been completed in full, the service provider shall review it within 4 (four) working days for compliance with the Qualification Requirements;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      If the service recipient complies with the Qualification Requirements, the service provider shall prepare a license for import into the territory of the Republic of Kazakhstan from states that are not members of the Eurasian Economic Union in accordance with the limits (quotas) for the consumption of ozone-depleting substances for the relevant year, and for the export from the territory of the Republic of Kazakhstan to these states of ozone-depleting substances and products containing them within 1 (one) working day;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1966" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      If the service recipient does not meet the qualification requirements, the service provider shall send a notification to the service recipient regarding the preliminary decision to refuse to provide the state service, as well as the time and place of the hearing to express their position on the preliminary decision, in accordance with Article 73 of the Administrative Procedure and Process-Related Code of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z1967" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Chapter 4. Other requirements taking into account the specifics of provision of public service </w:t>
-[...19 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Chapter 3. Procedure for appealing against decisions, actions and </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>omissions of service providers in relation to the provision of state services</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z1968" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. To appeal against decisions, actions, and inactions of the service provider regarding the provision of state services, a complaint shall be submitted to the central state body of the service provider at the address specified in paragraph 7of Appendix 3 to these Rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z1969" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      A complaint of the service recipient in accordance with paragraph 2 of Article 25 of the Law shall be subject to consideration by:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z1970" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      the service provider, directly providing the state service within 5 (five) working days upon its registration;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z1971" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      the authorized body for assessing and monitoring the quality of state services during 15 (fifteen) working days upon its registration.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z1972" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The period for consideration of a complaint by the service provider, the authorized body for assessment and control of the quality of state services in accordance with paragraph 4 of Article 25 of the Law, shall be extended by no more than 10 (ten) working days in cases where necessary:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z1973" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) conducting an additional study or inspection based on a complaint or an on-site inspection;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z1974" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) obtaining additional information.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z1975" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      In the event of an extension of the complaint review period, the official authorized to review complaints shall, within 3 (three) working days from the date of extension of the period for consideration of the complaint, notify the applicant who filed the complaint in writing (if the complaint was submitted on paper) or electronically (if the complaint was submitted electronically) of the extension of the period for consideration of the complaint, indicating the reasons for the extension.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z1976" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. In cases of disagreement with the results of the decision of the service provider, the service recipient shall apply to the court in accordance with subparagraph 6) of paragraph 1 of Article 4 of the Law.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z1977" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chapter 4. Other requirements subject to particularities of the provision of state service</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z1978" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. The service recipient shall have the opportunity to receive information about the procedure and status of the provision of state services in remote access mode through the portal's "personal account", as well as a Unified Contact Center for issues related to the provision of state services.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z1979" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Contact numbers for information services regarding state services: Unified Contact Centre: 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10500,267 +8426,177 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Appendix 1</w:t>
+              <w:t xml:space="preserve">Appendix 1 </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">to the Rules for public service </w:t>
+              <w:t>to the Rules for state service</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">“Issuance of a license for import </w:t>
+              <w:t xml:space="preserve">“Issuance of a license for import into the territory </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">into the territory of the Republic of </w:t>
+              <w:t xml:space="preserve">of the Republic of Kazakhstan from states that are </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kazakhstan from countries that are </w:t>
+              <w:t xml:space="preserve">not members of the Customs Union, and export from </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">not members of the Customs </w:t>
+              <w:t xml:space="preserve">the territory of the Republic of Kazakhstan </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Union, and export from the </w:t>
+              <w:t xml:space="preserve">to these countries of ozone-depleting </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">territory of the Republic of </w:t>
-[...103 lines deleted...]
-              <w:t xml:space="preserve">Form </w:t>
+              <w:t>substances and products containing them"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z213" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Application for issuance of a license for export of certain types of goods </w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Application for issuance of a license for export from the territory of the Republic of Kazakhstan </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>to states that are not members of the Customs Union, of ozone-depleting substances and products containing them</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -10772,89 +8608,89 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-1. Application № </w:t>
+              <w:t>
+1. Application №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-2. Validity period from "__" ____20 .. to "___" _____20 .. </w:t>
+              <w:t>
+2. Validity period from "__" ____20 .. to "___" _____20 .. |</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10868,573 +8704,572 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3. License type</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-EXPORT </w:t>
+              <w:t>
+ EXPORT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...16 lines deleted...]
-              </w:rPr>
               <w:t>
-№ dated</w:t>
+4. Contract</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ dated</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-5. Applicant </w:t>
+              <w:t>
+5. Applicant</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-6. Buyer </w:t>
+              <w:t>
+6. Buyer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-7. Country of destination </w:t>
+ 7. Country of destination </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-8. Buyer's country </w:t>
+ 8. Buyer's country </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-9. Contract currency </w:t>
+ 9. Contract currency </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-10. Cost </w:t>
+ 10. Cost </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-11. Statistical cost </w:t>
+ 11. Statistical cost </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-12. Country of origin </w:t>
+ 12. Country of origin </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-13. Quantity </w:t>
+ 13. Quantity </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-14. Unit of measurement </w:t>
+ 14. Unit of measurement </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-15. Product code for the unified commodity nomenclature of foreign economic activity and its description </w:t>
+ 15. Product code according to the unified commodity nomenclature of foreign economic activity and its description </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-16. Additional information </w:t>
+              <w:t>
+16. Additional information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11539,52 +9374,132 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Telephone</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+ Place for electronic digital signature,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">
-Place for electronic digital signature, date </w:t>
+19. In accordance with </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Article 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of the Law of the Republic of Kazakhstan “On Personal Data and their Protection" I hereby give consent for collection and processing of my personal data of restricted access, necessary to provide the state service </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -11623,155 +9538,129 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Annex to the</w:t>
+              <w:t xml:space="preserve">Annex </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">application to obtain a </w:t>
+              <w:t xml:space="preserve">to the application to obtain a license to import </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">license to export certain </w:t>
+              <w:t xml:space="preserve">to the territory of the Republic of Kazakhstan </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">types of goods </w:t>
-[...64 lines deleted...]
-              <w:t xml:space="preserve">Form </w:t>
+              <w:t xml:space="preserve">from the states that are not the members of the Eurasian </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Economic Union and (or) export from the territory </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">of the Republic of Kazakhstan to these states of </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ozone-depleting substances and products containing them</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
@@ -11790,264 +9679,253 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-The authorized state executive body of the member state of the Customs Union </w:t>
+              <w:t>
+Authorized body</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Annex to the license № dated </w:t>
+              <w:t>
+Annex to the license № dated</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Description of goods </w:t>
+              <w:t>
+Description of goods</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Quantity </w:t>
+              <w:t>
+quantity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Unit of measurement </w:t>
+              <w:t>
+measuring unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -12069,52 +9947,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Cost </w:t>
+              <w:t>
+cost</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
@@ -12134,170 +10012,159 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Description of goods </w:t>
+              <w:t>
+Description of goods</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Quantity </w:t>
+              <w:t>
+quantity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Unit of measurement </w:t>
+              <w:t>
+measuring unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -12319,52 +10186,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Cost </w:t>
+              <w:t>
+cost</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
@@ -12384,170 +10251,159 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Description of goods </w:t>
+              <w:t>
+Description of goods</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Quantity </w:t>
+              <w:t>
+quantity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Unit of measurement </w:t>
+              <w:t>
+measuring unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -12569,52 +10425,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Cost </w:t>
+              <w:t>
+cost</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
@@ -12634,170 +10490,159 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Description of goods </w:t>
+              <w:t>
+Description of goods</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Quantity </w:t>
+              <w:t>
+quantity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Unit of measurement </w:t>
+              <w:t>
+measuring unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -12819,52 +10664,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Cost </w:t>
+              <w:t>
+cost</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
@@ -12884,170 +10729,159 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Description of goods </w:t>
+              <w:t>
+Description of goods</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Quantity </w:t>
+              <w:t>
+quantity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Unit of measurement </w:t>
+              <w:t>
+measuring unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -13069,52 +10903,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Cost </w:t>
+              <w:t>
+cost</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
@@ -13134,170 +10968,159 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Description of goods </w:t>
+              <w:t>
+Description of goods</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Quantity </w:t>
+              <w:t>
+quantity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Unit of measurement </w:t>
+              <w:t>
+measuring unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -13319,52 +11142,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Cost </w:t>
+              <w:t>
+cost</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
@@ -13384,170 +11207,159 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Description of goods </w:t>
+              <w:t>
+Description of goods</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Quantity </w:t>
+              <w:t>
+quantity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Unit of measurement </w:t>
+              <w:t>
+measuring unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -13569,52 +11381,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Cost </w:t>
+              <w:t>
+cost</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
@@ -13634,170 +11446,159 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Description of goods </w:t>
+              <w:t>
+Description of goods</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Quantity </w:t>
+              <w:t>
+quantity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Unit of measurement </w:t>
+              <w:t>
+measuring unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -13819,52 +11620,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Cost </w:t>
+              <w:t>
+cost</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
@@ -13966,69 +11767,69 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Position</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Signature </w:t>
-[...17 lines deleted...]
-Date </w:t>
+ Signature </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -14067,267 +11868,177 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Appendix 2</w:t>
+              <w:t xml:space="preserve">Appendix 2 </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">to the Rules for public service </w:t>
+              <w:t>to the Rules for state service</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">“Issuance of a license for import </w:t>
+              <w:t xml:space="preserve">“Issuance of a license for import into the territory </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">into the territory of the Republic of </w:t>
+              <w:t xml:space="preserve">of the Republic of Kazakhstan from states that are </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kazakhstan from countries that are </w:t>
+              <w:t xml:space="preserve">not members of the Customs Union, and export from </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">not members of the Customs </w:t>
+              <w:t xml:space="preserve">the territory of the Republic of Kazakhstan </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Union, and export from the </w:t>
+              <w:t xml:space="preserve">to these countries of ozone-depleting </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">territory of the Republic of </w:t>
-[...103 lines deleted...]
-              <w:t xml:space="preserve">Form </w:t>
+              <w:t>substances and products containing them"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z244" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Application for issuance of a license to import certain types of goods </w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Application for issuance of a license for import to the territory of the Republic of Kazakhstan </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>from states that are not members of the Customs Union, of ozone-depleting substances and products containing them</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -14339,89 +12050,89 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-1. Application № </w:t>
+              <w:t>
+1. Application №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-2. Validity period from "__" ____20 .. to "___" _____20 .. </w:t>
+              <w:t>
+2. Validity period from "__" ____20 .. to "___" _____20 .. |</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14436,88 +12147,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3. License type</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-IMPORT </w:t>
+ IMPORT </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-4. Contract </w:t>
+ 4. Contract </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № dated</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -14532,476 +12243,476 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-5. Applicant </w:t>
+ 5. Applicant </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-6. Buyer </w:t>
+ 6. Buyer </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-7. Country of destination </w:t>
+ 7. Country of destination </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-8. Buyer's country </w:t>
+ 8. Buyer's country </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-9. Contract currency </w:t>
+ 9. Contract currency </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-10. Cost </w:t>
+ 10. Cost </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-11. Statistical cost </w:t>
+ 11. Statistical cost </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-12. Country of origin </w:t>
+ 12. Country of origin </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-13. Quantity </w:t>
+ 13. Quantity </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-14. Unit of measurement </w:t>
+ 14. Unit of measurement </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-15. Product code for the unified commodity nomenclature of foreign economic activity and its description </w:t>
+              <w:t>
+15. Product code according to the unified commodity nomenclature of foreign economic activity and its description</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-16. Additional information </w:t>
+              <w:t>
+16. Additional information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15106,52 +12817,132 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Telephone</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+ Place for electronic digital signature,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">
-Place for electronic digital signature, date </w:t>
+19. In accordance with </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Article 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of the Law of the Republic of Kazakhstan “On Personal Data and their Protection" I hereby give consent for collection and processing of my personal data of restricted access, necessary to provide the state service </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -15203,142 +12994,90 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Annex to the</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">application to obtain a </w:t>
+              <w:t xml:space="preserve">к application for issuance of a license for import </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">license to import certain </w:t>
+              <w:t xml:space="preserve">to the territory of the Republic of Kazakhstan from </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">types of goods </w:t>
-[...64 lines deleted...]
-              <w:t xml:space="preserve">Form </w:t>
+              <w:t xml:space="preserve">states that are not members of the Customs Union, </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>of ozone-depleting substances and products containing them</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
@@ -15357,264 +13096,253 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-The authorized state executive body of the member state of the Customs Union </w:t>
+              <w:t>
+Authorized body</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Annex to the license № dated </w:t>
+              <w:t>
+Annex to the license № dated</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Description of goods </w:t>
+              <w:t>
+Description of goods</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Quantity </w:t>
+              <w:t>
+quantity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Unit of measurement </w:t>
+              <w:t>
+measuring unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -15636,52 +13364,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Cost </w:t>
+              <w:t>
+cost</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
@@ -15701,170 +13429,159 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Description of goods </w:t>
+              <w:t>
+Description of goods</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Quantity </w:t>
+              <w:t>
+quantity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Unit of measurement </w:t>
+              <w:t>
+measuring unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -15886,52 +13603,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Cost </w:t>
+              <w:t>
+cost</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
@@ -15951,170 +13668,159 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Description of goods </w:t>
+              <w:t>
+Description of goods</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Quantity </w:t>
+              <w:t>
+quantity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Unit of measurement </w:t>
+              <w:t>
+measuring unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -16136,52 +13842,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Cost </w:t>
+              <w:t>
+cost</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
@@ -16201,170 +13907,159 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Description of goods </w:t>
+              <w:t>
+Description of goods</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Quantity </w:t>
+              <w:t>
+quantity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Unit of measurement </w:t>
+              <w:t>
+measuring unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -16386,52 +14081,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Cost </w:t>
+              <w:t>
+cost</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
@@ -16451,170 +14146,159 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Description of goods </w:t>
+              <w:t>
+Description of goods</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Quantity </w:t>
+              <w:t>
+quantity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Unit of measurement </w:t>
+              <w:t>
+measuring unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -16636,52 +14320,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Cost </w:t>
+              <w:t>
+cost</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
@@ -16701,170 +14385,159 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Description of goods </w:t>
+              <w:t>
+Description of goods</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Quantity </w:t>
+              <w:t>
+quantity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Unit of measurement </w:t>
+              <w:t>
+measuring unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -16886,52 +14559,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Cost </w:t>
+              <w:t>
+cost</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
@@ -16951,170 +14624,159 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Description of goods </w:t>
+              <w:t>
+Description of goods</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Quantity </w:t>
+              <w:t>
+quantity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Unit of measurement </w:t>
+              <w:t>
+measuring unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -17136,52 +14798,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Cost </w:t>
+              <w:t>
+cost</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
@@ -17201,170 +14863,159 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Description of goods </w:t>
+              <w:t>
+Description of goods</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Quantity </w:t>
+              <w:t>
+quantity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Unit of measurement </w:t>
+              <w:t>
+measuring unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -17386,52 +15037,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Cost </w:t>
+              <w:t>
+cost</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
@@ -17533,69 +15184,69 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Position</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Signature </w:t>
-[...17 lines deleted...]
-Date </w:t>
+ Signature </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -17634,181 +15285,142 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Appendix 3</w:t>
+              <w:t xml:space="preserve">Appendix 3 </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">to the Rules of public service </w:t>
+              <w:t>to the Rules for state service</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">“Issuance of a license for import </w:t>
+              <w:t xml:space="preserve">“Issuance of a license for import into the territory </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">into the territory of the Republic of </w:t>
+              <w:t xml:space="preserve">of the Republic of Kazakhstan from states that are </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kazakhstan from countries that are </w:t>
+              <w:t xml:space="preserve">not members of the Customs Union, and export from </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">not members of the Customs </w:t>
+              <w:t xml:space="preserve">the territory of the Republic of Kazakhstan </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Union, and export from the </w:t>
+              <w:t xml:space="preserve">to these countries of ozone-depleting </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">territory of the Republic of </w:t>
-[...38 lines deleted...]
-              <w:t xml:space="preserve"> products containing them” </w:t>
+              <w:t>substances and products containing them"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
@@ -17826,52 +15438,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Public service standard "Issuance of a license for import into the territory of the Republic of Kazakhstan from countries that are not members of the Customs Union, and export from the territory of the Republic of Kazakhstan to these countries of ozone-depleting substances and products containing them" </w:t>
+              <w:t>
+List of basic requirements for provision of state service “Issuance of a license for import into the territory of the Republic of Kazakhstan from states that are not members of the Customs Union, and export from the territory of the Republic of Kazakhstan to these countries of ozone-depleting substances and products containing them"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17904,87 +15516,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Service provider name </w:t>
+ Service provider name </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Committee for environmental regulation and control of the Ministry of Ecology, Geology and Natural Resources of the Republic of Kazakhstan. </w:t>
+              <w:t>
+Committee for environmental regulation and control of the Ministry of Ecology and Natural Resources of the Republic of Kazakhstan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18017,87 +15629,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Methods of provision of a public service </w:t>
+ Methods of provision of a state service </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Through the web portal of the "electronic government" www.egov.kz. </w:t>
+              <w:t>
+through the web-portal of “electronic government” www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18130,51 +15742,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Term for provision of a public service</w:t>
+Term for provision of a state service</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18183,52 +15795,52 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 From the moment of registration of the application by the service provider:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-issuance of a license no later than 8 (eight) working days. </w:t>
+              <w:t>
+issuance of a license no later than 8 (eight) working days.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18261,87 +15873,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Form of provision of a public service </w:t>
+ Form of provision of a state service </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Electronic (fully automated). </w:t>
+              <w:t>
+Electronic.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18373,106 +15985,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Result of provision of a public service </w:t>
+              <w:t>
+Result of provision of a state service</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-A license to import into the territory of the Republic of Kazakhstan from countries that are not members of the Customs Union in accordance with the limits (quotas) of consumption of ozone-depleting substances for the period of the corresponding year, and export from the territory of the Republic of Kazakhstan to these countries of ozone-depleting substances and products containing them, or a reasoned refusal to provide a public services in cases and on the grounds provided for in paragraph 9 of this public service standard.</w:t>
-[...17 lines deleted...]
-The form of rendering is electronic (completely electronic). </w:t>
+License for import into the territory of the Republic of Kazakhstan from states that are not members of the Eurasian Economic Union in accordance with the limits (quotas) for the consumption of ozone-depleting substances for the relevant year, and export from the territory of the Republic of Kazakhstan to these states of ozone-depleting substances and products containing them, or a reasoned response refusing to provide the public service in the cases and on the grounds provided for in paragraph 9 of this public service requirement. Form of provision: electronic (fully electronic).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18505,159 +16099,122 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Amount of payment charged from the service recipient when rendering a public service, and methods of collecting it in cases provided for by the legislation of the Republic of Kazakhstan</w:t>
+Amount of payment charged from the service recipient when rendering a state service, and methods of collecting it in cases provided for by the legislation of the Republic of Kazakhstan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-The public service is provided on a paid basis to service recipients.</w:t>
+The state service is provided on a paid basis to service recipients.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>The license fee for issuing a license to import into the territory of the Republic of Kazakhstan from states that are not members of the Eurasian Economic Union, in accordance with the limits (quotas) for the consumption of ozone-depleting substances for the relevant year, and to export ozone-depleting substances and products containing them from the territory of the Republic of Kazakhstan to these states, shall be paid in accordance with Article 554 of the Code of the Republic of Kazakhstan “On taxes and other obligatory payments to the budget” (Tax Code) and amounts to: issuance of a license – 10 monthly calculation indicators;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-The license fee for issuing a license to import into the territory of the Republic of Kazakhstan from countries that are not members of the Customs Union, and export from the territory of the Republic of Kazakhstan to these countries of ozone-depleting substances and products containing them is carried out in accordance with Article 554 of the Code of the Republic of Kazakhstan dated December 25, 2017 " On taxes and other obligatory payments to the budget ”(Tax Code) and is:</w:t>
-[...53 lines deleted...]
- </w:t>
+payment is made in cash and non-cash form through second-tier banks and organizations that carry out certain types of banking operations, as well as through the “e-government” payment gateway.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18689,178 +16246,160 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Schedule </w:t>
+              <w:t>
+Work schedule of the service provider and information facilities</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-The service provider - daily from 9:00 to 18:30, except weekends and holidays.</w:t>
+The service provider, daily, from 9:00 to 18:30, except weekends and holidays. Days off: Saturday and Sunday.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Days off: Saturday and Sunday.</w:t>
+Portal - around the clock, except for technical breaks associated with repair work (when the service recipient applies after the end of working hours, on weekends and holidays in accordance with the Labor Code of the Republic of Kazakhstan, the application is accepted and the results of provision of state service are issued on the next working day).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Portal - around the clock, with the exception of technical breaks related to repair work (when the service recipient applies after the end of working hours, on weekends and holidays in accordance with the Labor Code of the Republic of Kazakhstan dated November 23, 2015, the application is accepted and the result of the provision of public services is issued on the next working day).</w:t>
-[...17 lines deleted...]
-The addresses of the places of rendering public services are posted on:</w:t>
+The addresses of the places of rendering state service are posted on:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) the Internet resource of the service provider;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-2) the portal www.egov.kz. </w:t>
+              <w:t>
+ 2) the portal www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18892,250 +16431,263 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-List of documents required for provision of a public service when the service recipient applies </w:t>
+              <w:t>
+List of documents and information required from the service recipient to provide the state service</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-To obtain a license and (or) an annex to a license:</w:t>
+Information about documents certifying the identity of the service recipient, about state registration (re-registration) of a legal entity, about registration as an individual entrepreneur, and a document confirming payment is obtained by the service provider from the relevant state information systems through the “e-Government" gateway</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>To obtain a license with an annex:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>an application for the export of certain types of goods in electronic form, certified by the service recipient's electronic digital signature;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-an application for obtaining a license and (or) annex to a license for the export of certain types of goods in electronic form, certified by an electronic digital signature (hereinafter - EDS) of the service recipient;</w:t>
+an application for the import of certain types of goods in electronic form, certified by the service recipient's electronic digital signature;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-an application for obtaining a license and (or) annex to a license for the import of certain types of goods in electronic form, certified by the EDS of the service recipient;</w:t>
+an electronic copy of the agreement (contract) for the provision of intermediary services (if the applicant is an intermediary);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-an electronic copy of the agreement (contract) on provision of intermediary services (if an intermediary acts as an applicant);</w:t>
+an electronic copy of the certificate of conformity or a written notification from the manufacturer (producer) that the ozone-depleting substances and/or products containing ozone-depleting substances manufactured by them meet the requirements of the documents in accordance with which they are manufactured;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>an electronic copy of a valid cargo insurance policy or other document required by the legislation of a Member State of the Union confirming that the applicant importing ozone-depleting substances and/or products containing ozone-depleting substances has provided guarantees in the event of damage to human health and the environment;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-an electronic copy of the certificate of conformity or a written notification of the manufacturer (producer) that the ozone-depleting substances and (or) products containing ozone-depleting substances produced by him meet the requirements of the documents in accordance with which they are manufactured;</w:t>
+in the case of import of recycled and/or reclaimed ozone-depleting substances, an electronic copy of the contract (contract) with the organization for the recovery of ozone-depleting substances (to be submitted if the recovery is not carried out by the applicant) and confirmation that the organization planning to recover ozone-depleting substances has a facility that meets the established requirements;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>in the case of importation of recycled and/or reclaimed ozone-depleting substances, an electronic copy of the contract (contract) with the organization for the destruction of ozone-depleting substances (to be submitted if the destruction is not to be carried out by the applicant) and confirmation that the organization planning to carry out the destruction of ozone-depleting substances has a destruction facility corresponding to the technologies for the destruction of ozone-depleting substances approved by the Decisions of the Parties to the Montreal Protocol;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>in the case of importing ozone-depleting substances for use as feedstock, an electronic copy of the applicant's letter confirming the use of ozone-depleting substances exclusively as feedstock for the production of ozone-safe chemicals, or a copy of the contract (contract) with the organization that will use the ozone-depleting substances exclusively as raw materials for the production of ozone-friendly chemicals;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-an electronic copy of the current cargo insurance policy or other document provided for by the legislation of a member state of the Union, confirming the provision by the applicant importing ozone-depleting substances and (or) products containing ozone-depleting substances, of guarantees in case of damage to human health and the environment;</w:t>
-[...71 lines deleted...]
-an electronic copy of information confirming that the movement of ozone-depleting substances is carried out in reusable containers, if the legislation of a member state of the Union establishes a ban on the import (export) of ozone-depleting substances in single-use containers. </w:t>
+an electronic copy of information confirming that the ozone-depleting substances are transported in reusable containers, if the legislation of a Member State of the Union prohibits the import (export) of ozone-depleting substances in single-use containers.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19168,200 +16720,216 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Grounds for refusal to provide a public service</w:t>
+Grounds for refusal to provide a state service, established by the laws of the Republic of Kazakhstan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) engaging in an activity is prohibited for the service recipient in accordance with subparagraph 1) of paragraph 1 of article 32 of the Law of the Republic of Kazakhstan dated May 16, 2014 "On permits and notifications";</w:t>
+1) engaging in an activity is prohibited for the service recipient in accordance with subparagraph 1) of paragraph 1 of Article 32 of the Law of the Republic of Kazakhstan “On Permissions and Notifications";</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) the license fee has not been paid;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) the service recipient does not meet the Qualification requirements;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) in relation to the service recipient, there is a court decision (verdict) that has entered into legal force on suspension or prohibition to engage in the declared type of activities;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5) the court, on the basis of a submission by the enforcement agent, has temporarily prohibited the issuance of a license to the service recipient;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) the license fee has not been paid;</w:t>
-[...89 lines deleted...]
-7) establishing the inaccuracy of the documents submitted by the service recipient for receiving public service, and (or) the data (information) contained therein. </w:t>
+6) the documents submitted by the service recipient to obtain the state service and/or the data (information) contained therein have been found to be unreliable;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7) lack of consent from the service recipient, provided in accordance with Article 8 of the Law of the Republic of Kazakhstan “On Personal Data and their Protection”, to access restricted personal data required for the provision of state services.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -19659,134 +17227,134 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Republic of Kazakhstan</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>dated June 2, 2020 № 130</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z21" w:id="0"/>
+    <w:bookmarkStart w:name="z21" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rules for rendering the public service </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>"Issuance of conclusion on the results of environmental impact assessment"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Footnote. Appendix 4 - as amended by the Order of the Minister of Ecology and Natural Resources of the Republic of Kazakhstan dated 15.11.2023 № 323 (effective ten calendar days after the date of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 1. General provisions</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="1"/>
+    <w:bookmarkStart w:name="z23" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. These Rules for rendering the public service “Issuance of the conclusion on the results of environmental impact assessment” (hereinafter referred to as the Rules) have been developed in accordance with subparagraph 1) of Article 10 of the Law of the Republic of Kazakhstan “On public services” (hereinafter referred to as the Law) and shall determine the order of rendering the public service “Issuance of the conclusion on the results of environmental impact assessment” (hereinafter referred to as the public service).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. The public service shall be rendered by the Committee for Environmental Regulation and Control of the Ministry of Ecology and Natural Resources of the Republic of Kazakhstan (hereinafter referred to as the Committee) and its territorial subdivisions (hereinafter referred to as the service provider).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19849,70 +17417,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The Committee shall, within 3 (three) working days from the date of amendment of the Rules, update the information on the procedure of rendering the public service and send it to the unified contact centre and to the operator of the information and communication infrastructure of “e-government”.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 2: Procedure for rendering a public service</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="2"/>
+    <w:bookmarkStart w:name="z30" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. To obtain a public service, the service recipient shall send to the service provider through the Portal an application in the form, according to Annex 1 to these Rules, with the attachment of documents specified in paragraph 8 of the List of basic requirements for the provision of public service “Issuance of the conclusion on the results of environmental impact assessment” (hereinafter referred to as the List).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Name of the public service, name of the service provider, methods of rendering of the public service, term of rendering of the public service, form of rendering of the public service, result of rendering of the public service, amount of the fee charged from the service-recipient at rendering of the public service, and methods of its charging in cases stipulated by the legislation of the Republic of Kazakhstan, work schedule of the service provider, list of documents and information required from the service-recipient for rendering of the public service, grounds for refusal to render the public service.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19941,70 +17509,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       When sending an application via the Portal, the executor of the service provider checks the completeness of the submitted documents within 2 (two) working days from the moment of registration of the application;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       in case of determination of incompleteness of submitted documents and (or) documents with expired validity period, the executor of the service provider prepares a motivated refusal in further consideration of the application;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="3"/>
+    <w:bookmarkStart w:name="z35" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       on the Portal the motivated refusal in further consideration of the application shall be sent to the “personal cabinet” of the service recipient in the form of an electronic document signed by the EDS of the authorized person of the service provider.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       When a service-recipient applies after working hours, on weekends and holidays according to the Labour Code of the Republic of Kazakhstan, acceptance of applications and issuance of the results of rendering the public service is carried out on the next working day.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20195,70 +17763,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       In case of non-elimination of motivated remarks by the service-recipient, the executor of the service provider within 1 (one) working day according to Article 73 of the Administrative Procedural Code of the Republic of Kazakhstan notifies the service-recipient about the preliminary decision on refusal in rendering of the public service, as well as time and place of hearing for the opportunity to express to the service-recipient the position on the preliminary decision.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The service recipient's objections to the preliminary decision shall be accepted by the service provider within 2 (two) working days from the date of its receipt.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="4"/>
+    <w:bookmarkStart w:name="z49" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       According to the results of hearing, the service provider within 5 (five) working days shall make a decision on preparation of the conclusion on the results of environmental impact assessment or forms a reasoned refusal in rendering of the public service in the form of an electronic document signed by the EDS of the authorized person of the service provider.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Motivated refusal in rendering of the public service shall be carried out on the grounds specified in paragraph 9 of the List.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20269,112 +17837,112 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The result of rendering of the public service is sent to the service recipient in the “personal cabinet” in the form of an electronic document signed by the EDS of the authorized person of the service provider.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. The service provider shall ensure the entry of data into the information system for monitoring the provision of public services on the stage of provision of public services in the manner established by the authorized body in the field of informatization in accordance with subparagraph 11) of paragraph 2 of Article 5 of the Law.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="5"/>
+    <w:bookmarkStart w:name="z53" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 3: </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Procedure for appealing against actions (inaction) of service providers </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>and (or) their officials on issues of rendering public services</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z54" w:id="6"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z54" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. To appeal against decisions, actions (inaction) of the service provider and (or) its officials on the issues of rendering public services, the complaint shall be filed not later than 3 (three) months from the day when the service recipient became aware of the service provider's actions (inaction):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       to the body considering the complaint (superior administrative body and (or) official);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20565,88 +18133,88 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The term of complaint consideration by the body considering the complaint shall be 20 (twenty) working days from the day of complaint receipt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. In case of disagreement with the decision of the body considering the complaint, the service recipient shall appeal to another body considering the complaint or to the court in accordance with paragraph 5 of Article 91 of the Administrative Procedural Code of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z68" w:id="7"/>
+    <w:bookmarkStart w:name="z68" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 4: Other requirements taking into account the peculiarities of public service provision</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z69" w:id="8"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z69" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Assessment of transboundary impacts provided for by international treaties ratified by the Republic of Kazakhstan as part of the public service shall be conducted by the Ministry of Ecology and Natural Resources of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. In the course of consideration of the draft environmental impact assessment report by the service provider, in case of establishment of circumstances that the planned activity of the service recipient, the implementation of which shall be envisaged in the territory of the Republic of Kazakhstan with a significant negative transboundary impact on the environment of another state, the procedure of consideration of the draft environmental impact assessment report shall be suspended for 180 calendar days.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20805,70 +18373,70 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>on the result of assessment</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>of environmental impact assessment”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z74" w:id="9"/>
+    <w:bookmarkStart w:name="z74" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Form</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -20986,88 +18554,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(index, city, district, oblast,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>street, house number)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z76" w:id="10"/>
+    <w:bookmarkStart w:name="z76" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Application for environmental impact assessment</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z77" w:id="11"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z77" w:id="76"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Please review the draft report on possible impacts</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -23796,100 +21364,100 @@
               </w:rPr>
               <w:t>of environmental impact assessment”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Form</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z86" w:id="12"/>
+    <w:bookmarkStart w:name="z86" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Name of the authorized body</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Conclusion on the results of environmental impact assessment</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z88" w:id="13"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z88" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Information on the initiator of the proposed activity:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       for an individual: surname, first name, patronymic (if any), residence address, individual identification number, telephone, e-mail address;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -24242,80 +21810,80 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) e-mail address and telephone number where the public could obtain additional information on the proposed activity, public hearings, as well as request copies of documents related to the proposed activity;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) e-mail address and postal address of the authorized body or its structural subdivisions, where the public could send in writing or electronically their comments and suggestions to the draft report on possible impacts;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z111" w:id="14"/>
+    <w:bookmarkStart w:name="z111" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7) information on the process of public hearings: date and address of the venue, information on availability of video recording of public hearings, its duration;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) all public comments and suggestions to the draft report on possible impacts, including those received during the public hearings, and conclusions obtained as a result of their consideration.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -24793,70 +22361,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Footnote. Appendix 5 - as amended by the Order of the Minister of Ecology and Natural Resources of the Republic of Kazakhstan dated 15.11.2023 № 323 (effective ten calendar days after the date of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 1: General provisions</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z130" w:id="15"/>
+    <w:bookmarkStart w:name="z130" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. These Rules of rendering of the public service “Issuance of a conclusion on determination of the scope of environmental impact assessment and (or) screening of impacts of planned activities” (hereinafter referred to as the Rules) have been developed in accordance with subparagraph 1) of Article 10 of the Law of the Republic of Kazakhstan “On public services” (hereinafter referred to as the Law) and shall determine the procedure for rendering of the public service “Issuance of a conclusion on determination of the scope of environmental impact assessment and (or) screening of impacts of planned activities” (hereinafter referred to as the public service).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. The public service shall be rendered by the Committee for Environmental Regulation and Control of the Ministry of Ecology and Natural Resources of the Republic of Kazakhstan (hereinafter referred to as the Committee) and its territorial subdivisions (hereinafter referred to as the service provider).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -24903,88 +22471,88 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. The public service shall be rendered through the web portal “e-government” www.egov.kz (hereinafter referred to as the Portal).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The Committee shall, within 3 (three) working days from the date of amendment of the Rules, update the information on the procedure of rendering the public service and send it to the unified contact centre and to the operator of the information and communication infrastructure of “e-government”.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z136" w:id="16"/>
+    <w:bookmarkStart w:name="z136" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 2: Procedure for rendering a public service</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z137" w:id="17"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z137" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. To obtain a public service, the service recipient shall send to the service provider through the Portal an application in the form, according to Annex 1 to these Rules, with the attachment of documents specified in paragraph 8 of the List of basic requirements for the provision of public service “Issuance of a conclusion on determining the scope of environmental impact assessment and (or) screening of impacts of planned activities” (hereinafter referred to as the List).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Name of the public service, name of the service provider, methods of rendering of the public service, term of rendering of the public service, form of rendering of the public service, result of rendering of the public service, amount of payment charged from the service-recipient at rendering of the public service, and methods of its charging in cases stipulated by the legislation of the Republic of Kazakhstan, work schedule of the service provider, list of documents and information required from the service-recipient for rendering of the public service, grounds for refusal to render the public service, the list of documents and information required from the service-recipient for rendering of the public service.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -25085,70 +22653,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The procedure of issuing a conclusion on determining the scope of environmental impact assessment shall be carried out according to the following consecutive actions:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       in case of establishing the availability of information specified in the statement on the planned activity, the executor of the service provider within 2 (two) working days from the moment of registration places the statement on the planned activity on the Unified environmental portal of the service provider www.ecoportal.kz and sends its copy to the relevant interested state bodies through the Unified system of electronic document management of state bodies of the Republic of Kazakhstan to provide proposals and comments to it, including local executive bodies with</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z148" w:id="18"/>
+    <w:bookmarkStart w:name="z148" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Local executive bodies of the relevant administrative-territorial subdivisions within 2 (two) working days after receiving from the service provider a copy of the statement on the planned activity shall place it on the official Internet resources, where the statement shall be available for thirty consecutive calendar days from the date of its placement, and no later than three working days from the date of placement of the statement on the planned activity on the official Internet resources, additionally organize the dissemination of the official announcement in one of the mass media.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The statement on the planned activity after its placement on the Internet resources of the authorized body in the field of environmental protection and local executive bodies of the relevant administrative-territorial units shall remain continuously available for public attention on such Internet resources until the expiration of 15 (fifteen) working days from the date of placement of the statement on the planned activity on the official Internet resource of the authorized body in the field of environmental protection.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -25349,126 +22917,126 @@
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 3: The procedure of appealing decisions, actions (inaction) of service </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>providers and (or) their officials on the issues of rendering public services</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z160" w:id="19"/>
+    <w:bookmarkStart w:name="z160" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. To appeal against decisions, actions (inaction) of the service provider and (or) its officials on issues of rendering public services, a complaint shall be filed not later than 3 (three) months from the day when the service recipient became aware of the adoption of an administrative act or actions (inaction) by the service provider:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       to the body considering the complaint (superior administrative body and (or) official);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       to the authorized body for evaluation and control over the quality of public services;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z163" w:id="20"/>
+    <w:bookmarkStart w:name="z163" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       to the name of the management of the service provider directly providing public service at the address specified in paragraph 7 of Annex 3 to these Rules.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Complaint of the service-recipient in accordance with paragraph 2 of Article 25 of the Law shall be subject to consideration:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -25569,134 +23137,134 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       In case of extension of the time limit for consideration of a complaint, the official authorized to consider complaints shall, within 3 (three) working days from the date of extension of the time limit for consideration of the complaint, notify in writing (in case of submission of a complaint on paper) or in electronic form (in case of submission of a complaint in electronic form) the complainant who submitted the complaint of the extension of the time limit for consideration of the complaint, indicating the reasons for the extension.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       In case of receipt of a complaint in accordance with paragraph 4 of Article 91 of the Administrative Procedural Code of the Republic of Kazakhstan, the service provider shall send the complaint to the body considering the complaint within 3 (three) working days from the day of its receipt. The complaint by the service provider shall not be sent to the body considering the complaint in case of adoption of a favourable act, performance of administrative action, fully satisfying the requirements specified in the complaint.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z172" w:id="21"/>
+    <w:bookmarkStart w:name="z172" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>The term of consideration of the complaint by the body considering the complaint shall be 20 (twenty) working days from the date of receipt of the complaint.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. In case of disagreement with the decision of the body considering the complaint, the service recipient shall appeal to another body considering the complaint or to the court in accordance with paragraph 5 of Article 91 of the Administrative Procedural Code of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 4: Other requirements taking into account the peculiarities of public service provision</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z175" w:id="22"/>
+    <w:bookmarkStart w:name="z175" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. In the course of the screening procedure of the impacts of the proposed activity, the need for environmental impact assessment shall be established.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       If there is a need for environmental impact assessment, the conclusion of screening of impacts of the proposed activity shall be issued together with the conclusion on determination of the scope of environmental impact assessment.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -25850,88 +23418,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>and (or) screeningimpacts of planned</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>activities"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z179" w:id="23"/>
+    <w:bookmarkStart w:name="z179" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Application of proposed activity</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z180" w:id="24"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z180" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Information on the initiator of the proposed activity:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       for an individual: surname, first name, patronymic (if it is indicated in the identity document), residence address, individual identification number, telephone, e-mail address;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -26352,70 +23920,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       other sources of acquisition of fauna objects, their parts, derivatives and products of animal life;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       operations for which it shall be planned to use fauna objects;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z205" w:id="25"/>
+    <w:bookmarkStart w:name="z205" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) other resources necessary for the implementation of the proposed activity (materials, raw materials, products, electricity and heat energy) with indication of the source of acquisition, volumes and terms of use;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) risks of depletion of natural resources used due to their scarcity, uniqueness and (or) non-renewability.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -29086,88 +26654,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Whom to: ______________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(full name of the service provider)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z222" w:id="26"/>
+    <w:bookmarkStart w:name="z222" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Conclusion on defining the scope of environmental impact assessment</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z223" w:id="27"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z223" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       For consideration:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -29553,100 +27121,100 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Whom to: ______________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(full name of the service provider)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z227" w:id="28"/>
+    <w:bookmarkStart w:name="z227" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Conclusion on defining the scope of environmental impact </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>assessment and (or) screening of impacts of the proposed activity</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z228" w:id="29"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z228" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       For consideration:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -40816,55 +38384,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -41190,31 +38758,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>