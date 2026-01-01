--- v0 (2025-11-15)
+++ v1 (2026-01-01)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4afb5eb" w14:textId="4afb5eb">
+    <w:p w14:paraId="3f7d5f2" w14:textId="3f7d5f2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -145,141 +145,111 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Order of the Minister of Health of the Republic of Kazakhstan dated June 1, 2020 No. ҚР ДСМ -59/2020. Registered in the Ministry of Justice of the Republic of Kazakhstan on June 2, 2020 No. 20809.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Unofficial translation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      In accordance with subparagraph 1) of Article 10 of the Law of the Republic of Kazakhstan dated April 15, 2013 "On Public Services", </w:t>
+      In accordance with subparagraph 1) of Article 10 of the Law of the Republic of Kazakhstan “On Public Services”, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">I </w:t>
-[...29 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>I HEREBY ORDER:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Preamble - as amended by the order of the Minister of Healthcare of the Republic of Kazakhstan dated 05.01.2021 № ҚР ДСМ -2 (shall come into effect upon the expiration of twenty-one calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Preamble as amended by Order № 93 of the Minister of Healthcare of the Republic of Kazakhstan dated September 15, 2025 (shall come into effect sixty calendar days after its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -375,51 +345,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. The supervising Vice-Minister of Health of the Republic of Kazakhstan is authorized to control the execution of this order. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. This order comes into effect upon the expiration of twenty one calendar days after the day of its first official publication. </w:t>
+      4. This order comes into effect upon the expiration of twenty-one calendar days after the day of its first official publication. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -950,51 +920,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 4 - as amended by the Order of the Minister of Healthcare of the Republic of Kazakhstan dated May 30, 2023 No. 91 (shall come into effect upon the expiration of sixty calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 4 - as amended by the Order of the Minister of Healthcare of the Republic of Kazakhstan dated May 30, 2023 № 91 (shall come into effect upon the expiration of sixty calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -1044,51 +1014,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 6 - as amended by the Order of the Minister of Healthcare of the Republic of Kazakhstan dated May 30, 2023 No. 91 (shall come into effect upon the expiration of sixty calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 6 - as amended by the Order of the Minister of Healthcare of the Republic of Kazakhstan dated May 30, 2023 № 91 (shall come into effect upon the expiration of sixty calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -1404,51 +1374,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 8 - as amended by the Order of the Minister of Healthcare of the Republic of Kazakhstan dated May 30, 2023 No. 91 (shall come into effect upon the expiration of sixty calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 8 - as amended by the Order of the Minister of Healthcare of the Republic of Kazakhstan dated May 30, 2023 № 91 (shall come into effect upon the expiration of sixty calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z42" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1484,51 +1454,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 9 - as amended by the order of the Minister of Healthcare of the Republic of Kazakhstan dated May 30, 2023 No. 91 (shall come into effect upon the expiration of sixty calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 9 - as amended by the order of the Minister of Healthcare of the Republic of Kazakhstan dated May 30, 2023 № 91 (shall come into effect upon the expiration of sixty calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -1575,80 +1545,80 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) conduct a hearing in accordance with Article 73 of the Arbitration Procedure Code;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z158" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) carry out permitting control (before issuing a license) at the production facility of the first-time application for medical activities in accordance with the procedure in accordance with Article 51 of the Law of the Republic of Kazakhstan "On Permits and Notifications".</w:t>
+      3) carry out permit control (before issuing a license) at the production base of the facility applying for the implementation of medical activities in accordance with the procedure set out in Article 51 of the Law of the Republic of Kazakhstan “On Permits and Notifications”.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 10 - as amended by the Order of the Minister of Healthcare of the Republic of Kazakhstan dated May 30, 2023 No. 91 (shall come into effect sixty calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 10 - as amended by the Order of the Minister of Healthcare of the Republic of Kazakhstan dated May 30, 2023 № 91 (shall come into effect sixty calendar days after the day of its first official publication); as amended by the Order № 93 of the Minister of Healthcare of the Republic of Kazakhstan dated September 15, 2025 (shall come into effect upon expiry of sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -1748,605 +1718,625 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       If there are comments, the service provider shall reason each comment with references to the structural elements of regulatory legal acts, and provide the opportunity for the service recipient to express their position.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Permit control shall be carried out in the order of preventive control with access to the object of control for the first time applying for medical activities.</w:t>
-[...18 lines deleted...]
-      Herewith, if medical activities are carried out at the production facility based on a license (annex to it), then upon receipt of an application from the service recipient for the issuance of an additional annex to the license, including in other specialities in accordance with paragraph 15 of the List of permits of the first category, approved by Annex 1 to According to the law, licensing control shall not be carried out at this production facility.</w:t>
+      14. Permit control shall be carried out with access to the object of control declared for the implementation of medical activities, in the manner prescribed by paragraph 2 of Article 51 of the Law of the Republic of Kazakhstan “On Permits and Notifications”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The service recipient shall be notified of the time and date of the visit to the controlled facility by sending a text message to the subscriber's mobile phone number or to the e-mail address specified in the application, or using other means of communication that ensure the recording of the notification or call, at least 24 hours before the start of the visit.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 14 as amended by Order № 93 of the Minister of Healthcare of the Republic of Kazakhstan dated September 15, 2025 (shall come into effect sixty calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. During licensing control (during a visit to the production facility), the service provider shall check the service recipient’s compliance with the qualification requirements, including the submitted documents and information, in accordance with paragraph 8 of the List.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 15 - as amended by the Order of the Minister of Healthcare of the Republic of Kazakhstan dated May 30, 2023 № 91 (shall come into effect sixty calendar days after the day of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Permitting control shall be carried out using audio, photo or video recording; records are stored in the service provider’s internal information system "licensing portal".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z59" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. The conclusion of the permitting control shall indicate the name of the service provider, data of the specialist who carried out the permitting control (last name, first name, patronymic (if any), place of work, position), data of the object of control (location address, business identification code or individual identification code, authorized person of the service recipient), as well as information on all points of the qualification requirements for medical activities, approved by Order of the Minister of Healthcare of the Republic of Kazakhstan dated October 22, 2020 № ҚР-ДСМ-148/2020 "On approval of qualification requirements for medical and pharmaceutical activities" (registered in the State Register of Normative Legal Acts under № 21502).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z56" w:id="23"/>
-[...15 lines deleted...]
-      The service recipient shall be notified of the time and date of the visit to the control object by sending a text message to the subscriber's cellular number or the email address specified in the application, or using other means of communication that ensure the recording of the notice or call, at least one day before the start of the visit.</w:t>
+    <w:bookmarkStart w:name="z60" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. If the place where the service recipient carries out a subtype of medical activity is located in another administrative-territorial unit, the service provider who accepted the documents shall send a request and documents to the service provider at the place where the upcoming activity is carried out, for permitting control.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z61" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Herewith, the service provider, who will carry out permitting control, shall notify about the date and time of the site visit.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Terms of provision of public services:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z63" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      from the moment the package of documents is submitted to the portal:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z64" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      when issuing a license and (or) annex to the license - 13 (thirteen) working days;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      when re-issuing a license and (or) annex to a license – 3 (three) working days;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z66" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      when issuing a duplicate license and (or) annex to the license in case of loss or damage, issued in paper form - 2 (two) working days.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. The result of the provision of a public service or a reasoned refusal to provide a public service, when the service recipient applies for obtaining, re-issuing a license and (or) annex to a license, as well as issuing a duplicate of a license and (or) annex to a license, shall be issued in electronic form, certified by the authorized digital signature of the service provider, is sent to the portal and stored in the "personal account" of the service recipient.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. The service provider shall ensure that data is entered into the information system for monitoring the provision of public services in accordance with subparagraph 11) of paragraph 2 of Article 5 of the Law.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z159" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21-1. The Committee for Medical and Pharmaceutical Control of the Ministry of Healthcare of the Republic of Kazakhstan, within three working days from the date of making changes and (or) additions to these Rules, shall update information on the procedure for its provision and send information to the service provider, the operator of the information and communication infrastructure of "electronic government" and Unified contact center.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 15 - as amended by the Order of the Minister of Healthcare of the Republic of Kazakhstan dated May 30, 2023 No. 91 (shall come into effect sixty calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. The Rules are supplemented by paragraph 21-1 in accordance with the Order of the Minister of Healthcare of the Republic of Kazakhstan dated May 30, 2023 № 91 (shall come into effect upon the expiration of sixty calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...207 lines deleted...]
-      21. The service provider shall ensure that data is entered into the information system for monitoring the provision of public services in accordance with subparagraph 11) of paragraph 2 of Article 5 of the Law.</w:t>
+    <w:bookmarkStart w:name="z69" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chapter 3. The procedure for appealing decisions, actions (inaction)  of service providers and (or) officials regarding the provision of public services</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z159" w:id="31"/>
-[...15 lines deleted...]
-      21-1. The Committee for Medical and Pharmaceutical Control of the Ministry of Healthcare of the Republic of Kazakhstan, within three working days from the date of making changes and (or) additions to these Rules, shall update information on the procedure for its provision and send information to the service provider, the operator of the information and communication infrastructure of "electronic government" and Unified contact center.</w:t>
+    <w:bookmarkStart w:name="z70" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. A complaint against decisions, actions (inaction) of the service provider and (or) their employees regarding the provision of public services shall be submitted to the head of the service provider.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:p>
-[...55 lines deleted...]
-        <w:t xml:space="preserve"> Chapter 3. The procedure for appealing decisions, actions (inaction)  of service providers and (or) officials regarding the provision of public services</w:t>
+    <w:bookmarkStart w:name="z71" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. A complaint from a service recipient received by a service provider directly providing a public service, in accordance with paragraph 2 of Article 25 of the Law of the Republic of Kazakhstan, is subject to consideration within five working days from the date of its registration.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z70" w:id="33"/>
-[...15 lines deleted...]
-      22. A complaint against decisions, actions (inaction) of the service provider and (or) their employees regarding the provision of public services shall be submitted to the head of the service provider.</w:t>
+    <w:bookmarkStart w:name="z72" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. When applying through the portal, information on the appeal procedure may be obtained by calling the Unified contact center for the provision of public services.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z71" w:id="34"/>
-[...15 lines deleted...]
-      23. A complaint from a service recipient received by a service provider directly providing a public service, in accordance with paragraph 2 of Article 25 of the Law of the Republic of Kazakhstan, is subject to consideration within five working days from the date of its registration.</w:t>
+    <w:bookmarkStart w:name="z73" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Pre-trial consideration of a complaint regarding the provision of public services shall be carried out by a higher administrative body, an authorized body for assessing and monitoring the quality of public services (hereinafter referred to as the Body considering the complaint) within fifteen working days from the date of its registration.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z72" w:id="35"/>
-[...15 lines deleted...]
-      24. When applying through the portal, information on the appeal procedure may be obtained by calling the Unified contact center for the provision of public services.</w:t>
+    <w:bookmarkStart w:name="z74" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. The complaint shall be submitted to the service provider whose decision, action (inaction) is being appealed.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z73" w:id="36"/>
-[...15 lines deleted...]
-      25. Pre-trial consideration of a complaint regarding the provision of public services shall be carried out by a higher administrative body, an authorized body for assessing and monitoring the quality of public services (hereinafter referred to as the Body considering the complaint) within fifteen working days from the date of its registration.</w:t>
+    <w:bookmarkStart w:name="z75" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The service provider, whose decision, action (inaction) is being appealed, no later than three working days from the date of receipt of the complaint, shall send it and the administrative file to the body considering the complaint.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z74" w:id="37"/>
-[...15 lines deleted...]
-      26. The complaint shall be submitted to the service provider whose decision, action (inaction) is being appealed.</w:t>
+    <w:bookmarkStart w:name="z76" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      In this case, the service provider, whose decision, action (inaction) is being appealed, shall have the right not to forward the complaint to the body considering the complaint if, within three working days, it makes a decision that fully satisfies the requirements specified in the complaint.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z75" w:id="38"/>
-[...15 lines deleted...]
-      The service provider, whose decision, action (inaction) is being appealed, no later than three working days from the date of receipt of the complaint, shall send it and the administrative file to the body considering the complaint.</w:t>
+    <w:bookmarkStart w:name="z77" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Unless otherwise provided by law, an appeal to the court shall be allowed after pre-trial appeal.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z76" w:id="39"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="40"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2380,141 +2370,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annex 1 </w:t>
+              <w:t xml:space="preserve">Appendix 1 </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">to the Rules for the provision </w:t>
-[...25 lines deleted...]
-              <w:t>of a license for medical activities"</w:t>
+              <w:t>to the Rules for the Provision of the Public Service "Issue of a License for Medical Activity"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z160" w:id="41"/>
+    <w:bookmarkStart w:name="z26" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> List of basic requirements for the provision of the public service </w:t>
-[...14 lines deleted...]
-    <w:bookmarkEnd w:id="41"/>
+        <w:t xml:space="preserve"> List of basic requirements for the provision of the public service "Issue of a license for medical activity"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Footnote. Annex 1 - as amended by the order of the Minister of Healthcare of the Republic of Kazakhstan dated May 30, 2023 No. 91 (shall come into effect upon the expiration of sixty calendar days after the day of its first official publication).</w:t>
+      Footnote. Appendix 1 - as amended by the Order of the Minister of Health of the Republic of Kazakhstan dated 15.09.2025 № 93 (effective sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -2714,51 +2666,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-web portal "electronic government" www.egov.kz, www. elicense.kz (hereinafter referred to as the Portal)</w:t>
+e-government web portal www.egov.kz, www. elicense.kz (hereinafter referred to as the Portal)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2791,123 +2743,125 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Duration of provision of public services</w:t>
+Timeframe for provision of public services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z27" w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-when issuing a license and (or) annex to the license - 13 (thirteen) working days;</w:t>
-[...1 lines deleted...]
-          </w:p>
+when issuing a license and (or) an annex to a license – 13 (thirteen) working days;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-when re-issuing a license and (or) annex to a license – 3 (three) working days;</w:t>
+when reissuing a license and (or) an appendix to the license – 3 (three) working days;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-when issuing a duplicate license and (or) annex to the license in case of loss or damage, issued in paper form - 2 (two) working days.</w:t>
+when issuing a duplicate license and (or) supplement to the license in case of loss or damage, issued in paper form - 2 (two) working days.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3053,87 +3007,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-The result of the provision of public services</w:t>
+Result of rendering public services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-license and (or) annex to a license, re-issuance of a license and (or) annex to a license, a duplicate of a license and (or) annex to a license for medical activities, or a reasoned response about a refusal to provide a public service</w:t>
+a license and (or) an appendix to a license, a renewal of a license and (or) an appendix to a license, a duplicate of a license and (or) an appendix to a license for medical activities, or a reasoned response to the refusal to provide a public service</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3166,141 +3120,143 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-The amount of payment collected from the service recipient when providing a public service, and methods of collecting it in cases provided for by the legislation of the Republic of Kazakhstan</w:t>
+The amount of payment charged to the service recipient when providing a public service, and the methods of collecting it in cases stipulated by the legislation of the Republic of Kazakhstan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z30" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-The public service shall be provided for a fee, the following license fee shall be charged:</w:t>
-[...1 lines deleted...]
-          </w:p>
+The public service shall be provided on a paid basis, and the following license fee shall be charged:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) for issuing a license - 10 monthly calculation indices (hereinafter referred to as MCI);</w:t>
+1) for issuing a license – 10 monthly calculation indices (hereinafter referred to as MCI);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) for renewal of a license – 10% of the rate when issuing a license, but not more than 4 MCI;</w:t>
+2) for re-issuing a license – 10% of the rate when issuing the license, but not more than 4 MCI;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) for issuing a duplicate license - 100% of the rate when issuing a license.</w:t>
+3) for issuing a duplicate license – 100% of the rate for issuing the license.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3333,105 +3289,107 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Work schedule of the service provider and information objects</w:t>
+Opening hours of the service provider and information facilities</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z32" w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) service provider - from Monday to Friday from 9.00 to 18.30 with a lunch break from 13.00 to 14.30, except weekends and holidays;</w:t>
-[...1 lines deleted...]
-          </w:p>
+1) service provider - Monday through Friday from 9:00 to 18:30 with a lunch break from 13:00 to 14:30, except weekends and holidays;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) portal - around the clock, except for technical breaks associated with repair work (when the service recipient contacts after the end of working hours, on weekends and holidays, applications shall be accepted and results of the provision of public services shall be issued on the next working day).</w:t>
+2) the portal is open 24 hours a day, except for technical breaks associated with repair work (if the service recipient applies after working hours, on weekends and holidays, applications shall be accepted and the results of the provision of the public service shall be issued on the following working day).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3464,321 +3422,403 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-List of documents and information required from the service recipient for the provision of public services</w:t>
+List of documents and information requested from the service recipient for the provision of public services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z34" w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 List of documents and information required for the provision of public services:</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) to obtain a license and license annex:</w:t>
+1) to obtain a license and a license supplement:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-application in the form in accordance with Annex 2 (for individuals) and Annex 3 (for legal entities) to these Rules;</w:t>
+an application in the form in accordance with Appendix 2 (for individuals) and Appendix 3 (for legal entities) to these Rules;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-information form confirming the availability of information and documents in accordance with the qualification requirements for licensing medical activities, in accordance with Annex 1 to this List;</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>a form of information confirming the availability of information and documents in accordance with the qualification requirements imposed upon licensing of medical activities, in accordance with Appendix 1 to this List;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-a diploma of higher or secondary medical education (for service recipients who completed their studies before 2015);</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>a diploma of higher or secondary medical education (for service recipients who completed their studies before 2015);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-certificate of completion of retraining or certificate of advanced training in accordance with the order of the Minister of Healthcare of the Republic of Kazakhstan dated December 21, 2020, No. ҚР ДСМ-303/2020 "On approval of the Rules of additional and informal education of specialists in the field of healthcare, qualification requirements for organizations implementing educational programs of additional and non-formal education in the field of healthcare, as well as rules for recognizing learning results obtained by healthcare professionals through additional and non-formal education" (registered in the State Register of Normative Legal Acts under No. 21847);</w:t>
+a certificate of completion of retraining or a certificate of completion of advanced training in accordance with the order of the Minister of Healthcare of the Republic of Kazakhstan dated December 21, 2020 № ҚР ДСМ-303/2020 "On approval of the rules for additional and informal education of specialists in the field of healthcare, qualification requirements for organizations implementing educational programs for additional and informal education in the field of healthcare, as well as rules for the recognition of learning outcomes obtained by specialists in the field of healthcare through additional and informal education" (registered in the State Register of Normative Legal Acts under № 21847);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-a document confirming the employee’s labor activity, according to the declared subtypes of activity in accordance with Article 35 of the Labor Code of the Republic of Kazakhstan, in the absence of information about the profiles of employees and registration of employment contracts in the information system of gateway of electronic government (hereinafter referred to as the GEG);</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>a document confirming the employee's work activity, in accordance with the declared subtypes of activity in accordance with Article 35 of the Labor Code of the Republic of Kazakhstan, in the absence of information on employee profiles and recording of employment contracts in the information system of the electronic government gateway (hereinafter referred to as the EGS);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-documents certifying ownership or a lease agreement, or an agreement for the gratuitous use of real estate (loan), or trust management of property, or a public-private partnership agreement, in the absence of information in the GEG;</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>documents certifying the right of ownership or a lease agreement, or an agreement for the gratuitous use of real estate (loan), or a trust management of property, or a public-private partnership agreement, in the absence of information in the e-government gateway;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) when re-issuing a license and (or) annex to the license;</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) when reissuing a license and (or) an appendix to the license;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-application in the form in accordance with Annex 2 (for individuals) and Annex 3 (for legal entities) to this List;</w:t>
+an application in the form in accordance with Appendix 2 (for individuals) and Appendix 3 (for legal entities) to this List;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-copies of documents containing information about changes that served as the basis for re-issuing a license and (or) annex to the license, except for documents, information from which is contained in state information systems.</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>copies of documents containing information on changes that served as the basis for reissuing the license and (or) annex to the license, except for documents, information from which is contained in state information systems.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Upon receipt of a reissued license, the service recipient returns to the service provider the license previously issued on paper and (or) an annex to the license.</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Upon receipt of a reissued license, the service recipient returns to the service provider the previously issued paper license and/or license supplement.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) to obtain a duplicate of the license and (or) annex to the license:</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) to obtain a duplicate license and (or) an appendix to the license:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-application in the form in accordance with Annex 4 (for individuals) and Annex 5 (for legal entities) to this List;</w:t>
+an application in the form in accordance with Appendix 4 (for individuals) and Appendix 5 (for legal entities) to this List.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3811,195 +3851,255 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Grounds for refusal to provide public services established by the legislation of the Republic of Kazakhstan</w:t>
+Grounds for refusal to provide public services established by the laws of the Republic of Kazakhstan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z46" w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) engaging in a type of activity is prohibited by the laws of the Republic of Kazakhstan for this category of individuals or legal entities, a branch of a foreign legal entity;</w:t>
-[...1 lines deleted...]
-          </w:p>
+1) in relation to the service recipient there is a court decision (sentence) that has entered into legal force on the suspension or prohibition of the activity or individual types of activity subject to licensing;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) the license fee has not been paid;</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) the license fee has not been paid;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) the service recipient does not meet the qualification requirements;</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) the service recipient does not meet the qualification requirements;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) the licensor received a negative response from the relevant approving government body to the request for approval, which is required for the provision of public service, as well as a negative conclusion based on the results of licensing control;</w:t>
+4) the licensor has received a negative response from the relevant approving government body to the request for approval required for the provision of the government service, as well as a negative conclusion based on the results of the permit control;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5) the court, based on the representation of the bailiff, temporarily prohibited issuing a license to the applicant-debtor;</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5) the court, based on a submission from a bailiff, temporarily prohibits issuing a license to the applicant-debtor;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6) the unreliability of the documents submitted by the service recipient to obtain a license and (or) the data (information) contained in them has been established;</w:t>
+6) the documents submitted by the service recipient to obtain a license and/or the data (information) contained therein are found to be unreliable;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7) concerning the service recipient there is a court decision that has entered into legal force, based on which he/she is deprived of the special right associated with receiving a public service.</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7) in relation to the service recipient, there is a court decision that has entered into legal force, based on which he is deprived of a special right associated with receiving a public service;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) in the absence of the consent of the service recipient, provided in accordance with Article 8 of the Law of the Republic of Kazakhstan "On Personal Data and Their Protection", to access personal data of restricted access.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4032,159 +4132,191 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Other requirements taking into account the specifics of the provision of public services, including those provided in electronic form and through the State Corporation</w:t>
+Other requirements taking into account the specifics of the provision of public services, including those provided in electronic form</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z53" w:id="45"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1. The service recipient shall have the opportunity to obtain information about the procedure and status of the provision of public services in remote access mode through the "personal account" of the portal, as well as a Unified contact center.</w:t>
-[...1 lines deleted...]
-          </w:p>
+1. The service recipient shall have the opportunity to receive information about the procedure and status of the provision of public services remotely through the portal's "personal account" and a Unified contact center.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="45"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2. The service recipient shall receive a public service in electronic form through the portal, subject to the availability of an electronic signature.</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2. The service recipient shall receive the government service in electronic form through the portal, provided that he/she has an electronic digital signature.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3. Contact numbers of help desks regarding the provision of public services shall be indicated on the Internet resource of the Committee for Medical and Pharmaceutical Control of the Ministry of Healthcare of the Republic of Kazakhstan kmfk@dsm.gov.kz.</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3. Contact numbers for information services regarding the provision of public services are listed on the website of the Committee for Medical and Pharmaceutical Control of the Ministry of Healthcare of the Republic of Kazakhstan kmfk@dsm.gov.kz.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4. For persons with disabilities, there shall be a ramp, a call button, a tactile path for the blind and visually impaired, a waiting room, and a counter with sample documents.</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4. For persons with disabilities, there shall be a ramp, a call button, a tactile path for the blind and visually impaired, a waiting room, and a counter with sample documents.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5. Phone numbers of a Unified contact center for the provision of public services are 1414, 8-800-080-7777.</w:t>
+5. Telephone numbers of the Unified contact center for questions on the provision of government services: 1414, 8-800-080-7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -4209,183 +4341,277 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">Annex 2 </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">to the Rules for the provision </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">of public services "Issuance </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>of a license for medical activities"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Form</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z134" w:id="42"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z135" w:id="43"/>
+    <w:bookmarkStart w:name="z135" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Application by an individual to obtain a license and (or) annex to the license</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z136" w:id="44"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z136" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       To ______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-[...15 lines deleted...]
-      (full name of the licensor )</w:t>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (full name of the licensor)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       from____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4700,162 +4926,252 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      (postal code, region, city, district, settlement, street name, house/building number (stationary premises)</w:t>
+        <w:t xml:space="preserve">
+      (postal code, region, city, district, settlement, street name, house/building number (stationary </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      premises)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____ sheets attached.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       It is hereby confirmed that:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z137" w:id="45"/>
-[...34 lines deleted...]
-      2) the applicant is not prohibited by the court from engaging in a licensed type and (or) subtype of activity;</w:t>
+    <w:bookmarkStart w:name="z137" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) all specified data are official contacts and any information on issues of issuing or refusing </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      to issue a license and (or) annex to the license may be sent to them;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) the applicant is not prohibited by the court from engaging in a licensed type and (or) subtype </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      of activity;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) all attached documents are valid;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      4) the applicant agrees to the use of personal data of limited access, constituting a secret protected by law, contained in information systems, when issuing a license and (or) annex to the license.</w:t>
+        <w:t xml:space="preserve">
+      4) the applicant agrees to the use of personal data of limited access, constituting a secret </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      protected by law, contained in information systems, when issuing a license and (or) annex to </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      the license.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Individual ____________ ___________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5008,88 +5324,88 @@
               </w:rPr>
               <w:t>of a license for medical activities"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Form</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z140" w:id="46"/>
+    <w:bookmarkStart w:name="z140" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Application by a legal entity to obtain a license and (or) annex to the license</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z141" w:id="47"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z141" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       To ______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (full name of the licensor)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6117,31 +6433,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>