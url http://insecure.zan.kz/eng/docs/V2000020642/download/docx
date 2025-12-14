--- v0 (2025-10-22)
+++ v1 (2025-12-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6ee4ea7" w14:textId="6ee4ea7">
+    <w:p w14:paraId="5c46e8b" w14:textId="5c46e8b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -145,51 +145,51 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Order No. 11-1-4/155 of the Minister of Foreign Affairs of the Republic of Kazakhstan dated May 14, 2020. Registered with the Ministry of Justice of the Republic of Kazakhstan on May 15, 2020 under No. 20642.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Unofficial translation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       In obedience to sub-paragraph 1) of Article 10 of the Law of the Republic of Kazakhstan of April 15, 2013 “On Public Services”, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -231,69 +231,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. That the following orders shall be deemed to have lost force:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) Order No. 11-1-2/422 of the Minister of Foreign Affairs of the Republic of Kazakhstan dated September 15, 2017 “On Approval of the Public Service Standard “Issuance of the Return certificate” (registered with the Register of State Registration of Regulatory Legal Acts under No. 15899, published on October 23, 2017 in the Reference Control Bank of Regulatory Legal Acts of the Republic of Kazakhstan);</w:t>
+      1) Order № 11-1-2/422 of the Minister of Foreign Affairs of the Republic of Kazakhstan dated September 15, 2017 “On Approval of the Public Service Standard “Issuance of the Return certificate” (registered with the Register of State Registration of Regulatory Legal Acts under № 15899, published on October 23, 2017 in the Reference Control Bank of Regulatory Legal Acts of the Republic of Kazakhstan);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) Order No. 11-1-4/38 of the Minister of Foreign Affairs of February 7, 2018 “On Approval of the Regulations of the Public Service "Registration of the Return Certificate" (registered in the Register of State Registration of Normative Legal Acts under No. 16401, published on 5 March 2018 in the Benchmark Bank of Normative Legal Acts of Kazakhstan).</w:t>
+      2) Order № 11-1-4/38 of the Minister of Foreign Affairs of February 7, 2018 “On Approval of the Regulations of the Public Service "Registration of the Return Certificate" (registered in the Register of State Registration of Normative Legal Acts under № 16401, published on 5 March 2018 in the Benchmark Bank of Normative Legal Acts of Kazakhstan).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. The Digitisation Department of the Ministry of Foreign Affairs of the Republic of Kazakhstan shall ensure:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -372,139 +372,127 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. That the order shall be put into effect ten calendar days after the date of its first official publication.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4220"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Minister of Foreign Affairs</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">of the Republic of Kazakhstan </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4220" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -529,143 +517,123 @@
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       “AGREED BY” </w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ministry of Internal Affairs</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>of the Republic of Kazakhstan</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Ministry of Internal Affairs</w:t>
-[...32 lines deleted...]
-        </w:rPr>
         <w:t>
       “AGREED BY”</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ministry of Digital Development,</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Innovation and the Aerospace Industry</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>of the Republic of Kazakhstan</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
@@ -1258,123 +1226,165 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. The Ministry of Internal Affairs, no later than five working days from the date of receipt of the request shall send a response to the service provider and at the same time inform the Ministry of Foreign Affairs of the Republic of Kazakhstan about this fact.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. The service provider, after receiving a letter from the Ministry of Internal Affairs, no later than two working days shall issue the service recipient a formalized certificate of return in accordance with the form approved by Decree of the Government of the Republic of Kazakhstan dated September 5, 2013 No. 926 “On approval of the Rules for registration, issuance, replacement, surrender, withdrawal and destruction of the certificate of return and the sample certificate of return and the requirements for its protection” (hereinafter - the Rules for registration, issuance, replacement, surrender, withdrawal and destruction of the certificate of return and the sample certificate of return and the requirements for its protection).</w:t>
+      8. The service provider, no later than three working days from the date of receipt of the letter from the Ministry of Internal Affairs, issues to the service recipient a completed return certificate in accordance with the form approved by the Order of the Acting Minister of Foreign Affairs of the Republic of Kazakhstan dated July 31, 2023 № 11-1-4/407 "On Approval of the Rules for registration, issuance, replacement, delivery, withdrawal and destruction of the certificate for return and sample of the return certificate and requirements for its protection" (registered in the Register of State Registration of Regulatory Legal Acts under № 33227).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      If a reason is identified for refusal to provide a public service, the period for provision of which is ten working days, the service provider notifies the service recipient of the preliminary decision to refuse to provide the public service, as well as the time, date and place, and method of conducting the hearing to enable the service recipient to express a position on preliminary decision. </w:t>
+        <w:t>
+      If the grounds for refusal to provide a public service are identified, the period of which is ten working days, the service provider notifies the service recipient of the preliminary decision to refuse to provide a public service, as well as the time, date, place, and method of holding a hearing to enable the service recipient to express a position on the preliminary decision.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      In case of identification of grounds for refusal to provide a public service, the term of which is ten working days, the service provider shall notify the service recipient of the preliminary decision to refuse on provision of a public service, as well as the time, date and place, method of hearing to allow the service recipient to express a position on the preliminary decision.</w:t>
+      The notification of the hearing is sent at least three working days before the end of the period for the provision of public services.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The notification of the hearing shall be sent at least three working days before the end of the term for providing a public service. The hearing shall be held no later than two working days from the date of notification.</w:t>
+      The service recipient submits or expresses objections to the preliminary decision within two working days from the date of receipt of the preliminary decision.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Based on the results of the hearing, the service provider shall issue a certificate of return or refuse to provide a public service.</w:t>
+      Based on the results of the hearing, the service provider issues a certificate of return or sends a reasoned refusal to provide public services.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 8 is amended by the Order of the Deputy Prime Minister - Minister of Foreign Affairs of the Republic of Kazakhstan dated 08.05.2025 № 11-1-4/265 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z46" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -1468,51 +1478,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The complaint shall be submitted to the service provider and (or) official whose decision, action (inaction) is being appealed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The service provider, the official whose decision, action (inaction) is being appealed, no later than three working days from the date of receipt of the complaint,shall send it and the administrative file to the body considering the complaint.</w:t>
+      The service provider, the official whose decision, action (inaction) is being appealed, no later than three working days from the date of receipt of the complaint, shall send it and the administrative file to the body considering the complaint.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       In this case, the service provider, official, whose decision, action (inaction) is being appealed, shall have the right not to send a complaint to the body considering the complaint if, within three working days, it makes a decision or other administrative action that fully satisfies the requirements specified in the complaint.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z54" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1716,2037 +1726,2205 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       I hereby ask you to determine my citizenship to the Republic of Kazakhstan/ to confirm permanent residence in the Republic of Kazakhstan (underline as appropriate)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="10917"/>
+        <w:gridCol w:w="1383"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="10917" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 QUESTIONS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="1383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ANSWERS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="10917" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Surname, name, patronymic (if any)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="10917" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2. List all surnames, names and patronymics (if any) that you previously had, when, where and for what reason they were changed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="10917" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3. Date, month, year and place of birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="10917" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4. Nationality</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="10917" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5. Citizenship</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="10917" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6. Marital status</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="10917" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7. Address of residence in the Republic of Kazakhstan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="10917" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8. Address of residence immediately before going abroad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="10917" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9. Last place of work or study</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="10917" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10. Education and specialty in education (where, when and what educational institution you graduated from)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="10917" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11. If you have previously held citizenship (nationality) of other states, indicate in detail where, when and on what basis you acquired citizenship of the Republic of Kazakhstan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="10917" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12. Have you been brought to criminal, administrative or civil liability in court (if brought, then when, by whom and for what)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="10917" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13. Purpose of trip abroad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="10917" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14. Date of departure from the Republic of Kazakhstan and expected date of return to the Republic of Kazakhstan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="10917" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15. Information about the lost identity document (type, number, date of issue, validity period, issuing authority of the document)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="10917" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16. Information of any entries and marks contained in the lost identity document (record about the following children together, permission record about traveling abroad for permanent residence, and so on)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="10917" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17. Information about other identification documents (if available)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z60" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Close relatives (spouse, parents, brothers, sisters).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1920"/>
+        <w:gridCol w:w="3064"/>
+        <w:gridCol w:w="1969"/>
+        <w:gridCol w:w="1991"/>
+        <w:gridCol w:w="3356"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Degree of relationship</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3064" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Surname, name, patronymic (if any)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Date and place of birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1991" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Place of work, position </w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Country of residence, residence address</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...154 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1920" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3064" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1991" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z61" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Work performed since the beginning of working activity (including studies in higher and secondary educational institutions, military service).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="1949"/>
+        <w:gridCol w:w="5629"/>
+        <w:gridCol w:w="4722"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1949" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Month and year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5629" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Position, indicating the institution, organization</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Location of the institution, organization</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...90 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       I give my consent to access to restricted personal data that is required for the provision of a public service in accordance with Article 8 of the Law of the Republic of Kazakhstan “On Personal Data and Their Protection”.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -3901,1538 +4079,1479 @@
               </w:rPr>
               <w:t>“Issuance of the return certificate"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z66" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> List of basic requirements for the provision of a public service “Issuance of the return certificate”</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. The list is amended by the Order of the Minister of Foreign Affairs of the Republic of Kazakhstan dated 30.09.2025 № 11-1-4/577 (effective from 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="374"/>
+        <w:gridCol w:w="3619"/>
+        <w:gridCol w:w="8307"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3619" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Name of the service provider</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="8307" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Foreign institutions of the Republic of Kazakhstan (hereinafter - the service provider).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3619" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Methods of providing a public service</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="8307" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Acceptance of applications and issuance of results of the provision of a public service shall be carried out by foreign institutions of the Republic of Kazakhstan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3619" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Term of providing a public service</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="8307" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 2 (two) working days – upon availability of an original of one of the identity documents. </w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10 (ten) working days – in the absence of an original of one of the identity documents.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3619" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Form of providing a public service</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="8307" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Paper.</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3619" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 The result of providing a public service</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="8307" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 The return certificate or reasoned refusal to provide a public service. </w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Form of the result of providing a public service: paper.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3619" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...2 lines deleted...]
-          </w:p>
+              <w:t>
+The amount of payment charged to the service recipient for the provision of public service and the methods of its collection in cases provided for by the legislation of the Republic of Kazakhstan.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8307" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+The public service is provided to individuals on a paid basis at consular fee rates in accordance with the Tax Code of the Republic of Kazakhstan and the Order of the Minister of Foreign Affairs of the Republic of Kazakhstan dated May 20, 2019 № 11-1-4/227 "On approval of consular fee rates for performing consular actions on the territory of a foreign state" (registered in the Register of State Registration of Regulatory Legal Acts under № 18702).</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Payment of the consular fee is carried out in cash or non-cash form through second-tier banks or organizations engaged in certain types of banking operations.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+The conditions for exemption from payment of the consular fee are regulated in accordance with the Tax Code of the Republic of Kazakhstan.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
  </w:t>
-            </w:r>
-[...70 lines deleted...]
-The conditions for exemption from paying consular fees shall be regulated in accordance with the Code of the Republic of Kazakhstan “On taxes and other obligatory payments to the budget (Tax Code)”.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3619" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Work schedule of the service provider, the State Corporation and information objects</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="8307" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 From Monday to Friday inclusive, from 9:00 to 18:30 with a lunch break from 13:00 to 14:30, except weekends and holidays, according to the Labor Code of the Republic of Kazakhstan.</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Reception of documents shall be carried out by the service provider from 09:30 to 12:30, and delivery of results of the provision of a public services from 16:00 to 17:00.</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Wednesday is not a visiting day.</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 In foreign countries with a hot and humid climate, the service provider’s work schedule shall be set in relation to local conditions.</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 The public service shall be provided on a first-come, first-served basis, without prior registration and expedited service; it is possible to reserve a queue through the service provider’s online resource.</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Addresses of places where a public service is provided and the work schedule of service providers shall be posted on the Internet resource of the Ministry of Foreign Affairs of the Republic of Kazakhstan www.gov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3619" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 List of documents and information required from the service recipient for the provision of a public service</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="8307" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) an application in any form or a petition from the competent authority of a foreign state (in cases of deportation to the Republic of Kazakhstan or extradition to the Republic of Kazakhstan of a citizen of the Republic of Kazakhstan or a stateless person permanently residing in the Republic of Kazakhstan);</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) a document issued by the competent authority of a foreign state confirming the fact of filing an application for the loss of an identity document;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) two color photographs measuring 3.5x4.5 centimeters;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) original document confirming payment of the consular fee;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) an original of one of the identity documents (if available), and in case of its absence - a completed application form in accordance with Appendix 1 to the Rules for the provision of a public service “Issuance of the return certificate” (hereinafter - the Rules);</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) a relevant document issued by a medical institution of a foreign state confirming the fact of gender reassignment.</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 When the service recipient submits all the necessary documents to the service provider, confirmation of acceptance of the application on paper shall be a mark on its copy indicating the date of its receipt, surname, name, patronymic (if any) of the person accepting it and the time of receipt of the documents.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3619" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Grounds for refusal to provide a public service established by the legislation of the Republic of Kazakhstan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="8307" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) establishing the unreliability of the documents submitted by the service recipient to receive a public service, and (or) the data (information) contained in them;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) non-compliance of the service recipient and (or) submitted materials, objects, data and information necessary for the provision of a public service with the requirements established by the regulatory legal acts of the Republic of Kazakhstan;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) lack of consent of the service recipient, provided in accordance with Article 8 of the Law of the Republic of Kazakhstan “On Personal Data and Their Protection,” to access restricted personal data that is required for the provision of a public service.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3619" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Other requirements taking into account the specifics of the provision of a public service, including those provided in electronic form and through the State Corporation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="8307" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Contact phone numbers of help desks regarding the provision of a public service are listed on the Internet resource www.gov.kz,  section “Public Services”, Unified Contact Center for the provision of public services: 1414, 8 800 080 7777.</w:t>
+Contact phone numbers of help desks regarding the provision of a public service are listed on the Internet resource www.gov.kz, section “Public Services”, Unified Contact Center for the provision of public services: 1414, 8 800 080 7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5838,31 +5957,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>